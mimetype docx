--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ERIC SABOURIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (146)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three non-capitalist approaches of peasant economics mobilising the principle of reciprocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 122, pp.103992. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2025.103992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A importância estratégica da Agricultura Familiar para alimentar o mundo e preservar o planeta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuly Andrea Gómez Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde Diplomatique (Brasil)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 215, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populism in Latin America: A reading through the Theory of Reciprocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International political anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (2), pp.163-179. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.18172580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La importancia estratégica de la Agricultura Familiar para alimentar al mundo y preservar el planeta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Gómez Yuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RELAER Revista Latinoamericana de Estudios Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (20), 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building public policies for the agroecological transition of food systems: Lessons from the south</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercedes Patrouilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (2), pp.117-145. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33240/rba.v20i2.56895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acción colectiva y políticas públicas: Cambios recientes en la ganadería familiar de Uruguay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrociencia Uruguay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29 (NE4), pp.e1679. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31285/AGRO.29.1679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossed views on land policies in Uruguay and France: What challenges do the current agrarian dynamics pose?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Camors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 118, pp.103690. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2025.103690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentação e políticas alimentares nas cidades: Introdução ao debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grassroots initiatives of digital food markets in southern Brazil: the barred window of opportunity for institutional changes opened by the pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeferson Tonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evandro Pedro Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Economia e Sociologia Rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62, pp.1 -21. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/1806-9479.2023.282038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentação e políticas alimentares nas cidades : introdução ao debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar João Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11wvv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of the commons and social values: a dialogue between Elinor Ostrom’s work and the francophone theory of reciprocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Peasant Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 50 (7), pp.2685-2700. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03066150.2022.2120809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resiliência da ação pública democrática em tempos de crise: examinando as políticas de alimentos e recursos hídricos no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto De Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.93780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentação e Políticas Alimentares nas Cidades: introdução ao debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 59, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/confins.52341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparação de políticas de apoio a transições agroecológicas em cinco países</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tara Wight</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terry Marsden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Agriculturas: Experiencias em Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n.spéc. Agroecologia nas políticas públicas, pp.23-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ansaloni et Andy Smith, L'expropriation de l'agriculture française : pouvoirs et politiques dans le capitalisme contemporain Vulaines-sur-Seine, Éditions du Croquant, Coll. « Dynamiques socio-économiques », 2021, 205 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les élections françaises de 2022 dans les Suds, 58, pp.145 - 148. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psud.058.0145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ansaloni et Andy Smith, L'expropriation de l'agriculture française : pouvoirs et politiques dans le capitalisme contemporain: Vulaines-sur-Seine, Éditions du Croquant, Coll. &amp;quot;Dynamiques socio-économiques&amp;quot;, 2021, 205 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58, pp.145-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rural Development Forums in Uruguay: Participation and political change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Development Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (03), pp.54859-54866. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37118/ijdr.24184.03.2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rural development forums in Uruguay: Participation and political change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Development Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), pp.24184. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37118/ijdr.24184.03.202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Policies for Sustainable Territorial Development in Brazil: Between Clientelism and Participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, This article belongs to the Special Issue "Territorial Approaches to Sustainability" edited by Elodie Valette &amp; Jérémy Bourgoin, 14 (5), pp.3058. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su14053058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackling the implementation gap of climate adaptation strategies: understanding policy translation in Brazil and Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Howland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (9-10), pp.1113-1129. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14693062.2022.2085650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A policy mix approach for assessing rural household resilience to climate shocks: Insights from Northeast Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrícia Mesquita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (4), pp.675-691. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14735903.2021.1968683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing complex policy problems: a critical review of the literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2/3/4), pp.126. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/ijpp.2022.10049345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruptures in the agroecological transitions: institutional change and policy dismantling in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Peasant Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03066150.2022.2055468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura familiar : contribuições para o desenvolvimento regional no Sul do Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Gazolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Assis Tomporoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Antônio Conterato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anelise Graciele Rambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRd - Desenvolvimento Regional em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Agricultura familiar e desenvolvimento regional no Sul do Brasil: análises a partir dos dados do Censo Agropecuário 2017, 12, pp.89. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24302/drd.v12ied.esp.Dossie.4174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques agricoles sous Bolsonaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Problèmes d'Amérique Latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brésil : bilan du mandat 2019-2022, 119 - 120 (2/2022), pp.73 - 91. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54695/pal.119.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with cross-sectoral policy problems: An advocacy coalition approach to climate and water policy integration in Northeast Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Policy Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (3), pp.557-578. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11077-021-09422-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The politics of climate change adaptation in Brazil: framings and policy outcomes for the rural sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Politics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (2), pp.183-204. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09644016.2021.1907097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introdução à seção temática: Entre continuidades e descontinuidades das políticas públicas para a agricultura brasileira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Entre continuidades e descontinuidades das políticas públicas para a agricultura brasileira, 29 (3), pp.509 - 516. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36920/esa-v29n3-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction between public policies and local dynamics of family farming in the Portal of the Amazon Territory - Mato Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alesando Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES - Revista do Desenvolvimento Regional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Territórios e transições para a sustentabilidade, 26 (1), </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v26i0.17229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para el desarrollo territorial rural en América Latina: balance y perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Valencia-Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arilson Favareto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Sáenz-Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.17.2020.4388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dismantling of Family Farming Policies in Brazil and Argentina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Craviotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Review of Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (1), </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/irpp.799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From policy mix to policy networks: assessing climate and land use policy interactions in Mato Grosso, Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Policy and Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1523908X.2020.1740658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura familiar no Mercosul: transformações nas arenas e políticas públicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matías Carambula Pareja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anderson Catapan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Gonçalves de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Planejamento e Desenvolvimento</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (5), pp.657-663. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3895/rbpd.v9n5.13530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unpacking the policy mix of adaptation to climate change in Brazil’s semiarid region: enabling instruments and coordination mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (5), pp.593-608. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14693062.2020.1753640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As práticas produtivas e alimentares no espaço rural do Oeste de Santa Catarina: A ação pública na busca e na crítica à modernidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréia Tecchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Andrea Chechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.78-108. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36920/esa-v28n1-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policy support for agroecology in Latin America: Lessons and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Fréguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (1), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17352/gje.000032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les forums de développement rural (Mesas de Desarrollo Rural) en Uruguay : entre décentralisation et participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Saravia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes en Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020/4 (192), pp.137-156. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/med.192.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03114032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clientelismo e participação nas políticas públicas de desenvolvimento rural no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Economia e Sociologia Rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58 (4), pp.e217798. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/1806-9479.2020.217798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dismantling of the rural and environmental public policies in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.31. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2020029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tensions internes et ruptures politiques : où en est le processus d’institutionnalisation de l’agroécologie au Brésil ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Politiques agricoles et alimentaires Trajectoires et réformes, 372, pp.103 - 117. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.7768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção da ação coletiva nos sindicatos rurais brasileiros: aspectos comparativos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Ângelo Lazzaretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), pp.72-80. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2002.v21.181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EW RURAL DEVELOPMENT ACTORS IN BRAZILIAN SEMI-ARID :A CRITICAL VIEW OF THE PERIOD FROM 1997 UNTIL 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Duque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgard Malagodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (1), pp.58-72. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2003.v22.209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A trajetória brasileira de construção de políticas públicas para a agroecologia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (1), pp.270-291. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i1.13035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Brazilian trajectory of construction of public policies for agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (1), pp.270-291. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i1.13035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdaléna Hadjiisky, Leslie A. Pal y Christopher Walker, Eds. 2017. Public Policy Transfer. Micro-Dynamics and Macro-Effects. Cheltenham, UK: Edward Elgar Publishing, 360p. New Horizons in Public Policy series. ISBN: 9781785368035</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), pp.147-149. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.1.2018.3508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La experiencia en Uruguay de las Mesas de Desarrollo Rural en territorios de agricultura familiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Raul Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Saravia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15, pp.147-166. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.15.2019.3888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The politics of the internationalisation of Brazil’s ‘Zero Hunger’ instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2), pp.447-460. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12571-019-00898-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estratégias Alimentares de Famílias Rurais Pobres na Região Oeste de Santa Catarina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréia Tecchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ademir Antonio Cazella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (3), pp.217-240. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i3.14126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A construção das políticas estaduais de agroecologia e produção orgânica no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme de Freitas Ewald Strauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (2), </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33240/rba.v14i2.22957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção da política de agroecologia e produção orgânica no Distrito Federal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (2), pp.35-50. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33240/rba.v14i2.22951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redes de cooperação da agricultura familiar e do desenvolvimento rural local no Agreste paraibano (Brasil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Federico Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Marçal Da Silveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (2), pp.14. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v23i2.11964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies to support agroecology in Latin America and the Caribbean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Fréguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspective (English edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, N° 45, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/agritrop/00020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-01825722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Recension de l'ouvrage ] New Geographies of Global Policy-Making: South- South Networks and Rural Development Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construcción social de circuitos cortos y de mercado justo: articulación entre intercambio y reciprocidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THEOMAI Journal / Critical Studies about Society and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Producción agroalimentaria / Migraciones en la agricultura / Ambiente-Extractivismo, 38, pp.150-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuity and renewal in the collective action of family farmers on the northwest coast of Uruguay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin Máximo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13, pp.11-32. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.13.2018.3290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governança multi-nível no desenvolvimento rural: intermunicipalidade e territórios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RP3 - Revista de Pesquisa em Políticas Públicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (2), </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18829/rp3.v11i2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGRICULTURA FAMILIAR EN URUGUAY: reconocimiento y políticas públicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernanda de Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 38 (1), pp.116-128. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2018.v38.42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Qué políticas públicas promueven la agroecología en América Latina y el Caribe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin - Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/perspective/31707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-03023213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difusión regional de políticas públicas de desarrollo territorial rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (2), </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.2.2018.3374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construcción social del acceso a los mercados por agricultores familiares en Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Aveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlene Pra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Política Económica para el Desarrollo Sostenible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15359/peds.3-1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social-Historical Analysis of Brazilian Family Farming Public Policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brésil(s). Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bresils.2439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family agriculture public policies in Latin America and the Carribean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 38 (1), pp.7-21. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2018.v38.35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles politiques publiques d’appui à l’agroécologie en Amérique latine et dans les Caraïbes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Fréguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, N° 45, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/agritrop/00019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-01825612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Policy Diffusion and Participatory Budgeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (2), </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.2.2018.3496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic approach and rural policies anlysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.29. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18542/raf.v11i2.5315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research on Climate Change Policies and Rural Development in Latin America: Scope and Gaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulina Aldunce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigaïl Fallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (10), pp.1831. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su9101831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produção camponesa e seguridade alimentar no Brasil: Uma análise pela teoria da reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RELAER Revista Latinoamericana de Estudios Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y ganadería familiar en Uruguay: los desafíos ambientales y de ordenamiento territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgina Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pampa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.241-264. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14409/pampa.v0i11/12.5199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As políticas de desenvolvimento territorial rural na América latina: uma hibridação das fontes e da implementação</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (1), pp.75-98. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.1.2016.2319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lógicas e estratégias de comercialização na agricultura familiar do Agreste da Paraíba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlene Pra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Silveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'AGRICULTURE BRÉSILIENNE EN DÉBAT : ÉVOLUTIONS RÉCENTES, CONTROVERSES ET POLITIQUES PUBLIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Problèmes d'Amérique Latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pal.095.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestão territorial e economia social e solidária: uma análise pela reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guaju</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5380/guaju.v1i1.43406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avancées et limites des politiques ciblées en Amérique latine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gisclard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grain de sel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 67-70, pp.32-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de développement rural territorial au Brésil : entre participation et clientélisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esprit Critique : Revue Internationale de Sociologie et de Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Clientélisme et Action publique, 21 (1), pp.129-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques publiques et élevage en Uruguay : premiers effets des mesures environnementales et de développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgina Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Volume 15 Numéro 1, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.16125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolução da política federal de desenvolvimento territorial no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novos Cadernos NAEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (1), </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5801/ncn.v18i1.2066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONSTRUCTION OF INNOVATION AMONG FARMERS AND RESEARCHERS: THE FARMERS EXPERIMENTER GROUPS IN THE PARAÍBA, ARID ZONE (AGRESTE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Marçal da Silveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Hocdé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.17. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18542/raf.v0i10.4424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement, politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gasselin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers - Agropolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19, pp.49-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inovação social na comercialização de produtos orgânicos e agroecológicos da agricultura familiar no Distrito Federal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Egret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (3), pp.98-119. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v5n3.2014.10754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção da inovação entre agricultores e pesquisadores: Os grupos de agricultores expereimentadores no agreste da Paraíba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Renato Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Silveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Hocdé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.17-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La agricultura familiar en Uruguay entre dos proyectos nacionales de desarrollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Cardelliac Gula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía - Revista de Desarrollo Económico Territorial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.6.2014.1424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acesso aos mercados para a agricultura familiar: uma leitura pela reciprocidade e a economia solidaria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Economica do Nordeste REN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultures familiales en Amérique latine. Émergence, avancées et limites des politiques ciblées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tiers Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014/4 (220), pp.23-41. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rtm.220.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EL SURGIMIENTO DE POLÍTICAS PÚBLICAS PARA LA AGRICULTURA FAMILIAR EN AMÉRICA LATINA: TRAYECTORIAS, TENDENCIAS Y PERSPECTIVAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de Ciência &amp; Tecnologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.189-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité homme-nature et les dérives de son abandon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42 (2), pp.247. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm.042.0247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalization and dissemination of rural territorial development public policies: model hypotheses for Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (2), pp.83-100. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v4n2.2013.9489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier: &amp;quot;Public Policies for Territorial Development in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (2), pp.15-16. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v4n2.2013.10047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des idées aux pratiques : la coopération technique agricole brésilienne à l'épreuve du terrain africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2013/2 (27), pp.75-89. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sopr.027.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debate sobre el Enfoque DTR (Desarrollo Territorial Rural) en América Latin. con Octavio Sotomayor, Unidade de Desenvolvimento Rural (CEPAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v4n2.2013.10050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cooperación brasileña y china en la agricultura africana: Un estudio de prácticas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Íconos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.87-100. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/iconos.47.2013.829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité et organisation rurales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tiers Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 215 (3), pp.165. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rtm.215.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comercialização dos produtos agrícolas e reciprocidade no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (1), pp.5-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENFOQUES ANTI-UTILITARISTAS E PÓS-COLONIAIS APLICADOS A ECONOMIAS E SOCIEDADES CAMPONESAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de estudos anti-utilitaristas e pos-coloniais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (1), pp.78-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education, gift and reciprocity: a preliminary discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Lifelong Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32 (3), pp.301-317. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02601370.2012.737376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análise de políticas públicas rurais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.273-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de développement territorial et intercommunalité au Brésil : tensions et complémentarités,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Economie Méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (233-234), pp.7-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits to the development of no-till mulching systems among smallholders in the Brazilian Amazon region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Villemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (4), pp.242-247. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2012.0576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Construção social dos mecanismos de qualificação e certificação entre reciprocidade e troca mercantil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDD - Revista Espaço de Diálogo e Desconexão</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocidade e análise de políticas públicas rurais no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.53-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">South-South cooperation between Africa and South American emerging countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poverty in Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24, pp.20-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie participative comme structure d'opportunité et de renforcement de la notabilité sectorielle : le cas des agriculteurs familiaux dans le Programme de Développement Durable des Territoires Ruraux au Brésil, territoire Aguas Emendadas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012/1 (2), pp.78-102. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/parti.002.0078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECIPROCIDADE E ANÁLISE DE POLÍTICAS PÚBLICAS RURAIS NO BRASIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RURIS - Revista do Centro de Estudos Rurais </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.53-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legislações e constituições como interfaces entre sistemas de troca e de reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos do LEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3 (2), pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas de desenvolvimento sustentável e reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (2), pp.9-24. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2011.v31.329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of recipocity ans socio-anthropology of development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (27), pp.24-51. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1517-45222011000200003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrannie des modèles ou souplesse des projets ? La question du développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Economie Méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives internationales. Hors-série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, n°8, pp.108-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paternalismo e clientelismo como efeitos da conjunção entre opressão paternalista e exploração capitalista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.5-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neo-patrimonialismo e populismo: uma leitura pela reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de estudos e pesquisas sobre as Americas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATER e desenvolvimento territorial: Uma análise crítica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. L. Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Duarte Goulart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Extensão e Estudos Rurais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1, pp.427-448</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00671099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutifunctionality and no-market relationship: management of common resource in the brazilian northeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caderno CRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (58), pp.151-169. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S0103-49792010000100010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brésil : la réforme agraire reste à faire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives Economiques. Hors - série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abordagem metodológica das diversas dimensões da sustentabilidade em projetos de uma rede interamericana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Duarte Goulart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saulo Pereira Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermmes M. Grosskopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes (UFPB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28, pp.75-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00671106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comon resource management and reciprocity: the contribution of Elinor Ostrom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.141. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v1n2.2010.1689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques et enjeux des agricultures familiales au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Dossier « Le Brésil, ferme du monde », http://geoconfluences.ens-lsh.fr/doc/etpays/Bresil/BresilScient7.htm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DISPOSITIVOS COLETIVOS DE APOIO A PRODUÇÃO E DINÂMICAS TERRITORIAIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.154-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02780834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MULTIFUNCIONALIDADE DOS ESPAÇOS RURAIS E MANEJO DOS RECURSOS NATURAIS: COMPARAÇÃO ENTRE BRASIL E FRANÇA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ciencia &amp; Tropico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.109-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture familiale et politiques publiques de développement territorial : le cas du Brésil de Lula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reforma agrária no Brasil: considerações sobre os debates atuais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifuncionalidade da agricultura e manejo de recursos naturais: alternativas a partir do caso do semi-árido brasileiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Tempo da Ciência</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.57-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrarian Reform in Brazil: a series of missed appointments between social movements and state policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Arnauld de Sartre 2006, Fronts pionniers d’Amazonie. Les dynamiques paysannes au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lusotopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oppression paternaliste et exploitation capitaliste au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lusotopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctionality: epistemic diversity and concept oriented research clusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernest Reig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Roep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Hediger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Le Cotty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Resources Governance and Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (4/5), pp.319. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJARGE.2008.020080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Mauss: da dádiva à questão da reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Ciências Sociais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (66), pp.131-138. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S0102-69092008000100008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctionality: refocusing a spreading, loose and fashionable concept for looking at sustainability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernest Reig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Roep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Hediger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Le Cotty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Resources Governance and Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (4/5), pp.301. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJARGE.2008.020078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renovação dos instrumentos de desenvolvimento e extensão rural: reflexão sobre métodos e políticas públicas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos do CEAM </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produits, monnaie et bingo : les marchés ruraux en Nouvelle-Calédonie entre échange et réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Tyuienon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 29 (1), pp.301. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm.029.0301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que política pública para a agricultura familiar no segundo governo Lula?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociedade e Estado</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (3), pp.715-751. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S0102-69922007000300009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entraide rurale, entre échange et réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (2), pp.198. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm.030.0198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES DÉBATS DE POLITIQUE AGRICOLE ET DE DÉVELOPPEMENT RURAL DANS LE BRÉSIL DE LULA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lusotopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.61-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O RECONHECIMENTO PÚBLICO DOS ATORES COLETIVOS DA AGRICULTURA FAMILIAR NO NORDESTE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Duque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo C O Diniz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lima Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Florentino Granchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de Ciência &amp; Tecnologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.293-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicações teóricas eepistemológicas do reconhecimento da noção de multifuncionalidade da agricultura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.161-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance publique des acteurs collectifs de l'agriculture familiale au Nordeste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Duque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Diniz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Granchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones sur l'Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 111-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique territoriales et trajectoires de développement local : retour d'expériences dans le Nordeste brésilien *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones sur l'Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.539-545</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dádiva e reciprocidade nas sociedades rurais contemporâneas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tomo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21669/tomo.v0i0.5244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques paysannes de la multifonctionnalité Nordeste brésilien et Nouvelle-Calédonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Djama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.120-133. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.2003.5394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion technique vs gestion sociale de l'eau dans les systèmes d'agriculture familiale du Sertão brésilien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Luis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Trier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science et changements planétaires / Sécheresse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOMPOSIÇÃO DA AGRICULTURA FAMILIAR E COORDENAÇÃO DOS PRODUTORES PARA A GESTÃO DE BENS COMUNS NO NORDESTE BRASILEIRO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Política &amp; Trabalho. Revista de Ciências Sociais Política &amp; Trabalho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aprendizagem coletiva e construção social do saber local: o caso da inovação na agricultura familiar da Paraíba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIABILIDADE DA AGRICULTURA FAMILIAR NORDESTINA E GLOBALIZAÇÃO: MITOS E DESAFIOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Política &amp; Trabalho. Revista de Ciências Sociais Política &amp; Trabalho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and sustainability of family agriculture in Brazilian Semiarid North-East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 20, pp.132-143. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional change and development of Brazilian family farming: farmers coordination to access markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrio Marinozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cerdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 19, pp.101-110. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common pasture management in Bahia North-East: an case of sustainable agrarian reform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Carlos Gama Da Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 20, pp.90-102. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocity practises and gift economy in rural communities of Brazilian North-East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 20, pp.41-49. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seu Néné, leader paysan à Massaroca (Bahia, Brésil) :une trajectoire nordestine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'APAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populisme et scepticisme environnemental et climatique en Amérique Latine : une lecture par la réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès CEISAL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IHEAL; CREDA, Jun 2025, Paris, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement climatique et souveraineté alimentaire : des pistes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet des Peuples vers la COP30 Belém 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Paris, France. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05323042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizaciones de la agricultura familiar: mirada mundial, trayectorias y cuestionamientos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferencia Organizaciones de Pequeños Productores Agrícolas como Entidades de Negocio en América Latina: Alcance, Retos, y Futuro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IICA; FIDA; Cornell University, May 2025, San José, Costa Rica. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populismo e ceticismo climático e ambiental na América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encontro da Rede de Estudos Rurais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rede de Estudos Rurais; Universidade Federal da Bahia; Universidade Estadual do Sudoeste da Bahia, Sep 2025, Vitoria da Conquista, Brazil. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tres retos para la ganadería familiar: Cambio climático, campañas anti-carne y sostenibilidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Internacional sobre la Ganaderia Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIPAMPA; UERGS; UFSM/PGExR; EMBRAPA; EMATER, Nov 2024, Santana de Livramento, Brasil. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iniciativas e políticas de transição agroecológica: lições dos Sul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance de Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Internacional: 10° anos Levando pesquisa e inovação para a agricultura familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade de Brasilia, Dec 2024, Brasilia, Brazil. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family livestock and climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Russia-Brazil : Climate change and potential consequences for agriculture and food in Russia and Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Porto Alegre, Brazil. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'agroécologie et mouvements sociaux dans le nordeste brésilien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaires Formation réseau international agroécologie et alimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AMAR Bretagne, Oct 2024, Rennes, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the Covid 19 pandemic on food supply in Porto Alegre and the North Coast Territory of Rio Grande do Sul (Brazil) and the role of agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Isabel Sotero Tavares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress Brasileiro de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ABA, Nov 2023, Rio de Janeiro, Brazil. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroécologie et travail au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du CTS Transitions Agroécologiques - Controverse relative à l'agroécologie : L'agroécologie entraine-t-elle nécessairement une augmentation du temps de travail ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRAD, Oct 2023, Montpellier, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction et déconstruction de politiques agro-alimentaires et agro- environnementales au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Politiques publiques, mondes agricoles et transitions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREDA, Mar 2022, Aubervilliers, France. pp.1-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Democratic public action in times of crises: examining the resilience of Brazil's food and water policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto de Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Public Policy Association, Jun 2022, Budapest, Hungary. 31 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction et déconstruction de politiques agro-alimentaires et agroenvironnementales au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Politiques publiques, mondes agricoles et transitions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 3 Sorbonne Nouvelle. IHEAL - CREDA et CIrad Réseau PP-AL, Mar 2022, Aubervilliers &amp; Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Democratic public action in times of crises: examining the resilience of Brazil’s food and water policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto De Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshops on Public Policy - IPW3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA International Public Policy Association, Jun 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets et évolution de l'action publique sur les pratiques productives et alimentaires dans la zone rurale de l'ouest de l'état de Santa Catarina (Brésil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréia Tecchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Leticia Chechi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées rurales Montpellier 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Mar 2021, Montpellier, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Como abordar o desmantelamento de políticas públicas rurais na América Latina?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENEPCP - Encontro Nacional de Ensino E Pesquisa Do Campo De Públicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANEPCP, Sep 2021, Salvador de Bahia, Brazil. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation au changement climatique dans la région semi-aride du Brésil : défis de la coordination et de la mise en oeuvre des politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale sur la politique de soutien à l'agriculture pluviale et à l'agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIZ, Sep 2021, Tunis, Tunisie. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocidad y reflexiones en tiempos de pandemia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferencia de inauguracion del Diplomado Internacional en Desarrollo Rural del Colegio Mayor de Antioquia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Medellin, Colombia. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desmantelamento de políticas públicas no Mercosul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Internacional "Estado, politicas publicas e Mundos rurais" 15 anos OPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OPPA; CPDA; UFRRJ, Dec 2020, Rio de Janeiro, Brazil. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciências Sociais em tempos de pandemia em uma globalização desigual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminario Internacional CAPES PrINT da UnB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Brasilia, Brazil. pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para la Transición Agroecología en América Latina y el Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario de Intercambio Académico sobre Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Montevideo, Uruguay. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction des politiques publiques d'agroécologie et production organique dans les états fédérés du Brésil. Premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gueneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectivas em Agroecologia no Brasil: Pesquisa, ensino e extensão.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Brasilia, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation to climate change and policy interactions in Brazil's semiarid region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le-Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Public Policies ICPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and water policy integration in Brazil's semiarid region: insights from an ACF perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy (ICPP4)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA, Jun 2019, Montréal, Canada. pp.1-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy Integration for Boundary-Spanning Policy Problems: Climate Change Mitigation and Adaptation Policy Adaptation to climate change and policy interactions in Brazil's semiarid region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le-Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale de Politiques Publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation to climate change and policy interactions in Brazil's semiarid region [Panel T14-P10 Session 2]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy (ICPP4)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA, Jun 2019, Montréal, Canada. pp.1-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can we think scaling up agro ecology transition with public policy support. The experience of PP-AL network in LAC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Fouilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stepping Up to the Challenge of Agroecological Transition Through Agricultural Research for Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Síntesis, conclusiones y perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Políticas Públicas y Desarrollo Rural en América Latina: Balance y Perspectivas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Red PP-AL; CIRAD-ES; CIAT, Sep 2018, Cali, Colombia. pp.59-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and Water Policy Integration in Brazil's Semi-arid Rural Region: Insights from an ACF and Policy Network Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Dayse Mendes , P. Almeida Gonçalves Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le-Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Public Policies ICPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de politiques publiques d’agroécologie au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFER : Politiques agricoles et alimentaires : trajectoires et réformes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional diffusion of Brazilian public policies for the strengthening of family farming in Latin America and the Caribbean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Lopes Filho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Policy Diffusion and Cooperation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques d'appui à l'agroécologie en Amérique Latine et Caraïbes: enseignement des processus d'institutionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SFER « Politiques agricoles et alimentaires : trajectoires et réformes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estratégias alimentares de famílias pobres no Oeste de Santa Catarina, Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ademir Antonio Cazella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Tecchio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Agriculture and Food in an Urbanizing Society, UFRGS, Porto Alegre, 17-21 Septembre 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas que promueven la agroecología y producción orgánica en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercedes Patrouilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Andre Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in III Conferência Internacional de Agricultura e Alimentação em uma Sociedade Urbanizada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Porto Alegre, Brasil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;commodification&amp;quot; of nature: an anthropological look at the Payment for Environmental Services (1002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">)II CONFERENCE OF THE PROGRAMME ON ECOSYSTEM CHANGE AND SOCIETY SYMPOSIUM : "SOCIAL-ECOLOGICAL EVALUATION OF CONSERVATION AND DEVELOPMENT POLICIES: AN EMPIRICAL APPROACH (PSYMP-14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Oaxaca, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produzir para viver: Uma analise pela reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Congreso Brasileiro de Agroecologia, Belem, 28 septembre - 1er octobre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Belém, Brazil. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential and Limits to Diffusing Brazil's Zero Hunger Strategy in Sub-Saharan Africa: The Case of Mozambique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796376v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interações entre as políticas públicas e a agenda das mudanças climáticas na América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes rencontres nationales de l'ANPPAS, Brasilia, 17-20 mai 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A agricultura familiar na política de cooperação regional do Brasil na América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Aurelio Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire méthodologique du projet TRANSBRASIL, Difusão Regional das Politicas de Agricultura Familiar, Brasilia, 23-25 septembre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análise socio-histórica da evolução da política de agricultura familiar no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème congrès brésilien de sociologie, Porto Alegre, 20-23 juin 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: Rumo a um modelo Latino-americano ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sessão Comemorativa OPPA - 10 anos, Rio de Janeiro, 27 août 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rio de Janeiro, Brazil. 16p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: Existe um modelo Latino-americano ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV Colóquio Agricultura Familiar e Desenvolvimento Rural, Porto Alegre, 12-14 Novembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La economia de reciprocidad : herencia de las comunidades ancestrales y desafio para la adaptación al cambio climático</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Frente al Cambio Climatico: Economia y Sociedad para Vivir Bien, Santa Cruz de la Sierra, 22-23 mai 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Santa Cruz de la Sierra, Bolivia. 11p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajetórias das políticas de D Rural no semiárido nordestino e bases metodológicas de P & D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Agricultura familiar, territorios e politicas publicas, Petrolina, 25-27 novembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Petrolina, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que políticas públicas para agricultura familiar e agronegócio na América Latina (e no Mercosul) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Transformaçoes recentes na agricultura internacional e seus reflexos no Mercosul, Rio de Janeiro, 1-3 décembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolução da política de desenvolvimento territorial do MDA no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Encontro da Rede de Estudos Rurais, Desigualdade, exclusão e conflitos nos espaços rurais, Campinas, 2-5 septembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Campinas, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A economia de reciprocidade : herança e desafio dos povos e comunidades tradicionais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque international Sobre Povos e Comunidades Tradicionais, Montes Claros, 22-25 avril 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Montes Claros, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture familiale face aux défis de l'éco-efficience et des changements globaux : une vision territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Poccard Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Piketty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Argentine-Brésil sur les agricultures familiales, Recherche, développement et innovation pour l'agriculture familiale au sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: Difusão e aplicação de um modelo Latino-americano ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV Encontro Internacional de Ciências Sociais, Pelotas, 18-21 novembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Pelotas, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfoque sistêmico e análise das políticas públicas rurais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xe Congresso da sociedad Brasileira de Sistemas de Produçao, Foz do Iguaçu, 14-17 mai 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Foz do Iguaçu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limites das infraestruturas coletivas para apoio a valorização dos produtos da agricultura familiar no território Aguas Emendadas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Egret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international Inovações Para a Valorização dos Produtos da Agricultura Familiar e do Agroextrativismo no Cerrado, Planaltina, 4-6 décembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Planaltina, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrannie des modèles ou souplesse des projets ? La question du développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CANAL 2013 - Circulations et appropriations des normes et des modèles de l'action locale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). Montpellier, FRA. Université Paul-Valéry - Montpellier 3 (UM3), FRA. Centre National de la Recherche Scientifique (CNRS). Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD)., Mar 2013, Montpellier, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Latin-American way of regionalization through policy making: Between globalization, policy transfer and regional production of policies, the case of territory rural development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPP International Conference on Public Policy, Policymaking in Latin America, Grenoble, France, 26-28 june 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferts, circulation de normes et production régionale de politiques publiques en Amérique Latine le cas des politiques territoriales rurales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international CANAL2013, Circulations et appropriations des normes et des modèles de l'action locale, Montpellier, 20-23 mars 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montpellier, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territórios e intermunicipalidade no Brasil: Complementaridades e tensões</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIX Congreso latinoamericano de Sociología, Crisis y emergencias sociales en America Latina, Asociación Latinoamericana de Sociología, Santiago, 29 septembre - 4 octobre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Santiago de Chile, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de développement territorial et intercommunalité au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo de Sousa Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulations et appropriations des normes et des modèles de l'action locale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montpellier, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfers, circulation of norms and regional production of public policies in Latin America: The case of rural territorial policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Public Policy (ICPP), Grenoble, 26-28 juin 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02878058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memoria del Taller &amp;quot;Instrumentos y políticas de los servicios ambientales en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Piketty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taller de intercambio y valorizacion sobre " instrumentos y politicas de servicios ambientales en America Latina ", Managua (Nicaragua), 7-11 novembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Managua, Nicaragua. 64 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de pouvoir et participation à un dispositif de développement territorial rural: Águas Emendadas (DF-GO-MG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encontro internacional UNESP, Participação, democracia e políticas públicas: aproximando agendas e agentes, Araraquara, 23-25 avril 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policymaking in Latin America Transfers, circulation of norms and regional production of public policies in Latin America : The case of rural territorial policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difusão das políticas de desenvolvimento territorial na America Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminário sobre políticas de desenvolvimento, 2012-05-23, Brasilia, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESCT como processos de democratização da gestão tecnológica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simpósio « Ciência, Tecnologia, Sociedade da produção de conhecimento na Universidade », 2012-10-22/2012-10-26, Brasilia, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teoría de la reciprocidad y sus aplicaciones para el desarrollo rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferencia UDELAR, Montevideo, Uruguay, 15 de mayo de 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The participation of family farmers in the territorial sustainable rural development program in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th World Congress of Rural Sociology, Lisbonne, 29 juillet - 4 août 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lisbonne, Portugal. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie participative comme mécanisme de production d'un sous-système d'élites de la participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "S'engager dans les espaces publics : participation politique et engagements multiples", Paris, France, 5-6 avril 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambio climatico y politicas publicas latinoamericanos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Goulart Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Tourrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1° Conferencia Internacional sobre Adaptacion al cambio Climatico, 2012-11-25/2012-11-26, Valdivia, Chili</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valdivia, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctionality, rural policy and governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Coudel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multifunctional Agriculture and Urban-Rural Relations, 2012-04-01-2012-04-04, Wageningen, Pays-Bas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Wageningue, Netherlands. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China, Brazil and agricultural development in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimena Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International seminar "Role of SSC in Agricultural Development in Africa", Brasilia (Brazil) 17 May 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité dans la gestion des ressources communes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole-chercheur, "Collective Actions : Epistemology, Theory, Methodology", Agropolis International, Montpellier, 21 juin 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Montpellier, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les effets de la participation des agriculteurs au « développement rural durable territorial » au Brésil par les trajectoires, les projets et les coalitions de politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mário L. Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « Les effets de la participation » GIS Démocratie et Participation, EHESS, Paris, 21 octobre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Paris, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le semis direct au sein de l'agriculture familiale d'uruara en amazonie brésilienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Villemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Poccard-Chapuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées de recherches en sciences sociales SFER-INRA-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dijon, France. 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agro-écologie brésilienne à l'épreuve de l'émancipation paysanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées de recherches en sciences sociales, INRA -SFER-CIRAD, AgroSup Dijon, 8-9 décembre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Dijon, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie participative comme structure d'opportunité et de renforcement de la notabilité sectorielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mário L. Ávila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du GIS Démocratie et participation, 2011-10-18/2011-10-21, Paris, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Paris, France. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’agroécologie brésilienne à l’épreuve de l’émancipation paysanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dijon, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redes e poder na política de desenvolvimento territorial brasileira: a paradoxal contribuição da assistência técnica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Duarte Goulart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIII Congresso Latinoamericano de Sociologia Rural - ALASRU. Porto de Galinhas, Pernambuco, Brasil. 15-19 de Novembro de 2010. GT 8.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Porto de Galinhas, Pernambuco, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00674968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CO-CONSTRUCTION OF KNOWLEDGE BETWEEN RESEARCHERS AND FARMERS IN TECHNICAL INNOVATION PROCESSES: LEARNING FROM DIRECT SEEDING IN THE BRAZILIAN CERRADOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Lenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Humberto Valadares Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nascimento Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGRI-FOOD QUALIFICATION & CERTIFICATION PROCESS AS AN INTERFACE BETWEEN EXCHANGE MARKETING AND RECIPROCITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et participation : Analyse du Marché Biologique de Brasilia -Brésil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Landel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Troisièmes journées de recherche en sciences sociales INRA-SFER-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et participation : analyse du marché biologique de Brasilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Landel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. journées de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). Paris, FRA., Dec 2009, Montpellier, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construction de systèmes de culture innovants pour une production durable en agriculture familiale : processus de conception-évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Scopel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Corbeels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renxcontres du Cirad 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes alimentaires et territoires au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.310, 2023, Territoires en mutation, Cyrille Ferraton, 978-2-36781-483-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies for adapting agriculture to climate change in semi-arid Northeast Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Marisy Ribeiro Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Martins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL et ReFBN. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1), pp.236, 2022, 978-65-87065-37-3. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares e territórios no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editora da UFRGS. 2022, 978-65-5725-072-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A ação pública de adaptação da agricultura à mudança climática no Nordeste semiárido brasileiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliveira Lucia Marizy Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Martins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL &amp; ReFBN. </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.282, 2021, Publicaciones Red PPAL, Frederic Goulet &amp; Catia Grisa, 978-65-8706-525-0. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe. Retour sur le colloque IDA - AFD - EU-LAC 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut des Amériques; AFD, 189 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut des Amériques/Agence française de développement/Fondation EU-LAC, 188 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of actors, instruments, and integration of concepts in climate policies: Synthesis of case studies (France -Guadeloupe/Martinique; Brazil / Pernambuco; Colombia / Cauca)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Howland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Biabiany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artimix, pp.57, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Giordano Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Territoires en mutation, Cyrille Ferraton, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130520v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latin America and Policy Diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osmany Porto de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Osorio Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiane Kerches da Silva Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 1, 2019, </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429446139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Giordano Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de La Méditerranée - PULM, 242 p., 2019, Territoires en mutation, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfio Brandenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRV, 1, 272 p., 2019, 978-85-444-3601-1. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24824/978854443601.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editora Escritos, 2018, 978-85-98334-85-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: Nuevas perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: nuevas perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: balance, desafíos e perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor Coordinadores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisations et sociétés paysannes Une lecture par la réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campesinos, mercados y políticas públicas : una lectura por la reciprocidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture : son organisation et ses valeurs face à l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 304 p., 2011, 978-2-296-14012-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociedades e organizações camponesas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFRGS, 270 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02875878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociedades e organizações camponesas: uma leitura através da reciprocidade.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Béguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dedieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Béguin; Pascal ; Dedieu; Benoît ; Sabourin; Eric (Eds). L'Harmattan, 301 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camponeses do Brasil entre a troca mercantil e a reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire de la politique agricole au Brésil : une analyse à partir du crédit rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chatellier Vincent (ed.); Pidoux Martin (ed.); Pouch Thierry (ed.); Raffray Marine (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques agricoles. Théorie, histoires, réformes, expériences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 675, Classiques Garnier, pp.1009-1032, 2025, Rencontres, 978-2-406-18459-1. </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18459-1.p.1009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hétérogénéité des voies d'institutionnalisation des politiques et des instruments climatiques pour l'agriculture : une comparaison entre le Sénégal, la Colombie, le Brésil et la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Hrabanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Montouroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanfort Vincent; Demenois Julien; Hrabanski Marie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'agriculture et les systèmes alimentaires du monde face au changement climatique. Enjeux pour les Suds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.365-376, 2025, 978-2-7592-4009-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Democratic public action during times of backsliding: Examining the resilience of Brazil's food and water policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto de Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morais de Sá e Silva Michelle (ed.); De Ávila Gomide Alexandre (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public policy in democratic backsliding: How illiberal populists engage with the policy process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.227-258, 2024, International Serie on Public Policy (ISPP), 978-3-031-65709-2. </w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-65707-8_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches en termes de systèmes alimentaires et territoires au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PULM et ART Dev. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes alimentaires et territoires au Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PULM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.17 - 35, 2023, Territoires en Mutation, 978-2-36781-483-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O campo das políticas públicas e suas contribuições para as políticas de soberania e segurança alimentar: uma revisão a partir da perspectiva sistêmica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Aparecida Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Silvia A.Zimmermann Waldemar Wesz Jr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares na tríplice fronteira Argentina-Brasil-Paraguai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1), Editora Paco, pp.88-108, 2023, 978-85-462-2258-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorialización de las políticas de desarrollo rural en América Latina: surgimiento e implementación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Massardier Gilles (ed.); Ugalde Vincente (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analizar la nueva fábrica de las políticas públicas: Pluralización, territorialización, participación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, El Colegio de México, pp.366-401, 2023, 978-607-564-562-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prefácio [Sistemas alimentares na tríplice fronteira Argentina-Brasil-Paraguai]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zimmermann Silva Aparecida (ed.); Weisz Jr Joao Wesz (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares na tríplice fronteira Argentina-Brasil-Paraguai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paco Editorial, pp.9-14, 2023, 978-85-462-2258-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El despliegue y retraimiento de la política pública: ¡técnicos adaptarse ya!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernanda de Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sordini María Victoria (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hacer políticas sociales : Estudios sobre experiencias de implementación y gestión en América Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Estudios Sociológicos Editora, pp.137-156, 2022, 978-987-3713-49-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A construção de políticas públicas de agroecologia e produção orgânica: perspectivas comparadas entre o Distrito Federal e São Paulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A construção de políticas públicas de agroecologia e produção orgânica: perspectivas comparadas entre o Distrito Federal e São Paulo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10.18472/9786587999333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abordagens em termos de sistemas alimentares e território no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares e territórios no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-33, 2022, 9786557250723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas de clima em ação: fragmentação, dispersão e sinergia na implementação de instrumentos de políticas públicas multissetoriais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nasuti Stéphanie (ed.); Bursztyn Marcel (ed.); Saito Carlos (ed.); Bonnet Marie-Paule (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dinâmicas socioambientais no Brasil: atores, processos e políticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editora IABS, pp.229-227, 2022, 978-65-87999-33-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desmonte de políticas públicas de agricultura familiar e desenvolvimento rural no Brasil e no Mercosul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sergio Sauer; Mireya Eugenia Valencia Perafán; Acácio Zuniga Leite; Flaviane de C. Canavesi; Mário Lucio de Ávila. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desenvolvimento territorial, sistemas agroalimentares e agricultura familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-164, 2022, 978-65-5974-045</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing public policies and public action for adapting to droughts in the semi-arid northeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Ribeiro Oliveira Lucia Marisy (ed.); Goulet Frédéric (ed.); Martins Eduardo Savio (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public policies for adapting agriculture to climate change in semi-arid Northeast Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E-papers, pp.7-25, 2022, 978-65-8706-537-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy transfer research in the rural sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Osmany Oliveira Porto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Policy Transfer, Diffusion and Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.406-424, 2021, Handbooks of Research on Public Policy, 978-1-78990-559-5. </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781789905601.00030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptação às mudanças climáticas no Semiárido brasileiro: desafios de coordenação e implementação de políticas públicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL &amp; ReFBN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A ação pública de adaptação da agricultura à mudança climática no Nordeste semiárido brasileiro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-98, 2021, 978-65-8706-525-0. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065250-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementação da ação pública de adaptação às secas no Nordeste Semiárido</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL &amp; ReFBN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A ação pública de adaptação da agricultura à mudança climática no Nordeste semiárido brasileiro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-27, 2021, Publicaciones de la Red PP-AL, 978-65-8706-525-0. </w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065250-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional diffusion of Brazilian social and rural public policies in Latin America and the Caribbean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Aurelio Lopes Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moises Villamil Balestro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Osmany Porto de Oliveira; Cecilia Osorio Gonner; Sergio Monteiro; Cristianne Kerches da Silva Leite. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America and Policy Diffusion: From Import and Export</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.101-127, 2020, Routledge Studies in Latin American Policies, 9781138333161. </w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429446139-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guibert Martine (ed.); Sabourin Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe. Retour sur le colloque IDA - AFD - EU-LAC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Amériques, pp.9-14, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A institucionalização das políticas públicas para a agroecologia e produção orgânicana América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercedes Patrouilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Preiss Potira V. (ed.); Schneider Sergio (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares no século 21: debates contemporâneos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFRGS, pp.257-268, 2020, Estudos Rurais, 978-65-5725-009-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reciprocidade na construção social de mercados por agricultores familiares em assentamentos rurais no município de Mambaí, Goiás</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Aveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternativas para o biomaCerrado</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.369-402, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difusão de políticas brasileiras para a agricultura familiar na América Latina e no Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Osmany Porto de Oliveira; Cristaine Kerches; Sergio Monteiro; Cecilia Osorio Gonnet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Difusão de políticas na América Latina. Importação e exportação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1), </w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hucitec editora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.112-160, 2020, Estudos Brasileiros 17 Nova Fase, 9786586039429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario: elementos de introducción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Goulet Frédéric (ed.); Le Coq Jean-François (ed.); Sotomayor Octavio (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario en América Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E-papers, pp.5-21, 2019, 978-85-7650-598-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies supporting agroecology in Latin America: lessons and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Côte François-Xavier (ed.); Poirier-Magona Emmanuelle (ed.); Perret Sylvain (ed.); Roudier Philippe (ed.); Bruno Rapidel (ed.); Thirion Marie-Cécile (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The agroecological transition of agricultural systems in the Global South</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Quae, pp.313-325, 2019, Agricultures et défis du monde, 978-2-7592-3056-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rumos, ensinamentos e perspectivas para as políticas estaduais del agroecologia e produção orgânica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna -Luiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Tadeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas Estaduais de agroecologia e produção orgânica no Brasil: avanços obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.245-266, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et lutte contre la pauvreté au Brésil : politiques d'inclusion, pratiques d'exclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Eiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnal Philippe (ed.); Cortes Geneviève (ed.); Delgado Nelson Giordano (ed.); Leite Sergio Pereira (ed.); Poncet Christian (ed.); Sabourin Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de La Méditerranée - PULM, pp.241-250, 2019, Territoires en mutation, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rede de ação pública em torno da agroecologia e produção orgânica no Distrito Federal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Guéneau Stéphane (ed.); Colonna Julianna (ed.); Tadeu da Silva Luiz Raimundo (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRV, pp.219-241, 2019, 978-85-444-3601-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques publiques d'appui à l'agro- écologie en Amérique latine : leçons et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François-Xavier Côte; Emmanuelle Poirier-Magona; Sylvain Perret; Philippe Roudier; Bruno Rapidel; Marie-Cécile Thirion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transition agro-écologique des agricultures du Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.451-472, 2019, 9782759228225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rede de ação pública em torno da agroecologia e produção orgânica no Distrito Federal,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Tadeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas Estaduais de agroecologia e produção orgânica no Brasil: avanços obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.219-241, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco teórico e metodológico: a ação pública para a agroecologia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Guéneau Stéphane (ed.); Colonna Julianna (ed.); Tadeu da Silva Luiz Raimundo (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRV, pp.17-26, 2019, 978-85-444-3601-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rumos, ensinamentos e perspectivas para as políticas estaduais de agroecologia e produção orgânica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Guéneau Stéphane (ed.); Colonna Julianna (ed.); Tadeu da Silva Luiz Raimundo (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRV, pp.245-266, 2019, 978-85-444-3601-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies supporting agroecology in Latin America: lessons and perspectives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin - Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François-Xavier Côte; Emmanuelle Poirier-Magona; Sylvain Perret; Philippe Roudier; Bruno Rapidel; Marie-Cécile Thirion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The agroecological transition of agricultural systems in the Global South.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.313-325, 2019, Agricultures et défis du monde, 978-2-7592-3056-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario en América Latina: elementos de introduccion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario en América Latina:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-21, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Action publique, dynamiques sociales et pauvreté]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Giordano Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnal Philippe (ed.); Cortes Geneviève (ed.); Delgado Nelson Giordano (ed.); Leite Sergio Pereira (ed.); Poncet Christian (ed.); Sabourin Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de La Méditerranée - PULM, pp.11-22, 2019, Territoires en mutation, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et lutte contre la pauvreté au Brésil : politiques d’inclusion, pratiques d’exclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Eiro de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desenvolvimento territorial sustentável, reciprocidade e organização social: referencias e casos no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Território, Redes e Desenvolvimento Regional: Desafios e Perspectivas - ISBN 978-85-524-0087-5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.25-54, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programa de Desenvolvimento Sustentável de Territórios Rurais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moises Balestro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.89-114, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02848840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A difusão internacional de políticas públicas: apresentando a pesquisa e o livro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-32, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02848531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas de Desenvolvimento Territorial Rural no Uruguai: influências de uma difusão regional.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermes Morales Grosskopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-254, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A disseminação das políticas públicas brasileiras para a agricultura familiar na América Latina em uma perspectiva comparada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.256-281, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02847730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cooperação Sul- Sul e a construção dos “modelos” brasileiros de políticas públicas para a agricultura familiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.34-53, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02848618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la gouvernance territoriale : l'exemple du Brésil rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caron, Patrick; Valette, Elodie; Wassenaar, Tom; Coppens d’Eeckenbrugge, Geo; Papazian, Vatché; Caron, Patrick; Valette, Elodie; Wassenaar, Tom; Coppens d’Eeckenbrugge, Geo; Papazian, Vatché. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des territoires vivants pour transformer le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 280 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2654-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar na América Latina: das políticas agrícolas diferenciadas aos instrumentos de promoção da Soberania e Segurança Alimentar e Nutricional e da Agroecologia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Renato S. Maluf; Georges Flexor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questões agrárias, agrícolas e rurais Conjunturas e políticas públicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editora E-papers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.270-286, 2017, 978-85-7650-561-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origens, evolução e institucionalização da política de agricultura familiar no Brasil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura familiar brasilieira: Desafios e perspectivas de futuro.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.265-291, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissages sociaux pour le développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des territoires vivants pour transformer le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 280 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2654-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social learning for territorial development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living territories to transform the world</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 274 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2731-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of territorial governance: the example of rural Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living territories to transform the world</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 274 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2731-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: existe um modelo latino-americano?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grisa, Catia; Schneider, Sergio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Políticas públicas de desenvolvimento rural no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFRGS, pp.595-616, 2015, 978-85-386-0262-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análisis transversal de las políticas sobre agricultura familiar en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric; Samper Mario; Sotomayor Octavio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: Balance, desafíos y perspectivas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comisión Económica para América Latina y el Caribe, pp.19-48, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sera que existem camponeses no Brasil? Uma reflexao a partir da anâlise sóciohistórica y política da agricultura familiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Craviotti Clara. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura familiar en Latinoamericana: Continuidades, transformaciones y controversias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ciccus, pp.125-149, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XIII. La agricultura familiar en Uruguay : entre dos proyectos contrapuestos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Cardelliac Gula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric; Samper Mario; Sotomayor Octavio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: Balance, desafíos y perspectivas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Naciones Unidas, pp.275-296, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing ARP rooted in partnership: The Unai project in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Hocdé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Humberto Valadares Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nascimento de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Faure Guy; Gasselin Pierre; Triomphe Bernard; Temple Ludovic; Hocdé Henri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovating with rural stakeholders in the developing word: Action research in partnership</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quæ; Presses agronomiques de Gembloux, pp.97-104, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estudos Em políticas públicas cidadania, desenvolvimento e controle social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Em políticas públicas cidadania, desenvolvimento e controle social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os mecanismos de qualificação e certificação como interfaces entre reciprocidade e troca mercantil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MERCADOS E AGRICULTURA FAMILIAR: INTERFACES, CONEXÕES E CONFLITOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.190-210, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entraide agricole : structuration et évolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture : son organisation, et ses valeurs face à l’innovation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal P. Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture : son organisation et ses valeurs face à l’innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 301 p., 2011, 978-2-2961-4012-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques et apprentissages d'une première expérience de construction d'une université paysanne au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concevoir et construire la décision Démarches en agriculture, agroalimentaire et espace rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olhar sobre os enfoques e métodos no Projeto Unaí,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Humberto Valladares Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projeto Unaí: pesquisa e desenvolvimento em assentamentos de reforma agrária</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-93, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société civile et politiques publiques pour le développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dansero Egidio; Luzzati Enrico; Seck Sidy Mohammed. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisations paysannes et développement local : leçons à partir du cas du delta du fleuve Sénégal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan Italia, pp.208-236, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAMPONESES E FUNDOS DE PASTO NO NORDESTE DA BAHIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversidade do Campesinato: expressões e categorias. Vol II Estratégias de reprodução social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.89-115, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análise da construção da Política Distrital de Agroecologia e Produção Orgânica no Distrito Federal, Brasilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observatorio das dinamicas socio-ambientais no Brasil INCT Odisseia, Texto para Discussão Série Working Papers N o 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar: de los conceptos a las políticas públicas en América Latina y el Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2030 – Alimentación, agricultura y desarrollo rural en América Latina y el Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementação e coordenação das políticas de adaptação às mudanças climáticas no semiárido baiano e pernambucano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projeto INCT Odisseia - Observatorio das dinamicas Socio-ambientais no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « commodification » de la nature : un regard anthropologique sur le Paiement pour Services Environnementaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Services Environnementaux et Usages de l'Espace Rural Documents de travail ANR Serena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">South-South Cooperation between Africa and South American Emerging Countries: The Case of Agriculture and Rural Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId648"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ERIC SABOURIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (146)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three non-capitalist approaches of peasant economics mobilising the principle of reciprocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 122, pp.103992. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2025.103992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populism in Latin America: A reading through the Theory of Reciprocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International political anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (2), pp.163-179. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.18172580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La importancia estratégica de la Agricultura Familiar para alimentar al mundo y preservar el planeta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Gómez Yuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RELAER Revista Latinoamericana de Estudios Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (20), 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building public policies for the agroecological transition of food systems: Lessons from the south</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercedes Patrouilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (2), pp.117-145. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33240/rba.v20i2.56895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acción colectiva y políticas públicas: Cambios recientes en la ganadería familiar de Uruguay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrociencia Uruguay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29 (NE4), pp.e1679. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31285/AGRO.29.1679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossed views on land policies in Uruguay and France: What challenges do the current agrarian dynamics pose?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Camors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 118, pp.103690. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2025.103690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A importância estratégica da Agricultura Familiar para alimentar o mundo e preservar o planeta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuly Andrea Gómez Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde Diplomatique (Brasil)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 215, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grassroots initiatives of digital food markets in southern Brazil: the barred window of opportunity for institutional changes opened by the pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeferson Tonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evandro Pedro Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Economia e Sociologia Rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62, pp.1 -21. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/1806-9479.2023.282038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentação e políticas alimentares nas cidades : introdução ao debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar João Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11wvv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentação e políticas alimentares nas cidades: Introdução ao debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resiliência da ação pública democrática em tempos de crise: examinando as políticas de alimentos e recursos hídricos no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto De Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.93780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentação e Políticas Alimentares nas Cidades: introdução ao debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 59, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/confins.52341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparação de políticas de apoio a transições agroecológicas em cinco países</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tara Wight</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terry Marsden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Agriculturas: Experiencias em Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n.spéc. Agroecologia nas políticas públicas, pp.23-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05183308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ansaloni et Andy Smith, L'expropriation de l'agriculture française : pouvoirs et politiques dans le capitalisme contemporain Vulaines-sur-Seine, Éditions du Croquant, Coll. « Dynamiques socio-économiques », 2021, 205 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les élections françaises de 2022 dans les Suds, 58, pp.145 - 148. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psud.058.0145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ansaloni et Andy Smith, L'expropriation de l'agriculture française : pouvoirs et politiques dans le capitalisme contemporain: Vulaines-sur-Seine, Éditions du Croquant, Coll. &amp;quot;Dynamiques socio-économiques&amp;quot;, 2021, 205 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58, pp.145-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of the commons and social values: a dialogue between Elinor Ostrom’s work and the francophone theory of reciprocity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Peasant Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 50 (7), pp.2685-2700. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03066150.2022.2120809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rural development forums in Uruguay: Participation and political change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Development Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), pp.24184. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37118/ijdr.24184.03.202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rural Development Forums in Uruguay: Participation and political change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Development Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (03), pp.54859-54866. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37118/ijdr.24184.03.2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Policies for Sustainable Territorial Development in Brazil: Between Clientelism and Participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, This article belongs to the Special Issue "Territorial Approaches to Sustainability" edited by Elodie Valette &amp; Jérémy Bourgoin, 14 (5), pp.3058. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su14053058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackling the implementation gap of climate adaptation strategies: understanding policy translation in Brazil and Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Howland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (9-10), pp.1113-1129. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14693062.2022.2085650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing complex policy problems: a critical review of the literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2/3/4), pp.126. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/ijpp.2022.10049345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A policy mix approach for assessing rural household resilience to climate shocks: Insights from Northeast Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrícia Mesquita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (4), pp.675-691. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14735903.2021.1968683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruptures in the agroecological transitions: institutional change and policy dismantling in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Peasant Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-23. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03066150.2022.2055468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura familiar : contribuições para o desenvolvimento regional no Sul do Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Gazolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Assis Tomporoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Antônio Conterato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anelise Graciele Rambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRd - Desenvolvimento Regional em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Agricultura familiar e desenvolvimento regional no Sul do Brasil: análises a partir dos dados do Censo Agropecuário 2017, 12, pp.89. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24302/drd.v12ied.esp.Dossie.4174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques agricoles sous Bolsonaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Problèmes d'Amérique Latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brésil : bilan du mandat 2019-2022, 119 - 120 (2/2022), pp.73 - 91. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54695/pal.119.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The politics of climate change adaptation in Brazil: framings and policy outcomes for the rural sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Politics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (2), pp.183-204. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09644016.2021.1907097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introdução à seção temática: Entre continuidades e descontinuidades das políticas públicas para a agricultura brasileira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Entre continuidades e descontinuidades das políticas públicas para a agricultura brasileira, 29 (3), pp.509 - 516. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36920/esa-v29n3-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04425460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction between public policies and local dynamics of family farming in the Portal of the Amazon Territory - Mato Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alesando Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES - Revista do Desenvolvimento Regional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Territórios e transições para a sustentabilidade, 26 (1), </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v26i0.17229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04424260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with cross-sectoral policy problems: An advocacy coalition approach to climate and water policy integration in Northeast Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Policy Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (3), pp.557-578. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11077-021-09422-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unpacking the policy mix of adaptation to climate change in Brazil’s semiarid region: enabling instruments and coordination mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (5), pp.593-608. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14693062.2020.1753640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From policy mix to policy networks: assessing climate and land use policy interactions in Mato Grosso, Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Policy and Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1523908X.2020.1740658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura familiar no Mercosul: transformações nas arenas e políticas públicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matías Carambula Pareja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anderson Catapan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Gonçalves de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Planejamento e Desenvolvimento</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (5), pp.657-663. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3895/rbpd.v9n5.13530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As práticas produtivas e alimentares no espaço rural do Oeste de Santa Catarina: A ação pública na busca e na crítica à modernidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréia Tecchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Andrea Chechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.78-108. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36920/esa-v28n1-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policy support for agroecology in Latin America: Lessons and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Fréguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (1), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17352/gje.000032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les forums de développement rural (Mesas de Desarrollo Rural) en Uruguay : entre décentralisation et participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Saravia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes en Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020/4 (192), pp.137-156. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/med.192.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03114032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clientelismo e participação nas políticas públicas de desenvolvimento rural no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Economia e Sociologia Rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58 (4), pp.e217798. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/1806-9479.2020.217798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dismantling of the rural and environmental public policies in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.31. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2020029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tensions internes et ruptures politiques : où en est le processus d’institutionnalisation de l’agroécologie au Brésil ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Politiques agricoles et alimentaires Trajectoires et réformes, 372, pp.103 - 117. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.7768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção da ação coletiva nos sindicatos rurais brasileiros: aspectos comparativos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Ângelo Lazzaretti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 21 (1), pp.72-80. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2002.v21.181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EW RURAL DEVELOPMENT ACTORS IN BRAZILIAN SEMI-ARID :A CRITICAL VIEW OF THE PERIOD FROM 1997 UNTIL 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Duque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgard Malagodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (1), pp.58-72. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2003.v22.209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para el desarrollo territorial rural en América Latina: balance y perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Valencia-Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arilson Favareto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Sáenz-Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.17.2020.4388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dismantling of Family Farming Policies in Brazil and Argentina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Craviotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Review of Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (1), </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/irpp.799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A trajetória brasileira de construção de políticas públicas para a agroecologia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (1), pp.270-291. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i1.13035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Brazilian trajectory of construction of public policies for agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (1), pp.270-291. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i1.13035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdaléna Hadjiisky, Leslie A. Pal y Christopher Walker, Eds. 2017. Public Policy Transfer. Micro-Dynamics and Macro-Effects. Cheltenham, UK: Edward Elgar Publishing, 360p. New Horizons in Public Policy series. ISBN: 9781785368035</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (1), pp.147-149. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.1.2018.3508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La experiencia en Uruguay de las Mesas de Desarrollo Rural en territorios de agricultura familiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Raul Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Saravia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15, pp.147-166. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.15.2019.3888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estratégias Alimentares de Famílias Rurais Pobres na Região Oeste de Santa Catarina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréia Tecchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ademir Antonio Cazella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (3), pp.217-240. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i3.14126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The politics of the internationalisation of Brazil’s ‘Zero Hunger’ instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2), pp.447-460. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12571-019-00898-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção da política de agroecologia e produção orgânica no Distrito Federal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (2), pp.35-50. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33240/rba.v14i2.22951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A construção das políticas estaduais de agroecologia e produção orgânica no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme de Freitas Ewald Strauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (2), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33240/rba.v14i2.22957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Recension de l'ouvrage ] New Geographies of Global Policy-Making: South- South Networks and Rural Development Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies to support agroecology in Latin America and the Caribbean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Fréguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspective (English edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, N° 45, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/agritrop/00020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-01825722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construcción social de circuitos cortos y de mercado justo: articulación entre intercambio y reciprocidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THEOMAI Journal / Critical Studies about Society and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Producción agroalimentaria / Migraciones en la agricultura / Ambiente-Extractivismo, 38, pp.150-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuity and renewal in the collective action of family farmers on the northwest coast of Uruguay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin Máximo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13, pp.11-32. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.13.2018.3290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governança multi-nível no desenvolvimento rural: intermunicipalidade e territórios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RP3 - Revista de Pesquisa em Políticas Públicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (2), </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18829/rp3.v11i2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGRICULTURA FAMILIAR EN URUGUAY: reconocimiento y políticas públicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernanda de Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 38 (1), pp.116-128. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2018.v38.42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Qué políticas públicas promueven la agroecología en América Latina y el Caribe?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin - Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/perspective/31707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-03023213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difusión regional de políticas públicas de desarrollo territorial rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (2), </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.2.2018.3374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construcción social del acceso a los mercados por agricultores familiares en Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Aveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlene Pra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Política Económica para el Desarrollo Sostenible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15359/peds.3-1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social-Historical Analysis of Brazilian Family Farming Public Policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brésil(s). Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bresils.2439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family agriculture public policies in Latin America and the Carribean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 38 (1), pp.7-21. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2018.v38.35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles politiques publiques d’appui à l’agroécologie en Amérique latine et dans les Caraïbes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Fréguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, N° 45, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/agritrop/00019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cirad-01825612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Policy Diffusion and Participatory Budgeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (2), </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.2.2018.3496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redes de cooperação da agricultura familiar e do desenvolvimento rural local no Agreste paraibano (Brasil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Federico Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Marçal Da Silveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES : Revista Hispana para el Análisis de Redes Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (2), pp.14. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v23i2.11964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research on Climate Change Policies and Rural Development in Latin America: Scope and Gaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulina Aldunce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigaïl Fallot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (10), pp.1831. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su9101831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produção camponesa e seguridade alimentar no Brasil: Uma análise pela teoria da reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RELAER Revista Latinoamericana de Estudios Rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y ganadería familiar en Uruguay: los desafíos ambientales y de ordenamiento territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgina Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pampa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12, pp.241-264. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14409/pampa.v0i11/12.5199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic approach and rural policies anlysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.29. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18542/raf.v11i2.5315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As políticas de desenvolvimento territorial rural na América latina: uma hibridação das fontes e da implementação</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundos Plurales - Revista Latinoamericana de Políticas y Acción Pública</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (1), pp.75-98. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/mundosplurales.1.2016.2319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02781734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lógicas e estratégias de comercialização na agricultura familiar do Agreste da Paraíba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlene Pra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Silveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestão territorial e economia social e solidária: uma análise pela reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guaju</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (1), pp.3. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5380/guaju.v1i1.43406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avancées et limites des politiques ciblées en Amérique latine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gisclard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grain de sel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 67-70, pp.32-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de développement rural territorial au Brésil : entre participation et clientélisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esprit Critique : Revue Internationale de Sociologie et de Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Clientélisme et Action publique, 21 (1), pp.129-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques publiques et élevage en Uruguay : premiers effets des mesures environnementales et de développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgina Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Volume 15 Numéro 1, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.16125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolução da política federal de desenvolvimento territorial no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novos Cadernos NAEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (1), </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5801/ncn.v18i1.2066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'AGRICULTURE BRÉSILIENNE EN DÉBAT : ÉVOLUTIONS RÉCENTES, CONTROVERSES ET POLITIQUES PUBLIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Problèmes d'Amérique Latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pal.095.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONSTRUCTION OF INNOVATION AMONG FARMERS AND RESEARCHERS: THE FARMERS EXPERIMENTER GROUPS IN THE PARAÍBA, ARID ZONE (AGRESTE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Marçal da Silveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Hocdé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.17. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18542/raf.v0i10.4424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement, politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gasselin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers - Agropolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19, pp.49-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inovação social na comercialização de produtos orgânicos e agroecológicos da agricultura familiar no Distrito Federal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Egret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (3), pp.98-119. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v5n3.2014.10754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção da inovação entre agricultores e pesquisadores: Os grupos de agricultores expereimentadores no agreste da Paraíba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Renato Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Silveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Hocdé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.17-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La agricultura familiar en Uruguay entre dos proyectos nacionales de desarrollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Cardelliac Gula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutopía - Revista de Desarrollo Económico Territorial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/eutopia.6.2014.1424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acesso aos mercados para a agricultura familiar: uma leitura pela reciprocidade e a economia solidaria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Economica do Nordeste REN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultures familiales en Amérique latine. Émergence, avancées et limites des politiques ciblées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tiers Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014/4 (220), pp.23-41. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rtm.220.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EL SURGIMIENTO DE POLÍTICAS PÚBLICAS PARA LA AGRICULTURA FAMILIAR EN AMÉRICA LATINA: TRAYECTORIAS, TENDENCIAS Y PERSPECTIVAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de Ciência &amp; Tecnologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.189-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité homme-nature et les dérives de son abandon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42 (2), pp.247. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm.042.0247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalization and dissemination of rural territorial development public policies: model hypotheses for Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (2), pp.83-100. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v4n2.2013.9489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier: &amp;quot;Public Policies for Territorial Development in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (2), pp.15-16. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v4n2.2013.10047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des idées aux pratiques : la coopération technique agricole brésilienne à l'épreuve du terrain africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2013/2 (27), pp.75-89. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sopr.027.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debate sobre el Enfoque DTR (Desarrollo Territorial Rural) en América Latin. con Octavio Sotomayor, Unidade de Desenvolvimento Rural (CEPAL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v4n2.2013.10050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cooperación brasileña y china en la agricultura africana: Un estudio de prácticas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Íconos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.87-100. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17141/iconos.47.2013.829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réciprocité et organisation rurales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Tiers Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 215 (3), pp.165. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rtm.215.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comercialização dos produtos agrícolas e reciprocidade no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (1), pp.5-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENFOQUES ANTI-UTILITARISTAS E PÓS-COLONIAIS APLICADOS A ECONOMIAS E SOCIEDADES CAMPONESAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de estudos anti-utilitaristas e pos-coloniais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (1), pp.78-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análise de políticas públicas rurais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.273-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education, gift and reciprocity: a preliminary discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Lifelong Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32 (3), pp.301-317. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02601370.2012.737376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits to the development of no-till mulching systems among smallholders in the Brazilian Amazon region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Villemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (4), pp.242-247. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2012.0576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Construção social dos mecanismos de qualificação e certificação entre reciprocidade e troca mercantil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDD - Revista Espaço de Diálogo e Desconexão</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">South-South cooperation between Africa and South American emerging countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poverty in Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24, pp.20-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocidade e análise de políticas públicas rurais no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.53-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECIPROCIDADE E ANÁLISE DE POLÍTICAS PÚBLICAS RURAIS NO BRASIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RURIS - Revista do Centro de Estudos Rurais </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.53-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie participative comme structure d'opportunité et de renforcement de la notabilité sectorielle : le cas des agriculteurs familiaux dans le Programme de Développement Durable des Territoires Ruraux au Brésil, territoire Aguas Emendadas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012/1 (2), pp.78-102. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/parti.002.0078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de développement territorial et intercommunalité au Brésil : tensions et complémentarités,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Economie Méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (233-234), pp.7-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Legislações e constituições como interfaces entre sistemas de troca e de reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos do LEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3 (2), pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas de desenvolvimento sustentável e reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (2), pp.9-24. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.2011.v31.329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of recipocity ans socio-anthropology of development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (27), pp.24-51. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1517-45222011000200003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrannie des modèles ou souplesse des projets ? La question du développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Economie Méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives internationales. Hors-série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, n°8, pp.108-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03064114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neo-patrimonialismo e populismo: uma leitura pela reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de estudos e pesquisas sobre as Americas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paternalismo e clientelismo como efeitos da conjunção entre opressão paternalista e exploração capitalista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.5-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATER e desenvolvimento territorial: Uma análise crítica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. L. Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Duarte Goulart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Extensão e Estudos Rurais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1, pp.427-448</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00671099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brésil : la réforme agraire reste à faire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives Economiques. Hors - série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abordagem metodológica das diversas dimensões da sustentabilidade em projetos de uma rede interamericana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Duarte Goulart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saulo Pereira Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermmes M. Grosskopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes (UFPB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28, pp.75-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00671106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comon resource management and reciprocity: the contribution of Elinor Ostrom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustentabilidade em debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (2), pp.141. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18472/SustDeb.v1n2.2010.1689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques et enjeux des agricultures familiales au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Dossier « Le Brésil, ferme du monde », http://geoconfluences.ens-lsh.fr/doc/etpays/Bresil/BresilScient7.htm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutifunctionality and no-market relationship: management of common resource in the brazilian northeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caderno CRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (58), pp.151-169. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S0103-49792010000100010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DISPOSITIVOS COLETIVOS DE APOIO A PRODUÇÃO E DINÂMICAS TERRITORIAIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.154-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02780834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture familiale et politiques publiques de développement territorial : le cas du Brésil de Lula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MULTIFUNCIONALIDADE DOS ESPAÇOS RURAIS E MANEJO DOS RECURSOS NATURAIS: COMPARAÇÃO ENTRE BRASIL E FRANÇA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ciencia &amp; Tropico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.109-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifuncionalidade da agricultura e manejo de recursos naturais: alternativas a partir do caso do semi-árido brasileiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Tempo da Ciência</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.57-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agrarian Reform in Brazil: a series of missed appointments between social movements and state policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Arnauld de Sartre 2006, Fronts pionniers d’Amazonie. Les dynamiques paysannes au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lusotopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oppression paternaliste et exploitation capitaliste au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lusotopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctionality: epistemic diversity and concept oriented research clusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernest Reig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Roep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Hediger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Le Cotty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Resources Governance and Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (4/5), pp.319. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJARGE.2008.020080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Mauss: da dádiva à questão da reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Ciências Sociais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (66), pp.131-138. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S0102-69092008000100008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctionality: refocusing a spreading, loose and fashionable concept for looking at sustainability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ernest Reig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Roep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werner Hediger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Le Cotty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Resources Governance and Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (4/5), pp.301. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJARGE.2008.020078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reforma agrária no Brasil: considerações sobre os debates atuais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renovação dos instrumentos de desenvolvimento e extensão rural: reflexão sobre métodos e políticas públicas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos do CEAM </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produits, monnaie et bingo : les marchés ruraux en Nouvelle-Calédonie entre échange et réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Tyuienon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 29 (1), pp.301. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm.029.0301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que política pública para a agricultura familiar no segundo governo Lula?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociedade e Estado</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 22 (3), pp.715-751. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S0102-69922007000300009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entraide rurale, entre échange et réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (2), pp.198. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm.030.0198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES DÉBATS DE POLITIQUE AGRICOLE ET DE DÉVELOPPEMENT RURAL DANS LE BRÉSIL DE LULA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lusotopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.61-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O RECONHECIMENTO PÚBLICO DOS ATORES COLETIVOS DA AGRICULTURA FAMILIAR NO NORDESTE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Duque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo C O Diniz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lima Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Florentino Granchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de Ciência &amp; Tecnologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.293-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicações teóricas eepistemológicas do reconhecimento da noção de multifuncionalidade da agricultura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.161-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance publique des acteurs collectifs de l'agriculture familiale au Nordeste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Duque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Diniz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Granchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones sur l'Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 111-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dádiva e reciprocidade nas sociedades rurais contemporâneas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tomo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21669/tomo.v0i0.5244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique territoriales et trajectoires de développement local : retour d'expériences dans le Nordeste brésilien *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones sur l'Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.539-545</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques paysannes de la multifonctionnalité Nordeste brésilien et Nouvelle-Calédonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Djama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.120-133. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.2003.5394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion technique vs gestion sociale de l'eau dans les systèmes d'agriculture familiale du Sertão brésilien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Sidersky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Luis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Trier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science et changements planétaires / Sécheresse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOMPOSIÇÃO DA AGRICULTURA FAMILIAR E COORDENAÇÃO DOS PRODUTORES PARA A GESTÃO DE BENS COMUNS NO NORDESTE BRASILEIRO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Política &amp; Trabalho. Revista de Ciências Sociais Política &amp; Trabalho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aprendizagem coletiva e construção social do saber local: o caso da inovação na agricultura familiar da Paraíba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Sociedade e Agricultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIABILIDADE DA AGRICULTURA FAMILIAR NORDESTINA E GLOBALIZAÇÃO: MITOS E DESAFIOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Política &amp; Trabalho. Revista de Ciências Sociais Política &amp; Trabalho</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and sustainability of family agriculture in Brazilian Semiarid North-East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 20, pp.132-143. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional change and development of Brazilian family farming: farmers coordination to access markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrio Marinozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Cerdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 19, pp.101-110. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common pasture management in Bahia North-East: an case of sustainable agrarian reform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Carlos Gama Da Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 20, pp.90-102. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocity practises and gift economy in rural communities of Brazilian North-East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raizes : Revista de Ciências Sociais e Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 20, pp.41-49. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37370/raizes.1999.v.165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seu Néné, leader paysan à Massaroca (Bahia, Brésil) :une trajectoire nordestine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'APAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement climatique et souveraineté alimentaire : des pistes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet des Peuples vers la COP30 Belém 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Paris, France. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05323042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizaciones de la agricultura familiar: mirada mundial, trayectorias y cuestionamientos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferencia Organizaciones de Pequeños Productores Agrícolas como Entidades de Negocio en América Latina: Alcance, Retos, y Futuro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IICA; FIDA; Cornell University, May 2025, San José, Costa Rica. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populismo e ceticismo climático e ambiental na América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encontro da Rede de Estudos Rurais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rede de Estudos Rurais; Universidade Federal da Bahia; Universidade Estadual do Sudoeste da Bahia, Sep 2025, Vitoria da Conquista, Brazil. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05253692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Populisme et scepticisme environnemental et climatique en Amérique Latine : une lecture par la réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès CEISAL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IHEAL; CREDA, Jun 2025, Paris, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iniciativas e políticas de transição agroecológica: lições dos Sul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance de Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Internacional: 10° anos Levando pesquisa e inovação para a agricultura familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade de Brasilia, Dec 2024, Brasilia, Brazil. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family livestock and climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Russia-Brazil : Climate change and potential consequences for agriculture and food in Russia and Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Porto Alegre, Brazil. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'agroécologie et mouvements sociaux dans le nordeste brésilien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaires Formation réseau international agroécologie et alimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AMAR Bretagne, Oct 2024, Rennes, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tres retos para la ganadería familiar: Cambio climático, campañas anti-carne y sostenibilidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Internacional sobre la Ganaderia Familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIPAMPA; UERGS; UFSM/PGExR; EMBRAPA; EMATER, Nov 2024, Santana de Livramento, Brasil. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroécologie et travail au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du CTS Transitions Agroécologiques - Controverse relative à l'agroécologie : L'agroécologie entraine-t-elle nécessairement une augmentation du temps de travail ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRAD, Oct 2023, Montpellier, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the Covid 19 pandemic on food supply in Porto Alegre and the North Coast Territory of Rio Grande do Sul (Brazil) and the role of agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Isabel Sotero Tavares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress Brasileiro de Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ABA, Nov 2023, Rio de Janeiro, Brazil. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction et déconstruction de politiques agro-alimentaires et agro- environnementales au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Politiques publiques, mondes agricoles et transitions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREDA, Mar 2022, Aubervilliers, France. pp.1-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Democratic public action in times of crises: examining the resilience of Brazil's food and water policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto de Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Public Policy Association, Jun 2022, Budapest, Hungary. 31 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction et déconstruction de politiques agro-alimentaires et agroenvironnementales au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Politiques publiques, mondes agricoles et transitions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 3 Sorbonne Nouvelle. IHEAL - CREDA et CIrad Réseau PP-AL, Mar 2022, Aubervilliers &amp; Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Democratic public action in times of crises: examining the resilience of Brazil’s food and water policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto De Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshops on Public Policy - IPW3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA International Public Policy Association, Jun 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Como abordar o desmantelamento de políticas públicas rurais na América Latina?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENEPCP - Encontro Nacional de Ensino E Pesquisa Do Campo De Públicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANEPCP, Sep 2021, Salvador de Bahia, Brazil. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation au changement climatique dans la région semi-aride du Brésil : défis de la coordination et de la mise en oeuvre des politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale sur la politique de soutien à l'agriculture pluviale et à l'agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIZ, Sep 2021, Tunis, Tunisie. pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reciprocidad y reflexiones en tiempos de pandemia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferencia de inauguracion del Diplomado Internacional en Desarrollo Rural del Colegio Mayor de Antioquia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Medellin, Colombia. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets et évolution de l'action publique sur les pratiques productives et alimentaires dans la zone rurale de l'ouest de l'état de Santa Catarina (Brésil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andréia Tecchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Leticia Chechi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées rurales Montpellier 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Mar 2021, Montpellier, France. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05177189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desmantelamento de políticas públicas no Mercosul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Internacional "Estado, politicas publicas e Mundos rurais" 15 anos OPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OPPA; CPDA; UFRRJ, Dec 2020, Rio de Janeiro, Brazil. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciências Sociais em tempos de pandemia em uma globalização desigual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminario Internacional CAPES PrINT da UnB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Brasilia, Brazil. pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para la Transición Agroecología en América Latina y el Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario de Intercambio Académico sobre Agroecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Montevideo, Uruguay. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction des politiques publiques d'agroécologie et production organique dans les états fédérés du Brésil. Premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gueneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectivas em Agroecologia no Brasil: Pesquisa, ensino e extensão.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Brasilia, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation to climate change and policy interactions in Brazil's semiarid region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le-Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Public Policies ICPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and water policy integration in Brazil's semiarid region: insights from an ACF perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy (ICPP4)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA, Jun 2019, Montréal, Canada. pp.1-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy Integration for Boundary-Spanning Policy Problems: Climate Change Mitigation and Adaptation Policy Adaptation to climate change and policy interactions in Brazil's semiarid region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le-Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale de Politiques Publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation to climate change and policy interactions in Brazil's semiarid region [Panel T14-P10 Session 2]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policy (ICPP4)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IPPA, Jun 2019, Montréal, Canada. pp.1-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can we think scaling up agro ecology transition with public policy support. The experience of PP-AL network in LAC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Fouilleux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stepping Up to the Challenge of Agroecological Transition Through Agricultural Research for Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Síntesis, conclusiones y perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario Políticas Públicas y Desarrollo Rural en América Latina: Balance y Perspectivas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Red PP-AL; CIRAD-ES; CIAT, Sep 2018, Cali, Colombia. pp.59-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and Water Policy Integration in Brazil's Semi-arid Rural Region: Insights from an ACF and Policy Network Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Dayse Mendes , P. Almeida Gonçalves Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le-Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Public Policies ICPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction de politiques publiques d’agroécologie au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFER : Politiques agricoles et alimentaires : trajectoires et réformes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional diffusion of Brazilian public policies for the strengthening of family farming in Latin America and the Caribbean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Lopes Filho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Policy Diffusion and Cooperation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques d'appui à l'agroécologie en Amérique Latine et Caraïbes: enseignement des processus d'institutionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SFER « Politiques agricoles et alimentaires : trajectoires et réformes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estratégias alimentares de famílias pobres no Oeste de Santa Catarina, Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ademir Antonio Cazella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreia Tecchio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Agriculture and Food in an Urbanizing Society, UFRGS, Porto Alegre, 17-21 Septembre 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas que promueven la agroecología y producción orgánica en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercedes Patrouilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Andre Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in III Conferência Internacional de Agricultura e Alimentação em uma Sociedade Urbanizada</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Porto Alegre, Brasil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;commodification&amp;quot; of nature: an anthropological look at the Payment for Environmental Services (1002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">)II CONFERENCE OF THE PROGRAMME ON ECOSYSTEM CHANGE AND SOCIETY SYMPOSIUM : "SOCIAL-ECOLOGICAL EVALUATION OF CONSERVATION AND DEVELOPMENT POLICIES: AN EMPIRICAL APPROACH (PSYMP-14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Oaxaca, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produzir para viver: Uma analise pela reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Congreso Brasileiro de Agroecologia, Belem, 28 septembre - 1er octobre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Belém, Brazil. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential and Limits to Diffusing Brazil's Zero Hunger Strategy in Sub-Saharan Africa: The Case of Mozambique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bursztyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of Public Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796376v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interações entre as políticas públicas e a agenda das mudanças climáticas na América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes rencontres nationales de l'ANPPAS, Brasilia, 17-20 mai 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A agricultura familiar na política de cooperação regional do Brasil na América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Aurelio Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire méthodologique du projet TRANSBRASIL, Difusão Regional das Politicas de Agricultura Familiar, Brasilia, 23-25 septembre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análise socio-histórica da evolução da política de agricultura familiar no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème congrès brésilien de sociologie, Porto Alegre, 20-23 juin 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: Rumo a um modelo Latino-americano ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sessão Comemorativa OPPA - 10 anos, Rio de Janeiro, 27 août 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rio de Janeiro, Brazil. 16p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: Existe um modelo Latino-americano ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV Colóquio Agricultura Familiar e Desenvolvimento Rural, Porto Alegre, 12-14 Novembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La economia de reciprocidad : herencia de las comunidades ancestrales y desafio para la adaptación al cambio climático</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Frente al Cambio Climatico: Economia y Sociedad para Vivir Bien, Santa Cruz de la Sierra, 22-23 mai 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Santa Cruz de la Sierra, Bolivia. 11p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajetórias das políticas de D Rural no semiárido nordestino e bases metodológicas de P & D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Agricultura familiar, territorios e politicas publicas, Petrolina, 25-27 novembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Petrolina, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que políticas públicas para agricultura familiar e agronegócio na América Latina (e no Mercosul) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Transformaçoes recentes na agricultura internacional e seus reflexos no Mercosul, Rio de Janeiro, 1-3 décembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolução da política de desenvolvimento territorial do MDA no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Encontro da Rede de Estudos Rurais, Desigualdade, exclusão e conflitos nos espaços rurais, Campinas, 2-5 septembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Campinas, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture familiale face aux défis de l'éco-efficience et des changements globaux : une vision territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Poccard Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Piketty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Argentine-Brésil sur les agricultures familiales, Recherche, développement et innovation pour l'agriculture familiale au sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A economia de reciprocidade : herança e desafio dos povos e comunidades tradicionais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque international Sobre Povos e Comunidades Tradicionais, Montes Claros, 22-25 avril 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Montes Claros, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: Difusão e aplicação de um modelo Latino-americano ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV Encontro Internacional de Ciências Sociais, Pelotas, 18-21 novembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Pelotas, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfoque sistêmico e análise das políticas públicas rurais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xe Congresso da sociedad Brasileira de Sistemas de Produçao, Foz do Iguaçu, 14-17 mai 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Foz do Iguaçu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limites das infraestruturas coletivas para apoio a valorização dos produtos da agricultura familiar no território Aguas Emendadas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Egret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international Inovações Para a Valorização dos Produtos da Agricultura Familiar e do Agroextrativismo no Cerrado, Planaltina, 4-6 décembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Planaltina, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyrannie des modèles ou souplesse des projets ? La question du développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CANAL 2013 - Circulations et appropriations des normes et des modèles de l'action locale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). Montpellier, FRA. Université Paul-Valéry - Montpellier 3 (UM3), FRA. Centre National de la Recherche Scientifique (CNRS). Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD)., Mar 2013, Montpellier, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Latin-American way of regionalization through policy making: Between globalization, policy transfer and regional production of policies, the case of territory rural development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPP International Conference on Public Policy, Policymaking in Latin America, Grenoble, France, 26-28 june 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferts, circulation de normes et production régionale de politiques publiques en Amérique Latine le cas des politiques territoriales rurales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international CANAL2013, Circulations et appropriations des normes et des modèles de l'action locale, Montpellier, 20-23 mars 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montpellier, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territórios e intermunicipalidade no Brasil: Complementaridades e tensões</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIX Congreso latinoamericano de Sociología, Crisis y emergencias sociales en America Latina, Asociación Latinoamericana de Sociología, Santiago, 29 septembre - 4 octobre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Santiago de Chile, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques de développement territorial et intercommunalité au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo de Sousa Moreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulations et appropriations des normes et des modèles de l'action locale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montpellier, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfers, circulation of norms and regional production of public policies in Latin America: The case of rural territorial policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Public Policy (ICPP), Grenoble, 26-28 juin 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02878058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memoria del Taller &amp;quot;Instrumentos y políticas de los servicios ambientales en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Gabrielle Piketty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taller de intercambio y valorizacion sobre " instrumentos y politicas de servicios ambientales en America Latina ", Managua (Nicaragua), 7-11 novembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Managua, Nicaragua. 64 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policymaking in Latin America Transfers, circulation of norms and regional production of public policies in Latin America : The case of rural territorial policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Public Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de pouvoir et participation à un dispositif de développement territorial rural: Águas Emendadas (DF-GO-MG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encontro internacional UNESP, Participação, democracia e políticas públicas: aproximando agendas e agentes, Araraquara, 23-25 avril 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teoría de la reciprocidad y sus aplicaciones para el desarrollo rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferencia UDELAR, Montevideo, Uruguay, 15 de mayo de 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The participation of family farmers in the territorial sustainable rural development program in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th World Congress of Rural Sociology, Lisbonne, 29 juillet - 4 août 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lisbonne, Portugal. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie participative comme mécanisme de production d'un sous-système d'élites de la participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "S'engager dans les espaces publics : participation politique et engagements multiples", Paris, France, 5-6 avril 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambio climatico y politicas publicas latinoamericanos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Goulart Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Tourrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1° Conferencia Internacional sobre Adaptacion al cambio Climatico, 2012-11-25/2012-11-26, Valdivia, Chili</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valdivia, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctionality, rural policy and governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Coudel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multifunctional Agriculture and Urban-Rural Relations, 2012-04-01-2012-04-04, Wageningen, Pays-Bas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Wageningue, Netherlands. 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China, Brazil and agricultural development in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Gabas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimena Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International seminar "Role of SSC in Agricultural Development in Africa", Brasilia (Brazil) 17 May 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difusão das políticas de desenvolvimento territorial na America Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminário sobre políticas de desenvolvimento, 2012-05-23, Brasilia, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESCT como processos de democratização da gestão tecnológica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simpósio « Ciência, Tecnologia, Sociedade da produção de conhecimento na Universidade », 2012-10-22/2012-10-26, Brasilia, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Brasilia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les effets de la participation des agriculteurs au « développement rural durable territorial » au Brésil par les trajectoires, les projets et les coalitions de politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mário L. Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « Les effets de la participation » GIS Démocratie et Participation, EHESS, Paris, 21 octobre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Paris, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le semis direct au sein de l'agriculture familiale d'uruara en amazonie brésilienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Villemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Poccard-Chapuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées de recherches en sciences sociales SFER-INRA-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dijon, France. 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agro-écologie brésilienne à l'épreuve de l'émancipation paysanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées de recherches en sciences sociales, INRA -SFER-CIRAD, AgroSup Dijon, 8-9 décembre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Dijon, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démocratie participative comme structure d'opportunité et de renforcement de la notabilité sectorielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mário L. Ávila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du GIS Démocratie et participation, 2011-10-18/2011-10-21, Paris, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Paris, France. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’agroécologie brésilienne à l’épreuve de l’émancipation paysanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dijon, France. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité dans la gestion des ressources communes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole-chercheur, "Collective Actions : Epistemology, Theory, Methodology", Agropolis International, Montpellier, 21 juin 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Montpellier, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03071303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redes e poder na política de desenvolvimento territorial brasileira: a paradoxal contribuição da assistência técnica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maria Duarte Goulart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIII Congresso Latinoamericano de Sociologia Rural - ALASRU. Porto de Galinhas, Pernambuco, Brasil. 15-19 de Novembro de 2010. GT 8.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Porto de Galinhas, Pernambuco, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00674968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CO-CONSTRUCTION OF KNOWLEDGE BETWEEN RESEARCHERS AND FARMERS IN TECHNICAL INNOVATION PROCESSES: LEARNING FROM DIRECT SEEDING IN THE BRAZILIAN CERRADOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Lenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Humberto Valadares Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nascimento Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGRI-FOOD QUALIFICATION & CERTIFICATION PROCESS AS AN INTERFACE BETWEEN EXCHANGE MARKETING AND RECIPROCITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISDA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et participation : Analyse du Marché Biologique de Brasilia -Brésil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Landel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Troisièmes journées de recherche en sciences sociales INRA-SFER-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et participation : analyse du marché biologique de Brasilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Landel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. journées de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). Paris, FRA., Dec 2009, Montpellier, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construction de systèmes de culture innovants pour une production durable en agriculture familiale : processus de conception-évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Scopel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Corbeels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renxcontres du Cirad 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes alimentaires et territoires au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.310, 2023, Territoires en mutation, Cyrille Ferraton, 978-2-36781-483-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies for adapting agriculture to climate change in semi-arid Northeast Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Marisy Ribeiro Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Martins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL et ReFBN. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1), pp.236, 2022, 978-65-87065-37-3. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares e territórios no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editora da UFRGS. 2022, 978-65-5725-072-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A ação pública de adaptação da agricultura à mudança climática no Nordeste semiárido brasileiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliveira Lucia Marizy Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Sávio Martins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL &amp; ReFBN. </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.282, 2021, Publicaciones Red PPAL, Frederic Goulet &amp; Catia Grisa, 978-65-8706-525-0. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe. Retour sur le colloque IDA - AFD - EU-LAC 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut des Amériques; AFD, 189 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut des Amériques/Agence française de développement/Fondation EU-LAC, 188 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of actors, instruments, and integration of concepts in climate policies: Synthesis of case studies (France -Guadeloupe/Martinique; Brazil / Pernambuco; Colombia / Cauca)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Howland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Biabiany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artimix, pp.57, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Giordano Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Territoires en mutation, Cyrille Ferraton, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130520v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latin America and Policy Diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osmany Porto de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Osorio Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Montero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiane Kerches da Silva Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 1, 2019, </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429446139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Giordano Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de La Méditerranée - PULM, 242 p., 2019, Territoires en mutation, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfio Brandenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRV, 1, 272 p., 2019, 978-85-444-3601-1. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24824/978854443601.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02545007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editora Escritos, 2018, 978-85-98334-85-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: Nuevas perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: nuevas perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: balance, desafíos e perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor Coordinadores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisations et sociétés paysannes Une lecture par la réciprocité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campesinos, mercados y políticas públicas : una lectura por la reciprocidad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociedades e organizações camponesas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFRGS, 270 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02875878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture : son organisation et ses valeurs face à l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 304 p., 2011, 978-2-296-14012-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociedades e organizações camponesas: uma leitura através da reciprocidade.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Béguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dedieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Béguin; Pascal ; Dedieu; Benoît ; Sabourin; Eric (Eds). L'Harmattan, 301 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camponeses do Brasil entre a troca mercantil e a reciprocidade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire de la politique agricole au Brésil : une analyse à partir du crédit rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdemar Wesz Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chatellier Vincent (ed.); Pidoux Martin (ed.); Pouch Thierry (ed.); Raffray Marine (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques agricoles. Théorie, histoires, réformes, expériences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 675, Classiques Garnier, pp.1009-1032, 2025, Rencontres, 978-2-406-18459-1. </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18459-1.p.1009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hétérogénéité des voies d'institutionnalisation des politiques et des instruments climatiques pour l'agriculture : une comparaison entre le Sénégal, la Colombie, le Brésil et la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Hrabanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Montouroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blanfort Vincent; Demenois Julien; Hrabanski Marie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'agriculture et les systèmes alimentaires du monde face au changement climatique. Enjeux pour les Suds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.365-376, 2025, 978-2-7592-4009-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Democratic public action during times of backsliding: Examining the resilience of Brazil's food and water policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lazarotto de Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morais de Sá e Silva Michelle (ed.); De Ávila Gomide Alexandre (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public policy in democratic backsliding: How illiberal populists engage with the policy process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.227-258, 2024, International Serie on Public Policy (ISPP), 978-3-031-65709-2. </w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-65707-8_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches en termes de systèmes alimentaires et territoires au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PULM et ART Dev. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes alimentaires et territoires au Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PULM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.17 - 35, 2023, Territoires en Mutation, 978-2-36781-483-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorialización de las políticas de desarrollo rural en América Latina: surgimiento e implementación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Massardier Gilles (ed.); Ugalde Vincente (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analizar la nueva fábrica de las políticas públicas: Pluralización, territorialización, participación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, El Colegio de México, pp.366-401, 2023, 978-607-564-562-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O campo das políticas públicas e suas contribuições para as políticas de soberania e segurança alimentar: uma revisão a partir da perspectiva sistêmica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Aparecida Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Cortes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Silvia A.Zimmermann Waldemar Wesz Jr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares na tríplice fronteira Argentina-Brasil-Paraguai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1), Editora Paco, pp.88-108, 2023, 978-85-462-2258-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prefácio [Sistemas alimentares na tríplice fronteira Argentina-Brasil-Paraguai]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zimmermann Silva Aparecida (ed.); Weisz Jr Joao Wesz (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares na tríplice fronteira Argentina-Brasil-Paraguai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paco Editorial, pp.9-14, 2023, 978-85-462-2258-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El despliegue y retraimiento de la política pública: ¡técnicos adaptarse ya!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernanda de Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sordini María Victoria (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hacer políticas sociales : Estudios sobre experiencias de implementación y gestión en América Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Estudios Sociológicos Editora, pp.137-156, 2022, 978-987-3713-49-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A construção de políticas públicas de agroecologia e produção orgânica: perspectivas comparadas entre o Distrito Federal e São Paulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A construção de políticas públicas de agroecologia e produção orgânica: perspectivas comparadas entre o Distrito Federal e São Paulo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10.18472/9786587999333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abordagens em termos de sistemas alimentares e território no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sérgio Maluf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares e territórios no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-33, 2022, 9786557250723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas de clima em ação: fragmentação, dispersão e sinergia na implementação de instrumentos de políticas públicas multissetoriais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nasuti Stéphanie (ed.); Bursztyn Marcel (ed.); Saito Carlos (ed.); Bonnet Marie-Paule (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dinâmicas socioambientais no Brasil: atores, processos e políticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editora IABS, pp.229-227, 2022, 978-65-87999-33-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desmonte de políticas públicas de agricultura familiar e desenvolvimento rural no Brasil e no Mercosul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sergio Sauer; Mireya Eugenia Valencia Perafán; Acácio Zuniga Leite; Flaviane de C. Canavesi; Mário Lucio de Ávila. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desenvolvimento territorial, sistemas agroalimentares e agricultura familiar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-164, 2022, 978-65-5974-045</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing public policies and public action for adapting to droughts in the semi-arid northeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Ribeiro Oliveira Lucia Marisy (ed.); Goulet Frédéric (ed.); Martins Eduardo Savio (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public policies for adapting agriculture to climate change in semi-arid Northeast Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E-papers, pp.7-25, 2022, 978-65-8706-537-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptação às mudanças climáticas no Semiárido brasileiro: desafios de coordenação e implementação de políticas públicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL &amp; ReFBN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A ação pública de adaptação da agricultura à mudança climática no Nordeste semiárido brasileiro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-98, 2021, 978-65-8706-525-0. </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065250-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementação da ação pública de adaptação às secas no Nordeste Semiárido</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Red PP-AL &amp; ReFBN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A ação pública de adaptação da agricultura à mudança climática no Nordeste semiárido brasileiro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-papers Serviços Editoriais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-27, 2021, Publicaciones de la Red PP-AL, 978-65-8706-525-0. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48207/9786587065250-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy transfer research in the rural sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Osmany Oliveira Porto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Policy Transfer, Diffusion and Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.406-424, 2021, Handbooks of Research on Public Policy, 978-1-78990-559-5. </w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781789905601.00030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04429743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional diffusion of Brazilian social and rural public policies in Latin America and the Caribbean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Aurelio Lopes Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moises Villamil Balestro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Osmany Porto de Oliveira; Cecilia Osorio Gonner; Sergio Monteiro; Cristianne Kerches da Silva Leite. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America and Policy Diffusion: From Import and Export</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.101-127, 2020, Routledge Studies in Latin American Policies, 9781138333161. </w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429446139-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guibert Martine (ed.); Sabourin Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources, inégalités et développement des territoires ruraux en Amérique latine, Caraïbe et en Europe. Retour sur le colloque IDA - AFD - EU-LAC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Amériques, pp.9-14, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A institucionalização das políticas públicas para a agroecologia e produção orgânicana América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mercedes Patrouilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Preiss Potira V. (ed.); Schneider Sergio (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas alimentares no século 21: debates contemporâneos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFRGS, pp.257-268, 2020, Estudos Rurais, 978-65-5725-009-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reciprocidade na construção social de mercados por agricultores familiares em assentamentos rurais no município de Mambaí, Goiás</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Aveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternativas para o biomaCerrado</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.369-402, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difusão de políticas brasileiras para a agricultura familiar na América Latina e no Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Osmany Porto de Oliveira; Cristaine Kerches; Sergio Monteiro; Cecilia Osorio Gonnet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Difusão de políticas na América Latina. Importação e exportação</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (1), </w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hucitec editora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.112-160, 2020, Estudos Brasileiros 17 Nova Fase, 9786586039429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et lutte contre la pauvreté au Brésil : politiques d'inclusion, pratiques d'exclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Eiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnal Philippe (ed.); Cortes Geneviève (ed.); Delgado Nelson Giordano (ed.); Leite Sergio Pereira (ed.); Poncet Christian (ed.); Sabourin Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de La Méditerranée - PULM, pp.241-250, 2019, Territoires en mutation, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rede de ação pública em torno da agroecologia e produção orgânica no Distrito Federal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lucio de Avila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Guéneau Stéphane (ed.); Colonna Julianna (ed.); Tadeu da Silva Luiz Raimundo (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRV, pp.219-241, 2019, 978-85-444-3601-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques publiques d'appui à l'agro- écologie en Amérique latine : leçons et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François-Xavier Côte; Emmanuelle Poirier-Magona; Sylvain Perret; Philippe Roudier; Bruno Rapidel; Marie-Cécile Thirion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transition agro-écologique des agricultures du Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.451-472, 2019, 9782759228225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rede de ação pública em torno da agroecologia e produção orgânica no Distrito Federal,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Tadeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas Estaduais de agroecologia e produção orgânica no Brasil: avanços obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.219-241, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco teórico e metodológico: a ação pública para a agroecologia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Guéneau Stéphane (ed.); Colonna Julianna (ed.); Tadeu da Silva Luiz Raimundo (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRV, pp.17-26, 2019, 978-85-444-3601-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies supporting agroecology in Latin America: lessons and perspectives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin - Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François-Xavier Côte; Emmanuelle Poirier-Magona; Sylvain Perret; Philippe Roudier; Bruno Rapidel; Marie-Cécile Thirion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The agroecological transition of agricultural systems in the Global South.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.313-325, 2019, Agricultures et défis du monde, 978-2-7592-3056-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario en América Latina: elementos de introduccion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario en América Latina:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-21, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rumos, ensinamentos e perspectivas para as políticas estaduais de agroecologia e produção orgânica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric (ed.); Guéneau Stéphane (ed.); Colonna Julianna (ed.); Tadeu da Silva Luiz Raimundo (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas estaduais de agroecologia e produção orgânica no Brasil: avanços, obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRV, pp.245-266, 2019, 978-85-444-3601-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Action publique, dynamiques sociales et pauvreté]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bonnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Giordano Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Pereira Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnal Philippe (ed.); Cortes Geneviève (ed.); Delgado Nelson Giordano (ed.); Leite Sergio Pereira (ed.); Poncet Christian (ed.); Sabourin Eric (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de La Méditerranée - PULM, pp.11-22, 2019, Territoires en mutation, 978-2-36781-325-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement territorial et lutte contre la pauvreté au Brésil : politiques d’inclusion, pratiques d’exclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavio Eiro de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique, dynamiques sociales et pauvreté : la territorialisation en débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario: elementos de introducción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Job Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Goulet Frédéric (ed.); Le Coq Jean-François (ed.); Sotomayor Octavio (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sistemas y políticas de innovación para el sector agropecuario en América Latina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E-papers, pp.5-21, 2019, 978-85-7650-598-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public policies supporting agroecology in Latin America: lessons and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Marzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Côte François-Xavier (ed.); Poirier-Magona Emmanuelle (ed.); Perret Sylvain (ed.); Roudier Philippe (ed.); Bruno Rapidel (ed.); Thirion Marie-Cécile (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The agroecological transition of agricultural systems in the Global South</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Quae, pp.313-325, 2019, Agricultures et défis du monde, 978-2-7592-3056-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rumos, ensinamentos e perspectivas para as políticas estaduais del agroecologia e produção orgânica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Guéneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julianna Colonna -Luiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Tadeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construção de políticas Estaduais de agroecologia e produção orgânica no Brasil: avanços obstáculos e efeitos das dinâmicas subnacionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.245-266, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programa de Desenvolvimento Sustentável de Territórios Rurais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireya Eugenia Valencia Perafán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moises Balestro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.89-114, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02848840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A difusão internacional de políticas públicas: apresentando a pesquisa e o livro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-32, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02848531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas de Desenvolvimento Territorial Rural no Uruguai: influências de uma difusão regional.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Courdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermes Morales Grosskopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-254, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A disseminação das políticas públicas brasileiras para a agricultura familiar na América Latina em uma perspectiva comparada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo de Lima Caldas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.256-281, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02847730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cooperação Sul- Sul e a construção dos “modelos” brasileiros de políticas públicas para a agricultura familiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Sayago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A difusão de políticas brasileiras para a agricultura familiar na América Latina e Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.34-53, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02848618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desenvolvimento territorial sustentável, reciprocidade e organização social: referencias e casos no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Território, Redes e Desenvolvimento Regional: Desafios e Perspectivas - ISBN 978-85-524-0087-5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.25-54, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la gouvernance territoriale : l'exemple du Brésil rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caron, Patrick; Valette, Elodie; Wassenaar, Tom; Coppens d’Eeckenbrugge, Geo; Papazian, Vatché; Caron, Patrick; Valette, Elodie; Wassenaar, Tom; Coppens d’Eeckenbrugge, Geo; Papazian, Vatché. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des territoires vivants pour transformer le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 280 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2654-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar na América Latina: das políticas agrícolas diferenciadas aos instrumentos de promoção da Soberania e Segurança Alimentar e Nutricional e da Agroecologia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo André Niederle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Renato S. Maluf; Georges Flexor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questões agrárias, agrícolas e rurais Conjunturas e políticas públicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editora E-papers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.270-286, 2017, 978-85-7650-561-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origens, evolução e institucionalização da política de agricultura familiar no Brasil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura familiar brasilieira: Desafios e perspectivas de futuro.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.265-291, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissages sociaux pour le développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des territoires vivants pour transformer le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 280 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2654-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social learning for territorial development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living territories to transform the world</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 274 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2731-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The challenges of territorial governance: the example of rural Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Piraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Chia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcio Caniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living territories to transform the world</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 274 p., 2017, Agricultures et Défis du Monde (Quae), 978-2-7592-2731-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas públicas para as agriculturas familiares: existe um modelo latino-americano?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grisa, Catia; Schneider, Sergio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Políticas públicas de desenvolvimento rural no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFRGS, pp.595-616, 2015, 978-85-386-0262-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análisis transversal de las políticas sobre agricultura familiar en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Samper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavio Sotomayor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric; Samper Mario; Sotomayor Octavio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: Balance, desafíos y perspectivas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comisión Económica para América Latina y el Caribe, pp.19-48, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sera que existem camponeses no Brasil? Uma reflexao a partir da anâlise sóciohistórica y política da agricultura familiar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Craviotti Clara. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultura familiar en Latinoamericana: Continuidades, transformaciones y controversias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ciccus, pp.125-149, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XIII. La agricultura familiar en Uruguay : entre dos proyectos contrapuestos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernanda de Torres Álvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Arbeletche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Cardelliac Gula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabourin Eric; Samper Mario; Sotomayor Octavio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Políticas públicas y agriculturas familiares en América Latina y el Caribe: Balance, desafíos y perspectivas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Naciones Unidas, pp.275-296, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing ARP rooted in partnership: The Unai project in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Hocdé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Humberto Valadares Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nascimento de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Faure Guy; Gasselin Pierre; Triomphe Bernard; Temple Ludovic; Hocdé Henri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovating with rural stakeholders in the developing word: Action research in partnership</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quæ; Presses agronomiques de Gembloux, pp.97-104, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estudos Em políticas públicas cidadania, desenvolvimento e controle social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Massardier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Em políticas públicas cidadania, desenvolvimento e controle social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os mecanismos de qualificação e certificação como interfaces entre reciprocidade e troca mercantil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MERCADOS E AGRICULTURA FAMILIAR: INTERFACES, CONEXÕES E CONFLITOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.190-210, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entraide agricole : structuration et évolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture : son organisation, et ses valeurs face à l’innovation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal P. Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail en agriculture : son organisation et ses valeurs face à l’innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 301 p., 2011, 978-2-2961-4012-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques et apprentissages d'une première expérience de construction d'une université paysanne au Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Coudel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Tonneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concevoir et construire la décision Démarches en agriculture, agroalimentaire et espace rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olhar sobre os enfoques e métodos no Projeto Unaí,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Humberto Valladares Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Triomphe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projeto Unaí: pesquisa e desenvolvimento em assentamentos de reforma agrária</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-93, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société civile et politiques publiques pour le développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Tonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dansero Egidio; Luzzati Enrico; Seck Sidy Mohammed. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisations paysannes et développement local : leçons à partir du cas du delta du fleuve Sénégal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan Italia, pp.208-236, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CAMPONESES E FUNDOS DE PASTO NO NORDESTE DA BAHIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Caron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversidade do Campesinato: expressões e categorias. Vol II Estratégias de reprodução social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.89-115, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Análise da construção da Política Distrital de Agroecologia e Produção Orgânica no Distrito Federal, Brasilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Raimundo Tadeu da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Lúcio de Ávila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observatorio das dinamicas socio-ambientais no Brasil INCT Odisseia, Texto para Discussão Série Working Papers N o 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultura Familiar: de los conceptos a las políticas públicas en América Latina y el Caribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catia Grisa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2030 – Alimentación, agricultura y desarrollo rural en América Latina y el Caribe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02776075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementação e coordenação das políticas de adaptação às mudanças climáticas no semiárido baiano e pernambucano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Milhorance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscylla Mendes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projeto INCT Odisseia - Observatorio das dinamicas Socio-ambientais no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « commodification » de la nature : un regard anthropologique sur le Paiement pour Services Environnementaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Services Environnementaux et Usages de l'Espace Rural Documents de travail ANR Serena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">South-South Cooperation between Africa and South American Emerging Countries: The Case of Agriculture and Rural Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Goulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sabourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId648"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sabourin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2025.103992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246230v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Schneider" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuly Andrea G&#243;mez Lozano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Goulet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Grisa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470802v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18172580" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410480v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea G&#243;mez Yuri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246258v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Patrouilleau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;neau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Andr&#233; Niederle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v20i2.56895" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403022v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Courdin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31285/AGRO.29.1679" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183147v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Camors" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2025.103690" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182139v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdemar Wesz Junior" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Cortes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993577v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Niederle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeferson Tonin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evandro Pedro Schneider" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1806-9479.2023.282038" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993616v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdemar Jo&#227;o Wesz Junior" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wvv" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423411v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03066150.2022.2120809" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423372v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lazarotto De Andrade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le Coq" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.93780" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423459v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.52341" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183308v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Wight" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Marsden" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423896v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.058.0145" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180917v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423936v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Arbeletche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda de Torres" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guibert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37118/ijdr.24184.03.2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179123v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda de Torres Alvarez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37118/ijdr.24184.03.202" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423971v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14053058" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423860v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Howland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14693062.2022.2085650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425505v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Andrieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patr&#237;cia Mesquita" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14735903.2021.1968683" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424798v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bursztyn" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijpp.2022.10049345" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04022857v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Petersen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Coudel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schmitt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03066150.2022.2055468" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424710v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Gazolla" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Assis Tomporoski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ant&#244;nio Conterato" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anelise Graciele Rambo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24302/drd.v12ied.esp.Dossie.4174" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423703v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sabourin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Pereira Leite" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/pal.119.073" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428480v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11077-021-09422-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424066v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Chechi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscylla Mendes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09644016.2021.1907097" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425460v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36920/esa-v29n3-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424260v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alesando Rodrigues" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v26i0.17229" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889274v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireya Valencia-Peraf&#225;n" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Le Coq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arilson Favareto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Samper" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando S&#225;enz-Segura" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.17.2020.4388" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650085v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Craviotti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/irpp.799" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545102v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1523908X.2020.1740658" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439818v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Carambula Pareja" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Catapan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Gon&#231;alves de Oliveira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3895/rbpd.v9n5.13530" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428596v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14693062.2020.1753640" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749334v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ia Tecchio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andrea Chechi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36920/esa-v28n1-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433974v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Fr&#233;guin-Gresh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marzin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17352/gje.000032" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03114032v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Saravia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.192.0137" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439363v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1806-9479.2020.217798" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714738v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2020029" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428692v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Job Schmitt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.7768" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861865v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#194;ngelo Lazzaretti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2002.v21.181" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861860v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Duque" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Malagodi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2003.v22.209" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649507v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre Sabourin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario L&#250;cio de &#193;vila" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v24i1.13035" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544997v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176869v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.1.2018.3508" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02558191v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Raul Arbeletche" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.15.2019.3888" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649528v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-019-00898-y" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649537v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Antonio Cazella" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v24i3.14126" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02996216v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Colonna" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme de Freitas Ewald Strauch" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v14i2.22957" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650152v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Raimundo Tadeu da Silva" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lucio de Avila" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v14i2.22951" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747023v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Federico Petersen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Mar&#231;al Da Silveira" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v23i2.11964" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-01825722v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/agritrop/00020" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02846892v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794683v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747069v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Courdin M&#225;ximo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.13.2018.3290" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02746938v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18829/rp3.v11i2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781337v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda de Torres" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2018.v38.42" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-03023213v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freguin - Gresh" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/perspective/31707" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781529v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireya Eugenia Valencia Peraf&#225;n" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Sayago" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.2.2018.3374" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544982v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Aveline" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Pra" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15359/peds.3-1.1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544974v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bresils.2439" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781153v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2018.v38.35" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-01825612v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/agritrop/00019" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781596v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.2.2018.3496" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544958v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18542/raf.v11i2.5315" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794359v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Locatelli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Aldunce" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#239;l Fallot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su9101831" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794399v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02795815v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda de Torres &#193;lvarez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Massardier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgina Courdin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14409/pampa.v0i11/12.5199" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781734v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Sotomayor" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.1.2016.2319" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794783v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Silveira" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794904v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pal.095.0033" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794971v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/guaju.v1i1.43406" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064257v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gisclard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801442v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02795059v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16125" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794997v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5801/ncn.v18i1.2066" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861844v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sidersky" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Mar&#231;al da Silveira" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Hocd&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18542/raf.v0i10.4424" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629875v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067409v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Thomas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Egret" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v5n3.2014.10754" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064266v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Renato Sidersky" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798224v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Cardelliac Gula" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.6.2014.1424" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798379v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798152v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freguin-Gresh" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.220.0025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798791v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804304v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.042.0247" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803236v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v4n2.2013.9489" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803286v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v4n2.2013.10047" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02802281v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gabas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.027.0075" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803113v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v4n2.2013.10050" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062753v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/iconos.47.2013.829" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801664v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.215.0165" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801644v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801577v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801468v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02601370.2012.737376" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02802979v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798495v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo de Lima Caldas" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804379v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Villemaine" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2012.0576" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804050v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067410v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064206v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803862v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Lecuyer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario de Avila" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.002.0078" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798708v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804236v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793855v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2011.v31.329" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819189v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1517-45222011000200003" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798865v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Tonneau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Valette" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Piraux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064114v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819466v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819340v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671099v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Avila" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Maria Duarte Goulart" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836821v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0103-49792010000100010" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819619v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671106v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulo Pereira Filho" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermmes M. Grosskopf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836772v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v1n2.2010.1689" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533371v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tonneau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780834v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02821699v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862960v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02839658v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862272v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836968v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863459v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862298v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862930v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Reig" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Roep" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Hediger" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Le Cotty" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJARGE.2008.020080" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862287v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0102-69092008000100008" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862926v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJARGE.2008.020078" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02839915v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862974v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Tyuienon" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.029.0301" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863502v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0102-69922007000300009" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862971v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.030.0198" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862914v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862979v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C O Diniz" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lima Oliveira" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Florentino Granchamp" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862920v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863413v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Diniz" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863396v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863431v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21669/tomo.v0i0.5244" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862256v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Djama" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.2003.5394" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863524v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Luis" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Trier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863535v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863555v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863547v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861911v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.173" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861885v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrio Marinozzi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bainville" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cerdan" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.157" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862225v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Carlos Gama Da Silva" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.170" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861872v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.165" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863487v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246225v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323042v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246226v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253692v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182608v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182609v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance de Castro" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182610v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182607v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181426v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Isabel Sotero Tavares" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181427v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178984v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179450v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lazarotto de Andrade" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439912v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440075v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177189v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Leticia Chechi" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177440v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177441v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177335v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176961v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176912v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174802v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02846707v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gueneau" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776519v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le-Coq" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174587v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224633v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174064v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776233v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Fouilleux" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174328v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776451v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscylla Dayse Mendes , P. Almeida Gon&#231;alves Mendes" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794309v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794135v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lopes Filho" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794321v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107828v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Tecchio" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794344v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Andre Niederle" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545045v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076016v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796376v2" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072913v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072914v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aurelio Lopes" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072912v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076017v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072899v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076018v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072920v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072919v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072917v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072915v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074990v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Poccard Chapuis" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Piketty" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072918v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072916v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072921v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Avila" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806718v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072692v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874316v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072922v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Caldas" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo Moreira" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069290v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo de Sousa Moreira" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878058v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069296v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072900v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803423v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072584v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072585v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075899v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876381v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071391v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072583v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Maria Goulart Duarte" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tourrand" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069194v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Coudel" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072581v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Arnaud" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Duran" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071303v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071301v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rio L. &#193;vila" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071304v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Poccard-Chapuis" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071302v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071385v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745865v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00674968v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521964v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Triomphe" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lenne" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Humberto Valadares Xavier" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nascimento Oliveira" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521969v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180581v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Landel" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198063v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758474v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Affholder" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Corbeels" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Wery" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429285v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato S&#233;rgio Maluf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/systemes-alimentaires-et-territoires-au-bresil.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428996v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Marisy Ribeiro Oliveira" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Martins" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-papers.com.br/produtos.asp?codigo_produto=3401&amp;amp;promo=7" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065373" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764817v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429433v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliveira Lucia Marizy Ribeiro" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-papers.com.br/produtos.asp?codigo_produto=3315&amp;amp;promo=1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065250" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174991v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797110v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799135v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Checchi" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Biabiany" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130520v2" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnal" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Cortes" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Giordano Delgado" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Poncet" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649576v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osmany Porto de Oliveira" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Osorio Gonnet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Montero" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Kerches da Silva Leite" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429446139" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174444v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545007v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Tadeu da Silva" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfio Brandenburg" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24824/978854443601.1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793601v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02842158v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796241v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Samper" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798919v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Sotomayor Coordinadores" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02821368v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02821313v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195299v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=33335" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875878v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02837241v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050978v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;guin" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dedieu" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02840130v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246213v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18459-1.p.1009" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293557v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hrabanski" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Montouroy" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1939/9782759240098/l-agriculture-et-les-systemes-alimentaires-du-monde-face-au-changement-climatique" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182566v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-65707-8_9" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429198v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440219v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Aparecida Zimmermann" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181677v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181341v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179441v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03767777v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Raimundo Tadeu da Silva" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03764854v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179449v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434051v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oikoseditora.com.br/files/Desenvolvimento%20territorial%20-%20e-book.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179463v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429743v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elgaronline.com/edcollbook/edcoll/9781789905595/9781789905595.xml" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781789905601.00030" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429637v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065250-5" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429560v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065250-1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439574v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Aurelio Lopes Filho" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Villamil Balestro" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Latin-America-and-Policy-Diffusion-From-Import-and-Export/Oliveira-Gonnet-Montero-Leite/p/book/9781138333161" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429446139-4" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174993v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180430v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749654v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439707v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.huciteceditora.com.br" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174348v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174076v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02750382v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Colonna -Luiz" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Tadeu" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174588v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Eiro" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174441v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793769v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1546/9782759228232/la-transition-agro-ecologique-des-agricultures-du-sud" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749956v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174448v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174426v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749755v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/114/9782759230587/the-agroecological-transition-of-agricultural-systems-in-the-global-south" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02846571v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176711v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749848v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Eiro de Oliveira" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793937v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02848840v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Balestro" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02848531v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02849237v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes Morales Grosskopf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02847730v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lopez" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02848618v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787713v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Chia" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Caniello" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/des-territoires-vivants-pour-transformer-le-monde--9782759226542-p-187.htm" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841467v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-papers.com.br/produtos.asp?codigo_produto=3002" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841896v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790119v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788950v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r5192-living-territories-to-transform-the-world.html" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788533v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02822664v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056893v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056929v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056915v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda de Torres &#193;lvarez" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056932v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nascimento de Oliveira" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02822830v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803527v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02837342v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809522v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Beguin" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Dedieu" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02840340v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02839225v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Humberto Valladares Xavier" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920844v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02837770v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799098v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776075v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799063v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02838213v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803792v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sabourin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2025.103992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470802v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18172580" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410480v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Schneider" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea G&#243;mez Yuri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Grisa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Goulet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246258v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Patrouilleau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;neau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Andr&#233; Niederle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v20i2.56895" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Courdin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31285/AGRO.29.1679" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183147v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Camors" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2025.103690" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246230v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuly Andrea G&#243;mez Lozano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993577v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Niederle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeferson Tonin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evandro Pedro Schneider" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1806-9479.2023.282038" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993616v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdemar Jo&#227;o Wesz Junior" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Cortes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wvv" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdemar Wesz Junior" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423372v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lazarotto De Andrade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le Coq" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.93780" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423459v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.52341" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183308v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Wight" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Marsden" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423896v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.058.0145" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180917v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423411v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03066150.2022.2120809" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179123v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Arbeletche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda de Torres Alvarez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guibert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37118/ijdr.24184.03.202" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423936v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda de Torres" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37118/ijdr.24184.03.2022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423971v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14053058" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423860v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Howland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14693062.2022.2085650" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424798v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bursztyn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijpp.2022.10049345" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425505v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Andrieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patr&#237;cia Mesquita" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14735903.2021.1968683" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04022857v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Petersen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Coudel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schmitt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03066150.2022.2055468" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424710v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Gazolla" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Assis Tomporoski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ant&#244;nio Conterato" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anelise Graciele Rambo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24302/drd.v12ied.esp.Dossie.4174" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423703v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sabourin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Pereira Leite" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/pal.119.073" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424066v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Chechi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscylla Mendes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09644016.2021.1907097" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425460v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36920/esa-v29n3-1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424260v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alesando Rodrigues" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v26i0.17229" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428480v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11077-021-09422-6" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14693062.2020.1753640" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545102v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1523908X.2020.1740658" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439818v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Carambula Pareja" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Catapan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Gon&#231;alves de Oliveira" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3895/rbpd.v9n5.13530" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749334v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ia Tecchio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andrea Chechi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36920/esa-v28n1-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433974v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Fr&#233;guin-Gresh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marzin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17352/gje.000032" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03114032v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Saravia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.192.0137" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439363v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1806-9479.2020.217798" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714738v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2020029" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428692v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Job Schmitt" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.7768" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861865v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#194;ngelo Lazzaretti" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2002.v21.181" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861860v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Duque" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Malagodi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2003.v22.209" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889274v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireya Valencia-Peraf&#225;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Le Coq" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arilson Favareto" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Samper" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando S&#225;enz-Segura" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.17.2020.4388" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650085v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Craviotti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/irpp.799" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649507v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre Sabourin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario L&#250;cio de &#193;vila" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v24i1.13035" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544997v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176869v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.1.2018.3508" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02558191v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Raul Arbeletche" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.15.2019.3888" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649537v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Antonio Cazella" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v24i3.14126" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649528v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-019-00898-y" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650152v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Raimundo Tadeu da Silva" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lucio de Avila" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v14i2.22951" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02996216v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Colonna" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme de Freitas Ewald Strauch" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v14i2.22957" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02846892v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-01825722v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/agritrop/00020" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794683v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747069v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Courdin M&#225;ximo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.13.2018.3290" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02746938v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18829/rp3.v11i2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781337v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda de Torres" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2018.v38.42" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-03023213v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freguin - Gresh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/perspective/31707" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781529v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireya Eugenia Valencia Peraf&#225;n" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Sayago" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.2.2018.3374" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544982v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Aveline" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Pra" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15359/peds.3-1.1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544974v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bresils.2439" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781153v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2018.v38.35" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-01825612v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/agritrop/00019" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781596v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.2.2018.3496" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02747023v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Federico Petersen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Mar&#231;al Da Silveira" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v23i2.11964" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794359v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Locatelli" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Aldunce" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#239;l Fallot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su9101831" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794399v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02795815v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda de Torres &#193;lvarez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Massardier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgina Courdin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14409/pampa.v0i11/12.5199" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544958v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18542/raf.v11i2.5315" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781734v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Sotomayor" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/mundosplurales.1.2016.2319" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794783v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Silveira" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794971v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/guaju.v1i1.43406" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064257v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gisclard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801442v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02795059v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16125" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794997v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5801/ncn.v18i1.2066" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794904v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pal.095.0033" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861844v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sidersky" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Mar&#231;al da Silveira" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Hocd&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18542/raf.v0i10.4424" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629875v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067409v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Thomas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Egret" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v5n3.2014.10754" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064266v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Renato Sidersky" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798224v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Cardelliac Gula" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/eutopia.6.2014.1424" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798379v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798152v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freguin-Gresh" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.220.0025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798791v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804304v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.042.0247" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803236v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v4n2.2013.9489" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803286v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v4n2.2013.10047" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02802281v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gabas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.027.0075" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803113v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v4n2.2013.10050" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062753v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17141/iconos.47.2013.829" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801664v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.215.0165" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801644v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801577v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02802979v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02801468v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02601370.2012.737376" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804379v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Villemaine" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2012.0576" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804050v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064206v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067410v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798708v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803862v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Lecuyer" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario de Avila" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.002.0078" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798495v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo de Lima Caldas" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02804236v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793855v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2011.v31.329" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819189v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1517-45222011000200003" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798865v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Tonneau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Valette" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Piraux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064114v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819340v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819466v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671099v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Avila" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Maria Duarte Goulart" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819619v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00671106v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulo Pereira Filho" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bommel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermmes M. Grosskopf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836772v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18472/SustDeb.v1n2.2010.1689" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533371v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tonneau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836821v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0103-49792010000100010" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780834v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862960v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02821699v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862272v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02836968v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863459v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862298v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862930v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Reig" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Roep" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Hediger" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Le Cotty" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJARGE.2008.020080" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862287v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0102-69092008000100008" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862926v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJARGE.2008.020078" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02839658v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02839915v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862974v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Tyuienon" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.029.0301" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863502v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0102-69922007000300009" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862971v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.030.0198" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862914v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862979v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C O Diniz" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lima Oliveira" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Florentino Granchamp" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862920v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863413v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Diniz" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Granchamp" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863431v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21669/tomo.v0i0.5244" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863396v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862256v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Djama" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.2003.5394" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863524v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Luis" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Trier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863535v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863555v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863547v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861911v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.173" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861885v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrio Marinozzi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bainville" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cerdan" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.157" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862225v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Carlos Gama Da Silva" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.170" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861872v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.1999.v.165" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863487v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323042v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246226v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253692v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246225v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182609v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance de Castro" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182610v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182607v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182608v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181427v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181426v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Isabel Sotero Tavares" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178984v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179450v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Lazarotto de Andrade" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439912v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440075v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177440v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177441v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177335v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177189v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Leticia Chechi" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176961v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176912v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174802v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02846707v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gueneau" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776519v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le-Coq" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174587v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224633v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174064v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776233v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Fouilleux" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174328v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776451v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscylla Dayse Mendes , P. Almeida Gon&#231;alves Mendes" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794309v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794135v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lopes Filho" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794321v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107828v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Tecchio" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794344v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Andre Niederle" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545045v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076016v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796376v2" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072913v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072914v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aurelio Lopes" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072912v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076017v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072899v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076018v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072920v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072919v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072917v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074990v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Poccard Chapuis" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Piketty" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072915v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072918v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072916v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072921v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Avila" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806718v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072692v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874316v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072922v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Caldas" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo Moreira" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069290v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo de Sousa Moreira" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878058v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069296v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803423v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072900v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075899v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876381v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071391v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072583v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Maria Goulart Duarte" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tourrand" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069194v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Coudel" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072581v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Arnaud" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Duran" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072584v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072585v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071301v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rio L. &#193;vila" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071304v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Poccard-Chapuis" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071302v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071385v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745865v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071303v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00674968v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521964v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Triomphe" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lenne" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Humberto Valadares Xavier" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nascimento Oliveira" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521969v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180581v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Landel" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198063v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758474v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Affholder" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Corbeels" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Wery" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429285v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato S&#233;rgio Maluf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/systemes-alimentaires-et-territoires-au-bresil.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428996v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Marisy Ribeiro Oliveira" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Martins" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-papers.com.br/produtos.asp?codigo_produto=3401&amp;amp;promo=7" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065373" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764817v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429433v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliveira Lucia Marizy Ribeiro" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-papers.com.br/produtos.asp?codigo_produto=3315&amp;amp;promo=1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065250" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174991v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797110v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799135v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Checchi" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Biabiany" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130520v2" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonnal" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Cortes" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Giordano Delgado" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Poncet" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649576v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osmany Porto de Oliveira" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Osorio Gonnet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Montero" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Kerches da Silva Leite" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429446139" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174444v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545007v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Tadeu da Silva" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfio Brandenburg" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24824/978854443601.1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793601v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02842158v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796241v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Samper" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798919v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Sotomayor Coordinadores" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02821368v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02821313v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875878v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195299v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=33335" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02837241v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050978v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;guin" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dedieu" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02840130v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246213v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18459-1.p.1009" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293557v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hrabanski" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Montouroy" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1939/9782759240098/l-agriculture-et-les-systemes-alimentaires-du-monde-face-au-changement-climatique" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182566v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-65707-8_9" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429198v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181677v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440219v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Aparecida Zimmermann" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181341v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179441v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03767777v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Raimundo Tadeu da Silva" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03764854v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179449v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434051v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oikoseditora.com.br/files/Desenvolvimento%20territorial%20-%20e-book.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179463v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429637v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065250-5" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429560v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48207/9786587065250-1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429743v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elgaronline.com/edcollbook/edcoll/9781789905595/9781789905595.xml" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781789905601.00030" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439574v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Aurelio Lopes Filho" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Villamil Balestro" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Latin-America-and-Policy-Diffusion-From-Import-and-Export/Oliveira-Gonnet-Montero-Leite/p/book/9781138333161" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429446139-4" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174993v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180430v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749654v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439707v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.huciteceditora.com.br" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174588v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Eiro" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174441v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793769v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1546/9782759228232/la-transition-agro-ecologique-des-agricultures-du-sud" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749956v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Tadeu" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174448v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749755v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/114/9782759230587/the-agroecological-transition-of-agricultural-systems-in-the-global-south" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02846571v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174426v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176711v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749848v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Eiro de Oliveira" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174348v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174076v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02750382v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Colonna -Luiz" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02848840v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Balestro" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02848531v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02849237v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes Morales Grosskopf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02847730v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lopez" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02848618v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02793937v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787713v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Chia" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Caniello" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/des-territoires-vivants-pour-transformer-le-monde--9782759226542-p-187.htm" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841467v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-papers.com.br/produtos.asp?codigo_produto=3002" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841896v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790119v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788950v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r5192-living-territories-to-transform-the-world.html" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788533v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02822664v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056893v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056929v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056915v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fernanda de Torres &#193;lvarez" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056932v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nascimento de Oliveira" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02822830v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803527v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02837342v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809522v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Beguin" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Dedieu" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02840340v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02839225v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Humberto Valladares Xavier" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920844v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02837770v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799098v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776075v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799063v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02838213v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02803792v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>