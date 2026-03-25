--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -160,183 +160,183 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Postcolonial Adjustment. About Gilles Dagneau and the Gendarme Citron years in New Caledonia</w:t>
+                <w:t xml:space="preserve">L’arabe à l’école : Hiérarchie des mobilités géographiques, inégalités des conditions linguistiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Soriano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de la Société des Océanistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1, pp.157-168. </w:t>
+              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16-2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/jso.10517⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rdlc.6889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04878051v1</w:t>
+                <w:t xml:space="preserve">hal-04872208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’arabe à l’école : Hiérarchie des mobilités géographiques, inégalités des conditions linguistiques</w:t>
+                <w:t xml:space="preserve">A Postcolonial Adjustment. About Gilles Dagneau and the Gendarme Citron years in New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Soriano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 16-2, </w:t>
+              <w:t xml:space="preserve">Journal de la Société des Océanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.157-168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rdlc.6889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/jso.10517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04872208v1</w:t>
+                <w:t xml:space="preserve">hal-04878051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“… Like a Little Piece of a Community”: On Colette Guillaumin (1934-2017)</w:t>
               </w:r>
@@ -931,272 +931,272 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LOUISE MICHEL. Eloigner la peine.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le choix de Nous Sommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Soriano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Carolina Cerda-Guzman, Clément Benelbaz, Mathieu Touzeil-Divina et Mélanie Jaoul. </w:t>
+              <w:t xml:space="preserve">CNRS Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Louise Michel et le(s) droit(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions L'épitoge, 2023, Histoire(s) du droit, 979-10-92684-46-9</w:t>
+              <w:t xml:space="preserve">Des citoyens à la conquête des villes. Les listes citoyennes et participatives lors des élections municipales de 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, 2023, CNRS Alpha, 9782271146434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392510v1</w:t>
+                <w:t xml:space="preserve">hal-04854698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le choix de Nous Sommes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Montpellier : le choix de Nous Sommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Soriano</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Soriano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des citoyens à la conquête des villes. Les listes citoyennes et participatives lors des élections municipales de 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Editions, 2023, CNRS Alpha, 9782271146434</w:t>
+              <w:t xml:space="preserve">, 2023, CNRS Alpha, EAN : 9782271146434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854698v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04722988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montpellier : le choix de Nous Sommes</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">CNRS Editions. </w:t>
+                <w:t xml:space="preserve">LOUISE MICHEL. Eloigner la peine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carolina Cerda-Guzman, Clément Benelbaz, Mathieu Touzeil-Divina et Mélanie Jaoul. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des citoyens à la conquête des villes. Les listes citoyennes et participatives lors des élections municipales de 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, CNRS Alpha, EAN : 9782271146434</w:t>
+              <w:t xml:space="preserve">Louise Michel et le(s) droit(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions L'épitoge, 2023, Histoire(s) du droit, 979-10-92684-46-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04722988v1</w:t>
+                <w:t xml:space="preserve">hal-04392510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le jeu des droits ‘indigènes’</w:t>
               </w:r>
@@ -1371,51 +1371,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique du regard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.304-315, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02876502v1</w:t>
+                <w:t xml:space="preserve">hal-02920985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un mode d'occultation du colonial ?</w:t>
               </w:r>
@@ -1444,51 +1444,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique du regard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.304-315, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02911397v1</w:t>
+                <w:t xml:space="preserve">hal-02898679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un mode d'occultation du colonial ?</w:t>
               </w:r>
@@ -1517,51 +1517,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique du regard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.304-315, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02920985v1</w:t>
+                <w:t xml:space="preserve">hal-02911397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un mode d'occultation du colonial ?</w:t>
               </w:r>
@@ -1590,124 +1590,124 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique du regard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.304-315, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02898679v1</w:t>
+                <w:t xml:space="preserve">hal-02876502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Miaille, entre l'esprit et la lettre.</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de la Faculté de droit de Montpellier. </w:t>
+                <w:t xml:space="preserve">Communautarisme&amp;quot;, &amp;quot;Claude Lévi-Strauss&amp;quot;, &amp;quot;Lutte des classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Offenschadt &amp; Sylvie Aprile. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le droit, expression du politique. Mélanges offerts à Michel Miaille.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008</w:t>
+              <w:t xml:space="preserve">Comment Nicolas Sarkozy écrit l'histoire de France : dictionnaire critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agone, pp.121-128, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04875030v1</w:t>
+                <w:t xml:space="preserve">hal-03058106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre l'esprit et la lettre</w:t>
               </w:r>
@@ -1760,100 +1760,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03056611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communautarisme&amp;quot;, &amp;quot;Claude Lévi-Strauss&amp;quot;, &amp;quot;Lutte des classes</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Nicolas Offenschadt &amp; Sylvie Aprile. </w:t>
+                <w:t xml:space="preserve">Michel Miaille, entre l'esprit et la lettre.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de la Faculté de droit de Montpellier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comment Nicolas Sarkozy écrit l'histoire de France : dictionnaire critique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agone, pp.121-128, 2008</w:t>
+              <w:t xml:space="preserve">Le droit, expression du politique. Mélanges offerts à Michel Miaille.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03058106v1</w:t>
+                <w:t xml:space="preserve">hal-04875030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur quelques illusions sur &amp;quot;l'illusion biographique</w:t>
               </w:r>
@@ -1882,51 +1882,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La biographie en histoire : Jeux et enjeux d'écriture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.115-127, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02898680v1</w:t>
+                <w:t xml:space="preserve">hal-02920986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur quelques illusions sur &amp;quot;l'illusion biographique</w:t>
               </w:r>
@@ -1955,197 +1955,197 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La biographie en histoire : Jeux et enjeux d'écriture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.115-127, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02920986v1</w:t>
+                <w:t xml:space="preserve">hal-02898680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur quelques illusions sur &amp;quot;l'illusion biographique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Soriano</w:t>
+                <w:t xml:space="preserve">Sur quelques illusions sur ‘l’illusion biographique’”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Soriano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antoine Coppolani; Frédéric Rousseau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La biographie en histoire : Jeux et enjeux d'écriture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, M. Houdiard, pp.115-127, 2007</w:t>
+              <w:t xml:space="preserve">Le genre biographique en histoire. Jeux et enjeux d’écriture.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edit. Houdiard., 2007, 978-2-912673-79-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02876503v1</w:t>
+                <w:t xml:space="preserve">hal-04875070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur quelques illusions sur ‘l’illusion biographique’”</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Soriano</w:t>
+                <w:t xml:space="preserve">Sur quelques illusions sur &amp;quot;l'illusion biographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Soriano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antoine Coppolani; Frédéric Rousseau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le genre biographique en histoire. Jeux et enjeux d’écriture.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Edit. Houdiard., 2007, 978-2-912673-79-4</w:t>
+              <w:t xml:space="preserve">La biographie en histoire : Jeux et enjeux d'écriture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Houdiard, pp.115-127, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04875070v1</w:t>
+                <w:t xml:space="preserve">hal-02876503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur quelques illusions sur &amp;quot;l'illusion biographique</w:t>
               </w:r>
@@ -3169,51 +3169,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="72578A28"/>
+    <w:nsid w:val="231074CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3400,51 +3400,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-soriano" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-9628-0652" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878051v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Soriano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.10517" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872208v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.6889" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864278v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.6813" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860591v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Behrent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889826v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864268v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Soriano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062956v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.073.0037" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00984580v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naudier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.048.0193" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907675v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392510v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854698v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Anquetin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722988v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863910v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056612v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876502v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911397v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920985v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898679v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875030v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056611v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058106v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898680v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920986v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876503v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875070v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911398v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/philosophie-et-histoire-des-idees/armes-de-communication-massive/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880881v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionsmsh/2755" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.2755" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909218v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880496v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.15818" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864290v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876805v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Demmer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bensa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Halp&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naepels" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tr&#233;pied" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927709v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Assier Andrieu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Miaille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04863586v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917880v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Savelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-soriano" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-9628-0652" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872208v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Soriano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.6889" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878051v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.10517" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864278v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.6813" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860591v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Behrent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889826v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864268v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Soriano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062956v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.073.0037" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00984580v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naudier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.048.0193" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907675v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854698v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Anquetin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722988v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392510v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863910v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056612v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920985v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898679v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911397v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876502v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058106v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056611v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875030v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920986v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898680v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875070v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911398v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/philosophie-et-histoire-des-idees/armes-de-communication-massive/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880881v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionsmsh/2755" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.2755" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909218v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880496v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.15818" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864290v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876805v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Demmer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bensa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Halp&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naepels" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tr&#233;pied" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927709v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Assier Andrieu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Miaille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04863586v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917880v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Savelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>