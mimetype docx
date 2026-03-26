--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:130.61224489796px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ERIC TORTOCHOT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">eric-tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4937-6071</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">078013992</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">34702272</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-5630-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éric Tortochot a été élève-professeur à l’école normale supérieure de Cachan (1987-1991), puis professeur certifié et agrégé d’Arts appliqués, avant de prendre en charge l’animation pédagogique et l’évaluation de la discipline « design et arts appliqués » au ministère de l’éducation nationale en tant qu’inspecteur territorial (2000-2014).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il a soutenu une thèse en sciences de l’éducation sur la didactique du design en 2012 et est maître de conférences depuis 2014 à Aix-Marseille Université (AMU), habilité à diriger des recherches. En tant qu’enseignant-chercheur, il est chargé de la formation des enseignants de « design » du parcours « Enseigner les sciences de l'ingénieur ou le design » à l’institut national supérieur du professorat et de l’éducation d’Aix-Marseille. Il intervient dans le master appelé « diplôme supérieur d’arts appliqués » de l’école supérieure de design de Marseille (ESDM) pour co-animer le séminaire de recherche avec Emeline Roye et pour encadrer les mémoires d’étudiants. Il codirige des mémoires de thèse sur les enseignements-apprentissages du design (du lycée jusqu’aux formations professionnelles qualifiantes). Ses recherches et publications portent sur l'éducation artistique, technologique, scientifique et culturelle, et sur les processus d’enseignement et d’apprentissage du design et des arts appliqués, sur l’évaluation de ces processus, sur les curriculums qui les structurent, ainsi que sur la formation professionnelle du design. Par ailleurs, il étudie les processus de conception collective dans les recherches collaboratives et la métaconception dans les méthodologies de recherche.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éric Tortochot est directeur adjoint chargé de la formation doctorale au sein de l’UR 4671 ADEF (apprentissage, didactique, évaluation et formation). Il dirige également le groupement d’intérêt scientifique (GIS) Arts & Éducation qui regroupe une vingtaine de structures francophones (unités de recherche, écoles d’arts françaises, institutions culturelles et départements ministériels français de la culture et de l'éducation, associations, fondations, etc.). Le GIS A&É porte son attention sur la place de l’enseignement des arts et par les arts dans la société, notamment à travers les dispositifs de l'éducation artistique et culturelle. Enfin, il participe à des comités d’évaluation de structures de recherche et de formation au sein de l’HCÉRES et de l’AEQES (agence d’évaluation de la qualité de l’enseignement supérieur de la fédération Wallonie-Bruxelles).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la création sonore du SoundCube aux compétences langagières à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hautbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Rodriguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delatour France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éducation musicale des enfants autour de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delatour France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Musique et pédagogie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La matrice disciplinaire des Arts appliqués et Cultures artistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Didier; Jérôme Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner le design : enjeux de démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-126, 2025, 979-10-91901-67-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à l'ouvrage sur l'enseignement du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Tortochot; Christophe Moineau; Emeline Roy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du design. Un geste créatif et une activité formative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Delatour France, pp.19-31, 2023, 978-2-7521-0477-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact d’un geste créatif en pédagogie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod; Nathalie Bonnardel; Fabien Girandola; Eric Bonetto; Todd Lubart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La créativité en situations. Théories et applications.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp.274-284, 2023, 978-2-10-082840-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élève, la table et le dessin : postures, gestes, instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Duval; Caroline Raymond; Delphine Odier-Guedj. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engager le corps pour enseigner et apprendre. Diversité de perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.97-122, 2022, Formation et recherche en éducation artistique, 978-2-7637-5811-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métaconception d'un prototype de jeu sur l'évolution du vivant : dialectique entre analyses didactiques et activité créative de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roy, Emeline; Papon, Lola. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer en faveur de la persévérance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delatour France, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performativité des choix de simplification par un rédacteur professionnel lors de la révision de documents administratifs numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle CLERC. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication écrite Etat-Citoyens : défis numériques, perspectives rédactologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Laval, p. 97-128, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience de design : une activité transdisciplinaire de création-conception qui s’apprend pour (ré)engager l’élève dans l’activité d’apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geste créatif, activité formative. Les enseignements artistiques pour réengager les élèves dans les apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Arts, Transversalité, Education, 9782343224541</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’énonciation et le dialogue : processus d’apprentissage et compétence professionnelle de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Didier; Nathalie Bonnardel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didactique de la conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UTBM - HEPvd, pp.89-113, 2020, 979-10-91901-38-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences artistiques et citoyennes dans l'activité de création-conception. Étude des &amp;quot;Arts appliqués et cultures artistiques&amp;quot; en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Cusenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Tortochot; Nathalie Rezzi; Pascal Terrien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer. La place de la transversalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Arts, transversalité, éducation, 978-2-343-17551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation numérique dans l’enseignement du design : entre « objet magique » et nouvel « espace de dessin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire ACTé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique en éducation : perspectives curriculaires et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses univeristaires Blaise-Pascal, 2015, Sphère éducative, 978-2-84516-697-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation numérique dans l’enseignement du design : entre « objet magique » et nouvel « espace de dessin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Georges-Louis Baron; Éric Bruillard; Béatrice Drot-Delange. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique en éducation: perspectives curriculaires et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaire Blaise Pascal, pp.125-151, 2015, 978-2-84516-697-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'activité de conception en situation d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Yacoub; Khaldoun Zreik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception Assistée par Concepteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia Productions, pp.123-137, 2010, 978-2-909285-70-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’activité de conception en situation d’apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Yacoub; Khaldoun Zreik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception Assistée par Concepteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia Productions, pp.123-137, 2010, 978-2-909285-70-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'une noosphère traversée par les conflits, à une stabilité de 25 ans : l'enseignement du design industriel en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Lebahar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Charles Lebahar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du design industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, pp.137-171, 2008, Hermès Science, 978-2-7462-2133-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse de l’enseignement du design industriel en France : les traditions, l’économie, les institutions, les pionniers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Lebahar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Charles Lebahar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du design industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, pp.109-135, 2008, Hermès Science, 978-2-7462-2133-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design scolaire et matrice disciplinaire : normaliser, stabiliser, réinterpréter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Mattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Arts, Médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA SIMPLIFICATION DE DOCUMENT : DE LA MISE EN MOTS À LA MISE EN SCÈNE GRAPHIQUE ET RÉDACTIONNELLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 47, https://mediazioni.unibo.it/article/view/22592/20063. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6092/issn.1974-4382/22592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche didactique de l’introduction d’un partenaire industriel dans deux situations d’enseignement-apprentissage du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">McGill Journal of Education / Revue des sciences de l'éducation de McGill</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59 (3), pp.307-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche-action participative en éducation : entre praxéologie et épistémologie pratique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation et pratiques d’enseignements en questions. Revue des HEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Des recherches participatives en didactique disciplinaire et en sociologie de l’éducation. Quelles finalités ? Quels savoirs ? Quel partage des responsabilités ? Et, quelles stratégies pour acter la coopération entre les acteur·rices ?, 29, pp.141-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Squiggle Game en situation d’apprentissage : un dialogue corporel pédagogique entre les dessinateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poplimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 6, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57086/lpa.947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innover socialement par le design et développer des compétences transformatives au lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux cahiers de la recherche en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 26 (1), pp.10-34. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1113231ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squiggle Game, from a Psychotherapy to an Educational Creativity Method. Drawing and Designing Together</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poplimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Art and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jade.12527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport à l’évaluation dans trois situations d’ « éducation à » la conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et apprentissages : revue de didactique professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 26 (2), pp.160-186. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ta.026.0160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation diagnostique en classe de CAP : une analyse a posteriori des apports d’une recherche participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesure et Evaluation en Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 46 (3), pp.88-122. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1113334ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation et / ou brouillage : le cas de la gestion d’un mandat de rédaction professionnelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux linguistiques du CerLiCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34, pp.161-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation didactique, situation opérationnelle de conception : construction, apports et emprunts théoriques d’une didactique du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et apprentissages : revue de didactique professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Raison et passions, 25 (1), pp.65-89. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ta.025.0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle pour caractériser le niveau des compétences des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Demeester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de pédagogie de l’enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (3), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ripes.5104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design social et enseignement secondaire en France : l'émergence d'un design pédagogique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Enseigner le design, 15, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sdd.015.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images et textes opératifs en design : énoncer, traduire les concepts, en et hors contexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appareil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/appareil.4617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former aux compétences du xxie siècle à l’aide du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Didier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La place des enseignements artistiques en 2030, N° 35, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsvives.5734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agir en couteau suisse : compétence transversale du designer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Quelle reconnaissance des compétences transversales?, 1 (218), </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edpe.218.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02085131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mémoires professionnels d’étudiants en design : « discordance créatrice » et renouvellement des pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Professionnalisation et ingénierie de formation. Entre résonnances et divergences, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1067220ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02450459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practice and impact of the instruments in the “applied arts” curriculum. The case of the French high schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techne Series. Research in Sloyd Education and Craft Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'orientation. La perception des élèves de lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Garau Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le parcours avenir pour construire et nourrir l’ambition des élèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lab de l'innovation - Canopé - Cardie, May 2025, Marseille (13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05153180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture et dessins pour aider à raisonner chez les élèves des cycles 2 et 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Traces et écritures à et pour l’école »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inspé Nancy, Oct 2024, Maxéville, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités de créativité sonore et performances langagières. Le SoundCube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hautbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’état de l’éducation musicale des enfants (4-11 ans) autour de la méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche FED 4238 SFERE Provence, Oct 2024, Aix-en -Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métaconception dans une recherche collaborative : le cas du jeu de plateau Darwinium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Rencontres scientifiques de l'ARDiST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté d'Education de Montpellier, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le compagnon numérique audio-visuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hautbois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’InCIAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video self-confrontation as a tool for professional development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofie Vervoort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teacher Education Policy in Europe. Innovation in teacher education: sustainable change &amp; evaluating impact at macro, meso and micro level</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFERE Provence, Mar 2024, Aix-en-Provence, France. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les kits scientifiques Kutì Kutì et les carnets d’exploration au service des apprentissages fondamentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CreativLab - Ampiric</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ampiric, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu du Squiggle, d’une psychothérapie à une méthode éducative de créativité. Dessiner et concevoir ensemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ADEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEF; LPCPP; INCIAM, Apr 2024, Aix (Aix-Marseille Université), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing by sketching and writing: case study of French design preservice teachers preparing a competitive recruitment exam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote AMPIRIC, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoconfrontation comme outil de professionnalisation : focus sur la gestion de l'hétérogénéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Giacopazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofie Vervoort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote AMPIRIC, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La matrice disciplinaire des arts appliqués et cultures artistiques enseignés en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les matrices disciplinaires du design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 2 - Jean Jaurès; Laboratoire Lara-Seppia, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de co-conception d’ingénierie pédagogique et de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre E.COL.E, « Expérience Collective pour l’Enseignement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Libre de Bruxelles, Apr 2023, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps médiateur dans un cours de design en lycée professionnel en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La place du corps dans l’éducation à la création artistique : quels enjeux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Vaud, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04120018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves de lycée professionnel : quels rapports aux savoirs et aux apprentissages ? Une enquête par questionnaire dans l’académie d’Aix-Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine internationale de l'éducation et de la formation (SIEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AREF, Sep 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le design : enjeux d’altérité et d’interculturalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire GCAF – Altérité et interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le design entre geste créatif, activité formative et épistémologie disciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres annuelles internationales du design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessiner et raconter le hasard et l’évolution du vivant dans le jeu Darwinium, en collège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telling Science, Drawing Science / Sciences en récit, Science en image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, STIMULI, Jun 2022, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Students' (12-13 years old) ideas about chance and evolution during the game Darwinium during a playful activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERIDOB 2022, European Researchers In Didactics Of Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nicosia, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La simplification de document : de la mise en mots à la mise en scène lisible et visible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Emmanuelle Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Théories et Réalités en Traduction et Rédaction 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Udine, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation didactique, situation opérationnelle de conception : construction, apports et emprunts théoriques d'une didactique du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6 ème Colloque International de Didactique Professionnelle 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association RPDP en partenariat avec la HETSL de Lausanne et l’Université de Genève, Jun 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation et / ou brouillage : le cas de la gestion d’un mandat de rédaction professionnelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e colloque international du CerLiCO (Cercle Linguistique du Centre et de l’Ouest), Dire et redire – 1 Formes et enjeux de la reformulation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maîtrise de la dynamique de l’écriture numérique au service de la simplification des documents administratifs : la performativité des choix de simplification par le rédacteur professionnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Véronique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication Etat-Citoyens. : défis numériques, perspectives rédactologiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabelle Clerc (Université Laval) et Véronique Rey (Aix-Marseille Université)., Oct 2021, Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English Teaching in French Vocational Secondary Education: the Influence of a Participatory Action Research on Changes of Teachers' Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eschenauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2021 Education and Society: expectations, prescriptions, reconciliations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche collaborative au service de la mise en place de la conception d'ingénierie pédagogique d'évaluation en lycée professionnel. Le cas particulier de l’enseignement de l’anglais en CAP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Congrès international sur la formation et la profession enseignante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIFPE – Université de Brasilia, Dec 2021, Brasilia - online, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport des élèves à l’évaluation dans quatre situations d’enseignement des arts appliqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’évaluation dans la formation et dans les éducations à, de la mesure à la problématisation du sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03522863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche collaborative au service de la mise en place de la conception d’ingénierie pédagogique d’évaluation en lycée professionnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Congrès international sur la formation et la profession enseignante - Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04241756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement d’un dispositif innovant éducatif d’enseignement de l’anglais en lycée professionnel : effets d’une recherche collaborative avec méthodologie mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eschenauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages, stratégies et politiques éducatives. Quelles interdisciplinarités, méthodologies et perspectives internationales ? 2e Colloque SFERE-Provence (FED4238) / AMPIRIC -</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement du design en lycée professionnel : les contraintes du milieu didactique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIFPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche Interuniversitaire sur la Formation et la Profession Enseignante - Université de Montréal, Apr 2021, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élève, la table et le dessin : postures, gestes, instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIFPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche Interuniversitaire sur la Formation et la Profession Enseignante - Université de Montréal, Apr 2021, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IDEAS OF CHANCE AND EVOLUTION FOLLOWING A GAME PLAYED IN A FRENCH LOWER SECONDARY SCHOOL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Science Education Research Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion and Action in Musical and Design Learning: an Epistemological Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER GENEVA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méta-conception d’un jeu pour aborder l’évolution du vivant en classe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’Association pour la Recherche en Didactique des Sciences et des Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation et/ou brouillage : le cas de la gestion d’un mandat de rédaction professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Emmanuelle Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Seoane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Reformuler, une question de genres ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiation (Crem; Université de Lorraine); Centro de Linguística da Universidade Nova de Lisboa (CLUNL); Universidade NOVA de Lisboa; Clup; Universidade do Porto, Jun 2019, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'orchestre à l'école et l'éducation démocratique par la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer Pour éduquer. La place de la transversalité. Une éducation démocratique par les arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEF, Apprentissage, didactique, éducation, formation (EA4671); ESPE Aix-Marseille; SFERE Provence (FED4238), May 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arborescence critique d’une tâche de création-conception en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Cusenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystel Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Colloque international en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIFPE, Apr 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a game for teaching challenging STEM concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Innovation in Learning Instruction and Teacher Education - ILITE 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche participative intercatégorielle autour du dispositif « orchestre à l'école »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone mené à la Haute école pédagogique Fribourg, Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une didactique transdisciplinaire ? Une épistémologie du travail enseignant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Arnaud-Bestieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rezzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e colloque international en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche interuniversitaire sur la formation et la profession enseignante (CRIFPE), May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer pour enseigner et comprendre l’évolution du vivant et le hasard au collège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jegou Corinne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jeux &amp; Enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dispositif « Orchestre à l'école » : entre épistémologie pratique de l'enseignant et interactions des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer. La place de la transversalité. Une éducation démocratique par les arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEF, Apprentissage, didactique, éducation, formation (EA4671); ESPE Aix-Marseille; SFERE Provence (FED4238), May 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche participative inter-catégorielle autour du dispositif « orchestre à l’école »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone sur les recherches participatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Fribourg, Nov 2019, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02422770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les activités collaboratives dans la conception d'enseignement Intégrer les partenariats dans l'enseignement de l'ingénierie avec des enseignants novices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e rencontres scientifiques de l’ARDiST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques artistiques et gestes professionnels des enseignants (éducation musicale, danse, design)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Arnaud-Bestieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARCD 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation didactique, situation opérationnelle de conception : construction, apports et emprunts théoriques d'une didactique naissante de la création-conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARCD 2018. "Apports réciproques entre didactique(s) des disciplines et recherches comparatistes en didactique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Arts appliqués et cultures artistiques ». Créativité, conception et développement personnel : étude en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Cusenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Créer pour éduquer. La place de la transdisciplinarité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’énonciation et le dialogue : processus d’apprentissage et compétence professionnelle de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude « Pédagogie du design-Design de la pédagogie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design Cognitive Process Using Digital Instruments: an Enlightening Design Activity of Secondary School Pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Monties Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondina Elms Pastel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learn x Design 2017 The allure of the digital and beyond.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Ravensbourne, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Collaborative Activities of Learning Design: &amp;quot; Inserting &amp;quot; Partnerships in Engineering and Technology Teaching with Novice Teachers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Pupils Attitudes Towards Technology (PATT) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Philadelphia, Pennsylvania, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation didactique en baccalauréat technologique « design et arts appliqués » : l'activité de conception d'un artefact particulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Monties Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La conception d'un artefact: Approches ergonomiques et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practice and Impact of the Instruments in the French High School &amp;quot;Applied Arts&amp;quot; Curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Monties Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Make it Now!</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, University of Turku, Rauma Unit, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation didactique en baccalauréat technologique « design et arts appliqués » : l’activité de conception d’un artefact particulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La conception d’un artefact : approches ergonomiques et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Didier; Denis Leuba; Céline Ohayon; Patrick Winterhalter; Sebastien Actis-Data, Oct 2016, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICT learning in A Design and Technology Curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pupils Attitudes Towards Technology (PATT 29)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Apr 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les activités collaboratives de la conception : comment introduire le travail d'équipe dans l'enseignement du design ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association pour la Recherche en Didactique des Sciences et des Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Mar 2014, Marseille, France. pp.513-523</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’activité cognitive des étudiants en design : falsifier les contraintes pour mieux apprendre à concevoir ou à créer ou bien les deux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité et apprentissage : un tandem à ré-inventer ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Vaud, May 2014, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles technologies et l'enseignement du design au lycée : construire une didactique de la conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et technologies de l'information et de la communication (STIC) en milieu éducatif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">edutice-00875573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and statement: the understanding of sustainability in design learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Education for the Future: A Play on Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Technology Environmental Science and Mathematics Education Research Centre, University of Waikato, Dec 2013, Christchurch, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to teach the design in technology education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Education in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité chez les étudiants en design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La créativité s'enseigne-t-elle? A tribute to Jean-Charles Lehahar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ « expressionnisme élémentaire » chez l’étudiant en design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche en éducation et en formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Genève, Association des enseignants et des chercheurs en sciences de l'éducation (AECSE), Sep 2010, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enseignement du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Delatour France, 2023, 978-2-7521-0477-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geste créatif et activité formative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Arnaud-Bestieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didactique de la conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bonnardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Becerril Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clerc-Georgy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Didier; Nathalie Bonnardel. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de technologie de Belfort-Montbéliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Coédition UTBM - HEP Vaud, Michel Olinga, 979-10-91901-39-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer. La place de la transdisciplinarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rezzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2019, Arts, transversalité, éducation, Gilles Boudinet, 978-2-343-17551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design & Cinéma. Accessoires et scénarisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEUG. Masterclasse, Marseille, France. 2023, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les kits scientifiques de Kutì Kutì : apprentissage des arts et sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kutì Kutì</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu vidéo dans les processus d’enseignements-apprentissages : jeux sérieux et enjeux de savoirs, savoir-faire et savoir-être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu de l'oie : Histoire et métamorphoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Arrif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Delpu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent-Sébastien Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03364352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le design: geste créatif et activité formative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « potentialité sommeillante » de l’étudiant en design : l’activité de conception et les habitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de la recherche en design (ARD) 10. Transformer, Innover, Dérégler</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design et société, 2019, Transformer, Innover, Dérégler actes des 10e Ateliers de la recherche en design, Montréal, Québec, 21-24 octobre 2015, 978-2-9817497-2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former au design par l’alternance, en France : entre modèles conformistes d’apprentissage et exception du dispositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de la recherche en design (ARD) 10. Transformer, Innover, Dérégler</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design et société, 2019, Transformer, Innover, Dérégler actes des 10e Ateliers de la recherche en design, Montréal, Québec, 21-24 octobre 2015, 978-2-9817497-2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design Cognitive Process Using Digital Instruments: an Enlightening Design Activity of Secondary School Pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondina Elms Pastel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orchestre à l’école. L’éducation démocratique par la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Aix-en-Provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orchestre à l’école. Un autre regard sur l’éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Projets DAFIP Recherche Formation Terrain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02085255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu éducatif sur le hasard et l’évolution pour les élèves en science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Coiffard Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Aix en provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02113889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédagogie coopérative et collaborative en réseau d’éducation prioritaire : constitution d’une communauté apprenante d'enseignants, chercheurs et étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Antonietta Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sabine Bampi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Aix en Provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId207"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:130.61224489796px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ERIC TORTOCHOT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">eric-tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4937-6071</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">078013992</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">34702272</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-5630-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éric Tortochot a été élève-professeur à l’école normale supérieure de Cachan (1987-1991), puis professeur certifié et agrégé d’Arts appliqués, avant de prendre en charge l’animation pédagogique et l’évaluation de la discipline « design et arts appliqués » au ministère de l’éducation nationale en tant qu’inspecteur territorial (2000-2014).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il a soutenu une thèse en sciences de l’éducation sur la didactique du design en 2012 et est maître de conférences depuis 2014 à Aix-Marseille Université (AMU), habilité à diriger des recherches. En tant qu’enseignant-chercheur, il est chargé de la formation des enseignants de « design » du parcours « Enseigner les sciences de l'ingénieur ou le design » à l’institut national supérieur du professorat et de l’éducation d’Aix-Marseille. Il intervient dans le master appelé « diplôme supérieur d’arts appliqués » de l’école supérieure de design de Marseille (ESDM) pour co-animer le séminaire de recherche avec Emeline Roye et pour encadrer les mémoires d’étudiants. Il codirige des mémoires de thèse sur les enseignements-apprentissages du design (du lycée jusqu’aux formations professionnelles qualifiantes). Ses recherches et publications portent sur l'éducation artistique, technologique, scientifique et culturelle, et sur les processus d’enseignement et d’apprentissage du design et des arts appliqués, sur l’évaluation de ces processus, sur les curriculums qui les structurent, ainsi que sur la formation professionnelle du design. Par ailleurs, il étudie les processus de conception collective dans les recherches collaboratives et la métaconception dans les méthodologies de recherche.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éric Tortochot est directeur adjoint chargé de la formation doctorale au sein de l’UR 4671 ADEF (apprentissage, didactique, évaluation et formation). Il dirige également le groupement d’intérêt scientifique (GIS) Arts & Éducation qui regroupe une vingtaine de structures francophones (unités de recherche, écoles d’arts françaises, institutions culturelles et départements ministériels français de la culture et de l'éducation, associations, fondations, etc.). Le GIS A&É porte son attention sur la place de l’enseignement des arts et par les arts dans la société, notamment à travers les dispositifs de l'éducation artistique et culturelle. Enfin, il participe à des comités d’évaluation de structures de recherche et de formation au sein de l’HCÉRES et de l’AEQES (agence d’évaluation de la qualité de l’enseignement supérieur de la fédération Wallonie-Bruxelles).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déconstruire la pensée linéaire par le dessin dans les épreuves de concours de recrutement des enseignants en design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrice Laisney; Pascale Brandt-Pomares. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuration de la recherche en éducation. L’héritage scientifique de Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.183-201, 2026, Apprendre Enseigner, 9791032005941</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la création sonore du SoundCube aux compétences langagières à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hautbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Rodriguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delatour France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éducation musicale des enfants autour de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delatour France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Musique et pédagogie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La matrice disciplinaire des Arts appliqués et Cultures artistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Didier; Jérôme Dupont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner le design : enjeux de démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-126, 2025, 979-10-91901-67-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à l'ouvrage sur l'enseignement du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Tortochot; Christophe Moineau; Emeline Roy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du design. Un geste créatif et une activité formative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Delatour France, pp.19-31, 2023, 978-2-7521-0477-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact d’un geste créatif en pédagogie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod; Nathalie Bonnardel; Fabien Girandola; Eric Bonetto; Todd Lubart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La créativité en situations. Théories et applications.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp.274-284, 2023, 978-2-10-082840-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élève, la table et le dessin : postures, gestes, instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Duval; Caroline Raymond; Delphine Odier-Guedj. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engager le corps pour enseigner et apprendre. Diversité de perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université Laval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.97-122, 2022, Formation et recherche en éducation artistique, 978-2-7637-5811-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métaconception d'un prototype de jeu sur l'évolution du vivant : dialectique entre analyses didactiques et activité créative de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roy, Emeline; Papon, Lola. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer en faveur de la persévérance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delatour France, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performativité des choix de simplification par un rédacteur professionnel lors de la révision de documents administratifs numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle CLERC. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication écrite Etat-Citoyens : défis numériques, perspectives rédactologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Laval, p. 97-128, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience de design : une activité transdisciplinaire de création-conception qui s’apprend pour (ré)engager l’élève dans l’activité d’apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geste créatif, activité formative. Les enseignements artistiques pour réengager les élèves dans les apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Arts, Transversalité, Education, 9782343224541</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’énonciation et le dialogue : processus d’apprentissage et compétence professionnelle de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Didier; Nathalie Bonnardel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didactique de la conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UTBM - HEPvd, pp.89-113, 2020, 979-10-91901-38-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences artistiques et citoyennes dans l'activité de création-conception. Étude des &amp;quot;Arts appliqués et cultures artistiques&amp;quot; en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Cusenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Tortochot; Nathalie Rezzi; Pascal Terrien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer. La place de la transversalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Arts, transversalité, éducation, 978-2-343-17551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation numérique dans l’enseignement du design : entre « objet magique » et nouvel « espace de dessin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire ACTé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique en éducation : perspectives curriculaires et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses univeristaires Blaise-Pascal, 2015, Sphère éducative, 978-2-84516-697-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation numérique dans l’enseignement du design : entre « objet magique » et nouvel « espace de dessin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Georges-Louis Baron; Éric Bruillard; Béatrice Drot-Delange. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique en éducation: perspectives curriculaires et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaire Blaise Pascal, pp.125-151, 2015, 978-2-84516-697-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'activité de conception en situation d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Yacoub; Khaldoun Zreik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception Assistée par Concepteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia Productions, pp.123-137, 2010, 978-2-909285-70-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’activité de conception en situation d’apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Yacoub; Khaldoun Zreik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conception Assistée par Concepteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia Productions, pp.123-137, 2010, 978-2-909285-70-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'une noosphère traversée par les conflits, à une stabilité de 25 ans : l'enseignement du design industriel en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Lebahar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Charles Lebahar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du design industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, pp.137-171, 2008, Hermès Science, 978-2-7462-2133-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse de l’enseignement du design industriel en France : les traditions, l’économie, les institutions, les pionniers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Lebahar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Charles Lebahar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du design industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, pp.109-135, 2008, Hermès Science, 978-2-7462-2133-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche didactique de l’introduction d’un partenaire industriel dans deux situations d’enseignement-apprentissage du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">McGill Journal of Education / Revue des sciences de l'éducation de McGill</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59 (3), pp.307-337. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26443/mje/rsem.v59i3.10159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design scolaire et matrice disciplinaire : normaliser, stabiliser, réinterpréter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Mattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design, Arts, Médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA SIMPLIFICATION DE DOCUMENT : DE LA MISE EN MOTS À LA MISE EN SCÈNE GRAPHIQUE ET RÉDACTIONNELLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 47, https://mediazioni.unibo.it/article/view/22592/20063. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6092/issn.1974-4382/22592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche-action participative en éducation : entre praxéologie et épistémologie pratique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation et pratiques d’enseignements en questions. Revue des HEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Des recherches participatives en didactique disciplinaire et en sociologie de l’éducation. Quelles finalités ? Quels savoirs ? Quel partage des responsabilités ? Et, quelles stratégies pour acter la coopération entre les acteur·rices ?, 29, pp.141-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innover socialement par le design et développer des compétences transformatives au lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux cahiers de la recherche en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 26 (1), pp.10-34. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1113231ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Squiggle Game en situation d’apprentissage : un dialogue corporel pédagogique entre les dessinateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poplimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 6, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57086/lpa.947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squiggle Game, from a Psychotherapy to an Educational Creativity Method. Drawing and Designing Together</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Poplimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Art and Design Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jade.12527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport à l’évaluation dans trois situations d’ « éducation à » la conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et apprentissages : revue de didactique professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 26 (2), pp.160-186. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ta.026.0160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation diagnostique en classe de CAP : une analyse a posteriori des apports d’une recherche participative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesure et Evaluation en Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 46 (3), pp.88-122. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1113334ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation et / ou brouillage : le cas de la gestion d’un mandat de rédaction professionnelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux linguistiques du CerLiCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34, pp.161-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle pour caractériser le niveau des compétences des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Demeester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de pédagogie de l’enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (3), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ripes.5104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation didactique, situation opérationnelle de conception : construction, apports et emprunts théoriques d’une didactique du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et apprentissages : revue de didactique professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Raison et passions, 25 (1), pp.65-89. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ta.025.0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design social et enseignement secondaire en France : l'émergence d'un design pédagogique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Enseigner le design, 15, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sdd.015.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images et textes opératifs en design : énoncer, traduire les concepts, en et hors contexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appareil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/appareil.4617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former aux compétences du xxie siècle à l’aide du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Didier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La place des enseignements artistiques en 2030, N° 35, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsvives.5734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agir en couteau suisse : compétence transversale du designer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Quelle reconnaissance des compétences transversales?, 1 (218), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edpe.218.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02085131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mémoires professionnels d’étudiants en design : « discordance créatrice » et renouvellement des pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Professionnalisation et ingénierie de formation. Entre résonnances et divergences, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1067220ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02450459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practice and impact of the instruments in the “applied arts” curriculum. The case of the French high schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techne Series. Research in Sloyd Education and Craft Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'orientation. La perception des élèves de lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Garau Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le parcours avenir pour construire et nourrir l’ambition des élèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lab de l'innovation - Canopé - Cardie, May 2025, Marseille (13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05153180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture et dessins pour aider à raisonner chez les élèves des cycles 2 et 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Traces et écritures à et pour l’école »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inspé Nancy, Oct 2024, Maxéville, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités de créativité sonore et performances langagières. Le SoundCube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hautbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’état de l’éducation musicale des enfants (4-11 ans) autour de la méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche FED 4238 SFERE Provence, Oct 2024, Aix-en -Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métaconception dans une recherche collaborative : le cas du jeu de plateau Darwinium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Rencontres scientifiques de l'ARDiST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté d'Education de Montpellier, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le compagnon numérique audio-visuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hautbois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’InCIAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Video self-confrontation as a tool for professional development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofie Vervoort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teacher Education Policy in Europe. Innovation in teacher education: sustainable change &amp; evaluating impact at macro, meso and micro level</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFERE Provence, Mar 2024, Aix-en-Provence, France. pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les kits scientifiques Kutì Kutì et les carnets d’exploration au service des apprentissages fondamentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Ferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CreativLab - Ampiric</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ampiric, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu du Squiggle, d’une psychothérapie à une méthode éducative de créativité. Dessiner et concevoir ensemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ADEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEF; LPCPP; INCIAM, Apr 2024, Aix (Aix-Marseille Université), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La matrice disciplinaire des arts appliqués et cultures artistiques enseignés en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les matrices disciplinaires du design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 2 - Jean Jaurès; Laboratoire Lara-Seppia, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing by sketching and writing: case study of French design preservice teachers preparing a competitive recruitment exam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote AMPIRIC, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoconfrontation comme outil de professionnalisation : focus sur la gestion de l'hétérogénéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Giacopazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofie Vervoort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote AMPIRIC, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de co-conception d’ingénierie pédagogique et de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre E.COL.E, « Expérience Collective pour l’Enseignement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Libre de Bruxelles, Apr 2023, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps médiateur dans un cours de design en lycée professionnel en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La place du corps dans l’éducation à la création artistique : quels enjeux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Vaud, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04120018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves de lycée professionnel : quels rapports aux savoirs et aux apprentissages ? Une enquête par questionnaire dans l’académie d’Aix-Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine internationale de l'éducation et de la formation (SIEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AREF, Sep 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le design : enjeux d’altérité et d’interculturalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire GCAF – Altérité et interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le design entre geste créatif, activité formative et épistémologie disciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres annuelles internationales du design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessiner et raconter le hasard et l’évolution du vivant dans le jeu Darwinium, en collège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telling Science, Drawing Science / Sciences en récit, Science en image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, STIMULI, Jun 2022, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Students' (12-13 years old) ideas about chance and evolution during the game Darwinium during a playful activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERIDOB 2022, European Researchers In Didactics Of Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Nicosia, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La simplification de document : de la mise en mots à la mise en scène lisible et visible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Emmanuelle Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Théories et Réalités en Traduction et Rédaction 7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Udine, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation didactique, situation opérationnelle de conception : construction, apports et emprunts théoriques d'une didactique du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6 ème Colloque International de Didactique Professionnelle 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association RPDP en partenariat avec la HETSL de Lausanne et l’Université de Genève, Jun 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation et / ou brouillage : le cas de la gestion d’un mandat de rédaction professionnelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e colloque international du CerLiCO (Cercle Linguistique du Centre et de l’Ouest), Dire et redire – 1 Formes et enjeux de la reformulation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maîtrise de la dynamique de l’écriture numérique au service de la simplification des documents administratifs : la performativité des choix de simplification par le rédacteur professionnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Véronique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication Etat-Citoyens. : défis numériques, perspectives rédactologiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabelle Clerc (Université Laval) et Véronique Rey (Aix-Marseille Université)., Oct 2021, Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English Teaching in French Vocational Secondary Education: the Influence of a Participatory Action Research on Changes of Teachers' Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eschenauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2021 Education and Society: expectations, prescriptions, reconciliations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport des élèves à l’évaluation dans quatre situations d’enseignement des arts appliqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’évaluation dans la formation et dans les éducations à, de la mesure à la problématisation du sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03522863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche collaborative au service de la mise en place de la conception d'ingénierie pédagogique d'évaluation en lycée professionnel. Le cas particulier de l’enseignement de l’anglais en CAP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Congrès international sur la formation et la profession enseignante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIFPE – Université de Brasilia, Dec 2021, Brasilia - online, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche collaborative au service de la mise en place de la conception d’ingénierie pédagogique d’évaluation en lycée professionnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Baugnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Congrès international sur la formation et la profession enseignante - Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04241756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accompagnement d’un dispositif innovant éducatif d’enseignement de l’anglais en lycée professionnel : effets d’une recherche collaborative avec méthodologie mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eschenauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Hache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Olympio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissages, stratégies et politiques éducatives. Quelles interdisciplinarités, méthodologies et perspectives internationales ? 2e Colloque SFERE-Provence (FED4238) / AMPIRIC -</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement du design en lycée professionnel : les contraintes du milieu didactique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIFPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche Interuniversitaire sur la Formation et la Profession Enseignante - Université de Montréal, Apr 2021, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élève, la table et le dessin : postures, gestes, instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIFPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche Interuniversitaire sur la Formation et la Profession Enseignante - Université de Montréal, Apr 2021, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IDEAS OF CHANCE AND EVOLUTION FOLLOWING A GAME PLAYED IN A FRENCH LOWER SECONDARY SCHOOL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Science Education Research Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion and Action in Musical and Design Learning: an Epistemological Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER GENEVA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méta-conception d’un jeu pour aborder l’évolution du vivant en classe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jégou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’Association pour la Recherche en Didactique des Sciences et des Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation et/ou brouillage : le cas de la gestion d’un mandat de rédaction professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Emmanuelle Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Seoane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Reformuler, une question de genres ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiation (Crem; Université de Lorraine); Centro de Linguística da Universidade Nova de Lisboa (CLUNL); Universidade NOVA de Lisboa; Clup; Universidade do Porto, Jun 2019, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arborescence critique d’une tâche de création-conception en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Cusenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystel Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Colloque international en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIFPE, Apr 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'orchestre à l'école et l'éducation démocratique par la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer Pour éduquer. La place de la transversalité. Une éducation démocratique par les arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEF, Apprentissage, didactique, éducation, formation (EA4671); ESPE Aix-Marseille; SFERE Provence (FED4238), May 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a game for teaching challenging STEM concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Innovation in Learning Instruction and Teacher Education - ILITE 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche participative intercatégorielle autour du dispositif « orchestre à l'école »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone mené à la Haute école pédagogique Fribourg, Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une didactique transdisciplinaire ? Une épistémologie du travail enseignant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Arnaud-Bestieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rezzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e colloque international en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche interuniversitaire sur la formation et la profession enseignante (CRIFPE), May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer pour enseigner et comprendre l’évolution du vivant et le hasard au collège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jegou Corinne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Rotenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jeux &amp; Enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dispositif « Orchestre à l'école » : entre épistémologie pratique de l'enseignant et interactions des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer. La place de la transversalité. Une éducation démocratique par les arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEF, Apprentissage, didactique, éducation, formation (EA4671); ESPE Aix-Marseille; SFERE Provence (FED4238), May 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche participative inter-catégorielle autour du dispositif « orchestre à l’école »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone sur les recherches participatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Fribourg, Nov 2019, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02422770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les activités collaboratives dans la conception d'enseignement Intégrer les partenariats dans l'enseignement de l'ingénierie avec des enseignants novices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e rencontres scientifiques de l’ARDiST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01759140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques artistiques et gestes professionnels des enseignants (éducation musicale, danse, design)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Arnaud-Bestieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARCD 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation didactique, situation opérationnelle de conception : construction, apports et emprunts théoriques d'une didactique naissante de la création-conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARCD 2018. "Apports réciproques entre didactique(s) des disciplines et recherches comparatistes en didactique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Arts appliqués et cultures artistiques ». Créativité, conception et développement personnel : étude en lycée professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Cusenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Créer pour éduquer. La place de la transdisciplinarité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’énonciation et le dialogue : processus d’apprentissage et compétence professionnelle de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude « Pédagogie du design-Design de la pédagogie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design Cognitive Process Using Digital Instruments: an Enlightening Design Activity of Secondary School Pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Monties Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondina Elms Pastel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learn x Design 2017 The allure of the digital and beyond.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Ravensbourne, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Collaborative Activities of Learning Design: &amp;quot; Inserting &amp;quot; Partnerships in Engineering and Technology Teaching with Novice Teachers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Pupils Attitudes Towards Technology (PATT) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Philadelphia, Pennsylvania, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practice and Impact of the Instruments in the French High School &amp;quot;Applied Arts&amp;quot; Curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Monties Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Make it Now!</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, University of Turku, Rauma Unit, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation didactique en baccalauréat technologique « design et arts appliqués » : l'activité de conception d'un artefact particulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Monties Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La conception d'un artefact: Approches ergonomiques et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03573381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La situation didactique en baccalauréat technologique « design et arts appliqués » : l’activité de conception d’un artefact particulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La conception d’un artefact : approches ergonomiques et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Didier; Denis Leuba; Céline Ohayon; Patrick Winterhalter; Sebastien Actis-Data, Oct 2016, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICT learning in A Design and Technology Curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pupils Attitudes Towards Technology (PATT 29)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Apr 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’activité cognitive des étudiants en design : falsifier les contraintes pour mieux apprendre à concevoir ou à créer ou bien les deux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Créativité et apprentissage : un tandem à ré-inventer ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Vaud, May 2014, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les activités collaboratives de la conception : comment introduire le travail d'équipe dans l'enseignement du design ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association pour la Recherche en Didactique des Sciences et des Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Mar 2014, Marseille, France. pp.513-523</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles technologies et l'enseignement du design au lycée : construire une didactique de la conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et technologies de l'information et de la communication (STIC) en milieu éducatif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">edutice-00875573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and statement: the understanding of sustainability in design learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Education for the Future: A Play on Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Technology Environmental Science and Mathematics Education Research Centre, University of Waikato, Dec 2013, Christchurch, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to teach the design in technology education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Education in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La créativité chez les étudiants en design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La créativité s'enseigne-t-elle? A tribute to Jean-Charles Lehahar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ « expressionnisme élémentaire » chez l’étudiant en design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche en éducation et en formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Genève, Association des enseignants et des chercheurs en sciences de l'éducation (AECSE), Sep 2010, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enseignement du design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Delatour France, 2023, 978-2-7521-0477-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geste créatif et activité formative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Arnaud-Bestieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didactique de la conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bonnardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Becerril Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clerc-Georgy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Chatoney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Didier; Nathalie Bonnardel. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de technologie de Belfort-Montbéliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Coédition UTBM - HEP Vaud, Michel Olinga, 979-10-91901-39-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créer pour éduquer. La place de la transdisciplinarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rezzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2019, Arts, transversalité, éducation, Gilles Boudinet, 978-2-343-17551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design & Cinéma. Accessoires et scénarisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEUG. Masterclasse, Marseille, France. 2023, pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les kits scientifiques de Kutì Kutì : apprentissage des arts et sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kutì Kutì</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu vidéo dans les processus d’enseignements-apprentissages : jeux sérieux et enjeux de savoirs, savoir-faire et savoir-être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu de l'oie : Histoire et métamorphoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Arrif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Delpu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent-Sébastien Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03364352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le design: geste créatif et activité formative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « potentialité sommeillante » de l’étudiant en design : l’activité de conception et les habitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de la recherche en design (ARD) 10. Transformer, Innover, Dérégler</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design et société, 2019, Transformer, Innover, Dérégler actes des 10e Ateliers de la recherche en design, Montréal, Québec, 21-24 octobre 2015, 978-2-9817497-2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former au design par l’alternance, en France : entre modèles conformistes d’apprentissage et exception du dispositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de la recherche en design (ARD) 10. Transformer, Innover, Dérégler</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design et société, 2019, Transformer, Innover, Dérégler actes des 10e Ateliers de la recherche en design, Montréal, Québec, 21-24 octobre 2015, 978-2-9817497-2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02151358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design Cognitive Process Using Digital Instruments: an Enlightening Design Activity of Secondary School Pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Farsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondina Elms Pastel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orchestre à l’école. L’éducation démocratique par la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Aix-en-Provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orchestre à l’école. Un autre regard sur l’éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Projets DAFIP Recherche Formation Terrain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02085255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu éducatif sur le hasard et l’évolution pour les élèves en science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cheneval-Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Coiffard Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Aix en provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02113889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pédagogie coopérative et collaborative en réseau d’éducation prioritaire : constitution d’une communauté apprenante d'enseignants, chercheurs et étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Antonietta Impedovo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Sabine Bampi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Aix en Provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId209"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A35F6686"/>
+    <w:nsid w:val="94252C2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-tortochot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4937-6071" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078013992" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/34702272" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/C-5630-2013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05538681v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Terrien" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Tortochot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hautbois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernandez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Rodriguez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863846v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Roy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tortochot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moineau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04280468v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03987288v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03790078v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/livres/engager-le-corps-pour-enseigner-et-apprendre-diversite-de-perspectives" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019647v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gobert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cast&#233;ra" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838174v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Romain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272084v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Roy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-geste_creatif_activite_formative_reengager_les_eleves_dans_les_apprentissages_par_les_enseignements_artistiques_alexandra_arnaud_bestieu_eric_tortochot-9782343224541-70216.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003376v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Farsy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151356v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Cusenier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=63222" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450062v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003507v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450082v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003527v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450064v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lebahar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450063v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389678v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mattei" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247604v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.1974-4382/22592" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05410402v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05071808v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759700v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chevalier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poplimont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Gimenez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/lpa.947" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04715634v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1113231ar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607743v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jade.12527" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04500413v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.026.0160" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695755v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hache" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Olympio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Baugnies" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1113334ar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290789v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04463334v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.025.0065" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04388900v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Demeester" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.5104" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03799625v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.015.0109" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753070v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/appareil.4617" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03644420v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Didier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.5734" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085131v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.218.0119" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450459v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1067220ar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673105v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Chatoney" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153180v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Garau Bellanger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roussel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748303v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755203v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607745v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04388839v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Moreau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couprie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04524279v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Vervoort" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598438v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ferri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04567129v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04233865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Cerisier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04233833v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Giacopazzi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04320171v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04079957v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04120018v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03790079v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03709635v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03709616v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03755153v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cheneval-Armand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019797v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne J&#233;gou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905400v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Pereira" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869081v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383677v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383654v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rey V&#233;ronique" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354803v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eschenauer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04388712v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522863v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04241756v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200034v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214270v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214273v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697075v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03348389v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698202v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196437v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Seoane" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151365v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129147v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Marchand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429959v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03664427v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169072v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Arnaud-Bestieu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rezzi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435945v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jegou Corinne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151367v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422770v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01759140v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01895243v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895272v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895273v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895271v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891260v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monties Farsy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blondina Elms Pastel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612962v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573381v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573192v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003690v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450060v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450089v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003874v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00875573v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450061v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050638v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Martin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450085v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450079v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04280458v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196081v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206152v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnardel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clerc-Georgy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utbm.fr/editions/collections/coeditions/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151355v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003591v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03709631v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Arnaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kut&#236; Kut&#236;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214287v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364352v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Arrif" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baudry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapron" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Delpu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501837v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151359v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151358v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692224v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02310880v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085255v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02113889v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coiffard Marre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01904483v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Antonietta Impedovo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sabine Bampi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-tortochot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4937-6071" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078013992" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/34702272" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/C-5630-2013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558562v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Roy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Cerisier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Tortochot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05538681v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Terrien" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hautbois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernandez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Rodriguez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863846v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tortochot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04280468v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03987288v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03790078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/livres/engager-le-corps-pour-enseigner-et-apprendre-diversite-de-perspectives" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019647v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gobert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cast&#233;ra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838174v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Romain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272084v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Roy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-geste_creatif_activite_formative_reengager_les_eleves_dans_les_apprentissages_par_les_enseignements_artistiques_alexandra_arnaud_bestieu_eric_tortochot-9782343224541-70216.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003376v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Farsy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151356v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Cusenier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=63222" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450062v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003507v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450082v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003527v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450064v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lebahar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450063v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05410402v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26443/mje/rsem.v59i3.10159" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389678v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mattei" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247604v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.1974-4382/22592" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05071808v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04715634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1113231ar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759700v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chevalier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poplimont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Gimenez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/lpa.947" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607743v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonnet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jade.12527" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04500413v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.026.0160" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695755v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hache" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Olympio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Baugnies" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1113334ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290789v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04388900v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Demeester" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.5104" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04463334v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.025.0065" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03799625v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.015.0109" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753070v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/appareil.4617" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03644420v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Didier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.5734" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085131v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.218.0119" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450459v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1067220ar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673105v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Chatoney" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153180v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Garau Bellanger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roussel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748303v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755203v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607745v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04388839v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Moreau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couprie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04524279v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Vervoort" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598438v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ferri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04567129v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04320171v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04233865v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04233833v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Giacopazzi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04079957v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04120018v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03790079v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03709635v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03709616v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03755153v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cheneval-Armand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019797v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne J&#233;gou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905400v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Pereira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869081v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383677v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383654v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rey V&#233;ronique" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eschenauer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522863v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04388712v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04241756v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200034v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214270v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214273v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697075v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03348389v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698202v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196437v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Seoane" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129147v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Marchand" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151365v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429959v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03664427v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169072v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Arnaud-Bestieu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rezzi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435945v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jegou Corinne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151367v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422770v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01759140v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01895243v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895272v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895273v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895271v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891260v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monties Farsy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blondina Elms Pastel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612962v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573192v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573381v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003690v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450060v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003874v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450089v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00875573v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450061v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050638v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Martin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450085v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450079v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04280458v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196081v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206152v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnardel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clerc-Georgy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utbm.fr/editions/collections/coeditions/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151355v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04003591v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03709631v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Arnaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kut&#236; Kut&#236;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214287v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364352v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Arrif" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baudry" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapron" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Delpu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501837v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151359v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151358v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692224v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02310880v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085255v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02113889v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coiffard Marre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01904483v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Antonietta Impedovo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sabine Bampi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>