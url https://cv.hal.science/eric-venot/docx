--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -372,982 +372,978 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05403529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Diversity of Oligosaccharide Composition in Rabbit Milk and Its Association with the Development of the Cecal Microbiota and the Survival of Young Rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">Assessment of local and systemic signature of eosinophilic esophagitis (EoE) in children through multi-omics approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Adel-Patient</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Campeotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Grauso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tjnut.2025.10.013⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1108895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1108895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05515081v1</w:t>
+                <w:t xml:space="preserve">hal-04032831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of local and systemic signature of eosinophilic esophagitis (EoE) in children through multi-omics approaches</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marta Grauso</w:t>
+                <w:t xml:space="preserve">Rapid structural characterization of human milk oligosaccharides and distinction of their isomers using trapped ion mobility spectrometry time‐of‐flight mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Rathahao-Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Delvaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meijie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Moroldo</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (10), 7 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/JMS.4885⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1108895⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04032831v1</w:t>
+                <w:t xml:space="preserve">hal-03940699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid structural characterization of human milk oligosaccharides and distinction of their isomers using trapped ion mobility spectrometry time‐of‐flight mass spectrometry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Blanche Guillon</w:t>
+                <w:t xml:space="preserve">Long-range linkage disequilibrium in French beef cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmajid El Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Blanquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-021-00657-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/JMS.4885⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03940699v1</w:t>
+                <w:t xml:space="preserve">hal-03318434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-range linkage disequilibrium in French beef cattle breeds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Rocha</w:t>
+                <w:t xml:space="preserve">Gene networks for three feed efficiency criteria reveal shared and specific biological processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Taussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliaxis Ramayo-Caldas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 53 (1), pp.1-14. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 52 (1), pp.67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-020-00585-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-021-00657-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03318434v1</w:t>
+                <w:t xml:space="preserve">hal-03006579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene networks for three feed efficiency criteria reveal shared and specific biological processes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Venot</w:t>
+                <w:t xml:space="preserve">Progressive ataxia of Charolais cattle highlights a role of KIF1C in sustainable myelination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Frah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Legoueix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (8), pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-020-00585-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03006579v1</w:t>
+                <w:t xml:space="preserve">hal-02624522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progressive ataxia of Charolais cattle highlights a role of KIF1C in sustainable myelination</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Legoueix</w:t>
+                <w:t xml:space="preserve">La sélection génétique des races bovines allaitantes en France : Un dispositif et des outils innovants au service des filières viande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Griffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulesteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Delpeuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Gion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 30 (2), pp.107-124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007550⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02624522v1</w:t>
+                <w:t xml:space="preserve">hal-01607593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sélection génétique des races bovines allaitantes en France : Un dispositif et des outils innovants au service des filières viande</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection of quantitative trait loci for maternal traits using high-density genotypes of Blonde d’Aquitaine beef cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Michenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Saintilan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Phocas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12863-016-0397-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607593v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the genetic variation of maternal behavior and suckling performance of continental beef cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Michenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1365,1116 +1361,986 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 48 (1), pp.45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-016-0223-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of quantitative trait loci for maternal traits using high-density genotypes of Blonde d’Aquitaine beef cattle</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genomic prediction in French Charolais beef cattle using high-density single nucleotide polymorphism markers1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Saintilan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 92 (8), pp.3258-3269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas2013-7478⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12863-016-0397-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02635606v1</w:t>
+                <w:t xml:space="preserve">hal-03161724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic prediction in French Charolais beef cattle using high-density single nucleotide polymorphism markers1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Fouilloux</w:t>
+                <w:t xml:space="preserve">Novel insights into the bovine polled phenotype and horn ontogenesis in Bovidae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivica I. Medugorac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan S. Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, online (5), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2527/jas2013-7478⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03161724v1</w:t>
+                <w:t xml:space="preserve">hal-01000794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel insights into the bovine polled phenotype and horn ontogenesis in Bovidae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anis Djari</w:t>
+                <w:t xml:space="preserve">High-density marker imputation accuracy in sixteen French cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle M.-N. Fouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François F. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain R. Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (1), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1297-9686-45-33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063512⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01000794v1</w:t>
+                <w:t xml:space="preserve">hal-01001056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-density marker imputation accuracy in sixteen French cattle breeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain R. Dassonneville</w:t>
+                <w:t xml:space="preserve">A 3.7 Mb deletion encompassing ZEB2 causes a novel polled and multisystemic syndrome in the progeny of a somatic mosaic bull</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marquant-Le Guienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, online (11), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0049084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1297-9686-45-33⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01001056v1</w:t>
+                <w:t xml:space="preserve">hal-01019835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3.7 Mb deletion encompassing ZEB2 causes a novel polled and multisystemic syndrome in the progeny of a somatic mosaic bull</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+                <w:t xml:space="preserve">Genetic structure of the European Charolais and Limousin cattle metapopulations using pedigree analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban A. Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. F. Forabosco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. A. Fogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (6), pp.1719-1730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2010-3469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0049084⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01019835v1</w:t>
+                <w:t xml:space="preserve">hal-01000450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structure of the European Charolais and Limousin cattle metapopulations using pedigree analyses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alban A. Bouquet</w:t>
+                <w:t xml:space="preserve">Estimating the probability of freedom of classical swine fever virus of the East-Belgium wild-boar population.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Mintiens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. A. Fogh</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dufey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 70, pp.211-222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2527/jas.2010-3469⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01000450v1</w:t>
+                <w:t xml:space="preserve">hal-02674795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the probability of freedom of classical swine fever virus of the East-Belgium wild-boar population.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Verloo</w:t>
+                <w:t xml:space="preserve">Use of structured andependence models for the genetic analysis of growth curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...84 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Denis Laloë</w:t>
+                <w:t xml:space="preserve">Aurélie Vinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Renand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 82, pp.3465-3473</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02678670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2484,881 +2350,881 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du métabolome pulmonaire chez les enfants asthmatiques sévères</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabolomic analysis of bronchoalveolar lavages from severe asthmatic children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Briard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Castellli</w:t>
+                <w:t xml:space="preserve">Florence A Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francophone d'allergologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Academy of Allergu and Clinical Immunology Congress 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Academy of Allergu and Clinical Immunology, Jun 2023, Hamburg (D), Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04280483v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic analysis of bronchoalveolar lavages from severe asthmatic children</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Briard</w:t>
+                <w:t xml:space="preserve">Analyse du métabolome pulmonaire chez les enfants asthmatiques sévères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florence A Castelli</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fenaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Castellli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Academy of Allergu and Clinical Immunology Congress 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Francophone d'allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Paris, France. 1p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reval.2023.103568⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276775v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotype by temperature-humidity index interactions on milk production in the Montbeliarde cattle breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Vinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mattalia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Mattalia</w:t>
+                <w:t xml:space="preserve">Vallée Roxane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vallée Roxane</w:t>
+                <w:t xml:space="preserve">Christine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">72nd Annual Meeting EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03336115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotype by temperature-humidity index interactions on production in the Montbeliarde cattle breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Vinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mattalia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Mattalia</w:t>
+                <w:t xml:space="preserve">Vallée Roxane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vallée Roxane</w:t>
+                <w:t xml:space="preserve">Christine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP -72 nd Annual Meeting, Davos, Switzerland, 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2021, Davos (Suisse), Switzerland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-918-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05061541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increase in the accuracy of selection for suckling performance in beef cows with a single-step, multiple-trait genomic evaluation model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Michenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Boichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Phocas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Massey University. NZL., Feb 2018, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des données d'abattage de bovins laitiers à des fins d'évaluation génétique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">French genomic experience: genomics for all ruminant species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iola Croué</w:t>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Promp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Vinet</w:t>
+                <w:t xml:space="preserve">Pascal Croiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Launay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Saintilan</w:t>
+                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRA-Institut de l'élevage, Dec 2016, PARIS, France</w:t>
+              <w:t xml:space="preserve">2016 Interbull Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Puerto Varas, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05060109v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French genomic experience: genomics for all ruminant species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Croiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40. Biennal session of ICAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Puerto Varas, Chile</w:t>
@@ -3373,686 +3239,686 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French genomic experience: genomics for all ruminant species</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valorisation des données d'abattage de bovins laitiers à des fins d'évaluation génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Croiseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
+                <w:t xml:space="preserve">Iola Croué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Promp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Vinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 Interbull Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Puerto Varas, Chile</w:t>
+              <w:t xml:space="preserve">Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRA-Institut de l'élevage, Dec 2016, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743221v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multibreed association studies at the sequence level : comparison between meta and joint analyses.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of beef cattle national genomic evaluation in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Saintilan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Teissier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+                <w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949217v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of beef cattle national genomic evaluation in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Saintilan</w:t>
+                <w:t xml:space="preserve">Multibreed association studies at the sequence level : comparison between meta and joint analyses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Teissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Tribout</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rabia Letaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Croiseau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
+              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01536479v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d’évaluations génomiques nationales dans les populations bovines allaitantes françaises Charolaise, Limousine et Blonde d’Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Paris, France. 409 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d’une évaluation nationale du comportement des bovins allaitants à partir de données recueillies en ferme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Guerrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Guerrier</w:t>
+                <w:t xml:space="preserve">Philippe Lajudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lajudie</w:t>
+                <w:t xml:space="preserve">V. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide scan for reproductive traits of beef heifers using high density SNP panels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Michenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4080,1397 +3946,1397 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01731142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New french genetic evaluations of fertility and productive life of beef cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Del-Pilar Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria-Del-Pilar Schneider</w:t>
+                <w:t xml:space="preserve">Serge Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Miller</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mathilde Aignel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congres Interbull</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouverture pelvienne : des paramètres génétiques aux index de sélection en station</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Guerrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Rencontres Recherches Ruminants (3 R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Paris, France. pp.85-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the 50K chip to the HD: Imputation efficiency in 9 French dairy cattle breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze Hoze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Hoze Hoze</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Venot</w:t>
+                <w:t xml:space="preserve">François Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia. pp.308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beef without borders: genetic parameters for Charolais and Limousine Interbeef genetic evaluation of weaning weights.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavio Forabosco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavio Forabosco</w:t>
+                <w:t xml:space="preserve">A. Fogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inconnu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interbeef genetic evaluation of Charolais and Limousine weaning weights.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavio Forabosco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavio Forabosco</w:t>
+                <w:t xml:space="preserve">A. Fogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inconnu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fattening beef for froggies: post-weaning evaluations in French beef breeds</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Level of connectedness and reliability in international beef evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Sullivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congres Interbull</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Niagara Falls, United States. pp.8-12</w:t>
+              <w:t xml:space="preserve">Interbull Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Niagara Falls, United States. pp.3-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751232v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Level of connectedness and reliability in international beef evaluation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fattening beef for froggies: post-weaning evaluations in French beef breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interbull Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Niagara Falls, United States. pp.3-7</w:t>
+              <w:t xml:space="preserve">Congres Interbull</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Niagara Falls, United States. pp.8-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193790v1</w:t>
+                <w:t xml:space="preserve">hal-02751232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interbeef, the story so far.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Cattle Conference, 22-24 January 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2007, Shropshire, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First steps towards a European joint genetic evaluation of the Limousine breed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pabiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pabiou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Laloë</w:t>
+                <w:t xml:space="preserve">Brian Wickham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Noël Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2006 Interbull Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Kuopio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers pas vers une évaluation génétique européenne de la race Limousine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Wickham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of routine international genetic evaluation services for beef cattle as an extension of Interbull's services.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Journaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Wickham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Pabiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inconnu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Kuopio</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic analysis of growth curve parameters for beef cattle using Markov Chain Monte Carlo estimation methods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Piles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Renand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55th Annual Meeting EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Bled, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5480,301 +5346,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic search for chemical exposure markers in LC-HRMS metabolomic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Saunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Venot</w:t>
+                <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Behkti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15èmes Journées Scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of FUT2/FUT3 polymorphism on human breastmilk oligosaccharide composition in the EDEN mother-child cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaïl Berdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du métabolome pulmonaire chez les enfants asthmatiques sévères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5796,504 +5662,504 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès francophone d’allergologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Paris, France. Revue Française d'Allergologie, 63 (3), pp.4, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.reval.2023.103568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04276720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Multi-omics of early breast milk constituents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camilo Broc</w:t>
+                <w:t xml:space="preserve">Development of an automated bioinformatic workflow to assess oligosaccharide composition of early breast milk samples from LC-HRMS data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaïl Berdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Colsch</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghita Tajeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on computaional biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Virtuel, France</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du Réseau Francophone de Fluxomique et de Métabolomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, AUSSOIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739277v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04351512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an automated bioinformatic workflow to assess oligosaccharide composition of early breast milk samples from LC-HRMS data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrated Multi-omics of early breast milk constituents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Broc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaïl Berdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ghita Tajeddine</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du Réseau Francophone de Fluxomique et de Métabolomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, AUSSOIS, France</w:t>
+              <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on computaional biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04351512v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la mise en place d’une évaluation génétique des bovins allaitants de l’île de la Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Naves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">http://www.journees3r.fr/spip.php?article4518</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, http://www.journees3r.fr/spip.php?article4518</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candidate genes for milk production traits in Limousin beef cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Michenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6321,314 +6187,314 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Plant and Animal Genome Conference (PAG XXIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, San Diego, United States. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accuracy of genomic prediction in French Charolais cattle population using high-density chip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Gunia</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">R; Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">American Society of Animal Science</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 10th World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic architecture of birth and weaning traits in Charolais beef cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. American Society of Animal Science, 2014, 10th World Congress of Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6638,249 +6504,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interbeef in practice: example of a joint genetic evaluation between France, Ireland and United Kingdom for pure bred Limousine weaning weights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Fouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coffey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interbull technical workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Paris, France. International Bull Evaluation Service, pp.1 volume, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data exchanges for beef international evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pabiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guerrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interbull Technical Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Paris, France. International Bull Evaluation Service, pp.1 volume, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6890,51 +6756,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokines and metabolites are the main descriptors of severe asthma in children when performing multi-omics analysis of bronchoaleveolar lavages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6956,95 +6822,249 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Grauso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04678528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DMP du projet &amp;quot;Le lait maternel un nouveau paradigme pour préserver la descendance née de mère ayant développé un diabète gestationnel de la mise en place ultérieure d'un diabète</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cécile Alexandre-Gouabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmani Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madia Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04678528v1</w:t>
+              <w:t xml:space="preserve">Inrae. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId209"/>
+      <w:footerReference w:type="default" r:id="rId214"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7191,51 +7211,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05427908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Briard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grauso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bruneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112359" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403529v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2025.10.013" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515081v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04032831v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adel-Patient" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Campeotto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1108895" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03940699v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rathahao-Paris" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delvaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijie Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/JMS.4885" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318434v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid El Hou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Philippe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00657-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006579v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Taussat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliaxis Ramayo-Caldas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00585-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624522v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchesne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Frah" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Floriot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Legoueix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007550" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607593v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Griffon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulesteix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delpeuch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341379v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michenet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Saintilan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0223-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635606v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Barbat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-016-0397-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161724v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gunia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saintilan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Venot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoz&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouilloux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2013-7478" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000794v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica I. Medugorac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan S. Krebs" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063512" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001056v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoz&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Guillaume" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Dassonneville" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-33" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019835v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049084" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000450v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban A. Bouquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Forabosco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Fogh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3469" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674795v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mintiens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verloo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laevens" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678670v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Renand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04280483v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fenaille" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castellli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103568" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276775v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence A Castelli" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336115v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mattalia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vall&#233;e Roxane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bertrand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05061541v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-918-3" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733972v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Boichon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iola Crou&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Promp" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Launay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606324v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Croiseau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fritz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743221v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949217v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Letaief" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Fouilloux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743442v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744229v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lajudie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dufour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leudet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731142v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189870v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Del-Pilar Schneider" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Miller" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aignel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193866v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Fouilloux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748900v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoze" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Fouilloux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dassonneville" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756147v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Forabosco" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fogh" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pabiou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752538v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751232v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193790v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sullivan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813463v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757220v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pabiou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Wickham" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie No&#235;l Fouilloux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750469v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wickham" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750693v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journaux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829989v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piles" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04644047v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Saunier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Behkti" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351464v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#239;l Berdi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cholet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276720v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739277v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Broc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colsch" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351512v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Tajeddine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734448v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741791v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194078v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R; Saintilan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194101v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822252v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coffey" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823377v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05427908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Briard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Grauso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bruneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112359" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403529v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2025.10.013" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04032831v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adel-Patient" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Campeotto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1108895" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03940699v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rathahao-Paris" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delvaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijie Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/JMS.4885" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318434v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid El Hou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Philippe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00657-8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006579v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Taussat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliaxis Ramayo-Caldas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00585-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624522v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchesne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Frah" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Floriot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Legoueix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007550" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607593v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Griffon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulesteix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delpeuch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gion" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635606v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michenet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Barbat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Saintilan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-016-0397-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341379v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0223-z" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gunia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saintilan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Venot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoz&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouilloux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2013-7478" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica I. Medugorac" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan S. Krebs" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063512" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001056v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoz&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Guillaume" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Dassonneville" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-33" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019835v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049084" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000450v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban A. Bouquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Forabosco" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Fogh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3469" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674795v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mintiens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verloo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laevens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufey" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678670v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vinet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Renand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276775v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence A Castelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04280483v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fenaille" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Castellli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103568" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336115v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mattalia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vall&#233;e Roxane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bertrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05061541v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-918-3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733972v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Boichon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743221v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Croiseau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606324v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fritz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060109v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iola Crou&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Promp" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Launay" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536479v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Fouilloux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949217v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Letaief" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743442v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Fouilloux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744229v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerrier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lajudie" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dufour" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leudet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731142v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189870v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Del-Pilar Schneider" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Miller" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aignel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193866v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Fouilloux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748900v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze Hoze" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Fouilloux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dassonneville" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756147v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Forabosco" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fogh" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pabiou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752538v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sullivan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751232v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813463v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757220v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pabiou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Wickham" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie No&#235;l Fouilloux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750469v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wickham" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750693v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journaux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829989v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piles" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04644047v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Saunier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Behkti" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351464v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#239;l Berdi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cholet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276720v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351512v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Tajeddine" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739277v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Broc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colsch" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734448v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Naves" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741791v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194078v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R; Saintilan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194101v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822252v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coffey" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823377v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678528v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536504v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Alexandre-Gouabau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Billard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmani Amar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouzidi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>