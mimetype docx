--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -724,746 +724,746 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05030309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of dynamic visual feedback system on seasickness</w:t>
+                <w:t xml:space="preserve">Seasickness and partial peripheral vision obstruction with versus without an artificial horizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille de Thierry de Faletans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Misericordia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascale Duché</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Duché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ergonomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apergo.2024.104318⟩</w:t>
+              <w:t xml:space="preserve">Displays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85, pp.102851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.displa.2024.102851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05030330v1</w:t>
+                <w:t xml:space="preserve">hal-05030321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasickness and partial peripheral vision obstruction with versus without an artificial horizon</w:t>
+                <w:t xml:space="preserve">Motion sickness and visual impairment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille de Thierry de Faletans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Duché</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Displays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 85, pp.102851. </w:t>
+              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 217, pp.111063. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.displa.2024.102851⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2024.111063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05030321v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motion sickness and visual impairment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille de Thierry de Faletans</w:t>
+                <w:t xml:space="preserve">Temporal adaptation of the postural control following a prolonged fin swimming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P Duché</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Castagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2024.111063⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 124 (10), pp.3031-3043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-024-05512-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05030327v1</w:t>
+                <w:t xml:space="preserve">hal-05030315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal adaptation of the postural control following a prolonged fin swimming</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Coq</w:t>
+                <w:t xml:space="preserve">Sex of an Observer Effects on Adults’ Motor, Cognitive, and Affective Dart-Shooting Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Castagna</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jarraya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-024-05512-4⟩</w:t>
+              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 131 (5), pp.1788 - 1813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/00315125241272509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05030315v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex of an Observer Effects on Adults’ Motor, Cognitive, and Affective Dart-Shooting Performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">The Impact of Social Context on Motor, Cognitive, and Affective Behaviors: A Pilot Study Among Physical Education Students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Mnif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ben Aissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Rebhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/00315125241272509⟩</w:t>
+              <w:t xml:space="preserve">Annals of Applied Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (Spring Supplementary), pp.0 - 0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61186/aassjournal.1239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05030316v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Social Context on Motor, Cognitive, and Affective Behaviors: A Pilot Study Among Physical Education Students</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Soufien Chikh</w:t>
+                <w:t xml:space="preserve">Effects of dynamic visual feedback system on seasickness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille de Thierry de Faletans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Misericordia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Duché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Applied Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (Spring Supplementary), pp.0 - 0. </w:t>
+              <w:t xml:space="preserve">Applied Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 119, pp.104318. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.61186/aassjournal.1239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apergo.2024.104318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05030357v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship of Force–Velocity Profile between Field Sprints and Lab Ballistic or Cycling Ergometer for Wheelchair Basketball Players</w:t>
               </w:r>
@@ -1573,780 +1573,780 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does the central nervous system control forthcoming movement with different emotional stimuli?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soufien Chikh</w:t>
+                <w:t xml:space="preserve">Sprint performance and force application of tennis players during manual wheelchair propulsion with and without holding a tennis racket</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Alberca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hager Meguidich</w:t>
+                <w:t xml:space="preserve">Félix Chénier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hichem Souissi</w:t>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.00315125211070107. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (2), pp.e0263392. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/00315125211070107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0263392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03582312v1</w:t>
+                <w:t xml:space="preserve">hal-03582298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sprint performance and force application of tennis players during manual wheelchair propulsion with and without holding a tennis racket</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilona Alberca</w:t>
+                <w:t xml:space="preserve">How does the central nervous system control forthcoming movement with different emotional stimuli?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Chénier</w:t>
+                <w:t xml:space="preserve">Hager Meguidich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+                <w:t xml:space="preserve">Hichem Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (2), pp.e0263392. </w:t>
+              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.00315125211070107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0263392⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/00315125211070107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03582298v1</w:t>
+                <w:t xml:space="preserve">hal-03582312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Activity during Weekdays and Weekends in Persons with Multiple Sclerosis</w:t>
+                <w:t xml:space="preserve">Approche comparée de l’apprentissage synchrone vs asynchrone de la propulsion en fauteuil roulant manuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
+                <w:t xml:space="preserve">I. Alberca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Decavel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Pradon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chénier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s21113617⟩</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (2), pp.e33 - e41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2020.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03276088v1</w:t>
+                <w:t xml:space="preserve">hal-03328545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche comparée de l’apprentissage synchrone vs asynchrone de la propulsion en fauteuil roulant manuel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relations between maximal strength indices and bone health parameters in a group of elderly subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Astier</w:t>
+                <w:t xml:space="preserve">A. Antoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Saddick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Nasr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Chénier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 36 (2), pp.e33 - e41. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2020.04.003⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 36 (1), pp.89-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2020.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328545v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations between maximal strength indices and bone health parameters in a group of elderly subjects</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bayesian model for pedestrian’s behavior analysis based on image and video processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Saddick</w:t>
+                <w:t xml:space="preserve">Nabila Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Nasr</w:t>
+                <w:t xml:space="preserve">Cina Motamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Khalil</w:t>
+                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 36 (1), pp.89-93. </w:t>
+              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (01), </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2020.09.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/1.JEI.30.1.013019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03276145v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian model for pedestrian’s behavior analysis based on image and video processing</w:t>
+                <w:t xml:space="preserve">Physical Activity during Weekdays and Weekends in Persons with Multiple Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabila Mansouri</w:t>
+                <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cina Motamed</w:t>
+                <w:t xml:space="preserve">Thierry Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Watelain</w:t>
+                <w:t xml:space="preserve">Pierre Decavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30 (01), </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (11), pp.3617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JEI.30.1.013019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s21113617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03276140v1</w:t>
+                <w:t xml:space="preserve">hal-03276088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handrim forces during wheelies performance in able-bodied and SCI subjects</w:t>
               </w:r>
@@ -2449,51 +2449,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting manual wheelchair initiation movement with EMG activity during over ground propulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2730,132 +2730,144 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of three different types of physical training programs on bone mineral density in a group of elderly subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riad Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Rassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Rassy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Watelain</w:t>
+                <w:t xml:space="preserve">S. Ishac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obaida Abdul Al</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (3), pp.186-189. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2019.01.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2019.01.004⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2890,51 +2902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ishac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Abdul Al</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2946,3351 +2958,3379 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (1), pp.56-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03520635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arm-trunk coordination in wheelchair initiation displacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 33 (Supp. 1), pp.S2-S3. </w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40, pp.16-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2018.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652058v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arm-trunk coordination in wheelchair initiation displacement</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+                <w:t xml:space="preserve">Physical Performance Variables and Bone Mineral Density in a Group of Young Overweight and Obese Men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César El Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuel Boudet</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lespessailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2018.03.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Densitometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (1), pp.41-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocd.2016.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03027991v1</w:t>
+                <w:t xml:space="preserve">hal-03028009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Performance Variables and Bone Mineral Density in a Group of Young Overweight and Obese Men</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Activités aquatiques à visée thérapeutique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sultana Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kemoun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Densitometry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Emc Kinesitherapie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26-140-A-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028009v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03028098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video-processing-based system for automated pedestrian data collection and analysis when crossing the street</w:t>
+                <w:t xml:space="preserve">No effect of fampridine on real-life physical activity in people with multiple sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabila Mansouri</w:t>
+                <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cina Motamed</w:t>
+                <w:t xml:space="preserve">Pierre Decavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61 (2), pp.105-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2017.10.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JEI.27.2.023016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03027998v1</w:t>
+                <w:t xml:space="preserve">hal-03028018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités aquatiques à visée thérapeutique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Video-processing-based system for automated pedestrian data collection and analysis when crossing the street</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gilles Kemoun</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cina Motamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emc Kinesitherapie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (2), pp.023016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JEI.27.2.023016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028098v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No effect of fampridine on real-life physical activity in people with multiple sclerosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrokinésithérapie. Principes et infrastructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Decavel</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sultana Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kemoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Emc Kinesitherapie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26-140-A-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03028018v1</w:t>
+                <w:t xml:space="preserve">hal-03028086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrokinésithérapie. Principes et infrastructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of synchronous versus asynchronous push modes on performance and biomechanical parameters in elite wheelchair basketball</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Weissland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pradon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emc Kinesitherapie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sports Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (1), pp.43-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12283-017-0245-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028086v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01869736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of synchronous versus asynchronous push modes on performance and biomechanical parameters in elite wheelchair basketball</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier Pradon</w:t>
+                <w:t xml:space="preserve">Éditorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Lentin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12283-017-0245-y⟩</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (Supp. 1), pp.S2-S3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01869736v1</w:t>
+                <w:t xml:space="preserve">hal-03652058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of physical activities centered on the trunk for pregnant women</w:t>
+                <w:t xml:space="preserve">La marche humaine : de l’analyse quantifiée à l’aide au diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physician and Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00913847.2017.1351286⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 98 (4), pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2017028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028023v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03028102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of Fampridine (4-aminopyridine) in physical activity during weekdays and weekends in persons with multiple sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance and environmental factors related to the main locomotor outcome in persons with an unilateral transtibial amputation equipped with energy storage and return feet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshimasa Sagawa Jr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoshimasa Sagawa Júnior</w:t>
+                <w:t xml:space="preserve">Ali Moustapha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Beaucamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Thevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Decavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2017.07.046⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 98, pp.67-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2017023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03466594v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03028107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La marche humaine : de l’analyse quantifiée à l’aide au diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urban legends in gait analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Leteneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Begon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 98 (4), pp.1-4. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2017028⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 98, pp.5-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2017003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028102v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03028123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance and environmental factors related to the main locomotor outcome in persons with an unilateral transtibial amputation equipped with energy storage and return feet</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Decreased Composite Indices of Femoral Neck Strength in Young Obese Men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hechmi Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lespessailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2017023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Densitometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (2), pp.268-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocd.2016.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03028107v1</w:t>
+                <w:t xml:space="preserve">hal-03028031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban legends in gait analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benefits of physical activities centered on the trunk for pregnant women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Racha Doya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hechmi Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2017003⟩</w:t>
+              <w:t xml:space="preserve">Physician and Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (3), pp.293-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00913847.2017.1351286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028123v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03028023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decreased Composite Indices of Femoral Neck Strength in Young Obese Men</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The effect of Fampridine (4-aminopyridine) in physical activity during weekdays and weekends in persons with multiple sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshimasa Sagawa Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Decavel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Densitometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jocd.2016.03.013⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 60, pp.e86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2017.07.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028031v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forty years later, a systematic literature review on inclusion in physical education (1975–2015): A teacher perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tant</w:t>
+                <w:t xml:space="preserve">Perceived exertion responses and performance of two mode of propulsion in the multistage field test with wheelchair basketball players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Weissland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Research Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.edurev.2016.04.002⟩</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (6), pp.e181-e188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2016.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033866v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03033903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived exertion responses and performance of two mode of propulsion in the multistage field test with wheelchair basketball players</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+                <w:t xml:space="preserve">Forty years later, a systematic literature review on inclusion in physical education (1975–2015): A teacher perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2016.08.002⟩</w:t>
+              <w:t xml:space="preserve">Educational Research Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.edurev.2016.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033903v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03033866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow walking model for children with multiple disabilities via an application of humanoid robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zefeng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Peyrodie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hua Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Agnani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 68-69, pp.608-619. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2015.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03033855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusion et bien-être des élèves en situation de handicap moteur. Analyse des pratiques différenciées d’enseignants d’Éducation Physique et Sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2 (1), pp.45-60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The &amp;quot;Stroop Walking Task&amp;quot; : An innovative dual-task for the early detection of executive function impairment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G Kemoun</w:t>
+                <w:t xml:space="preserve">Inclusion et bien-être des élèves en situation de handicap moteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Berthoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.03.001⟩</w:t>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01220808v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03482553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion et bien-être des élèves en situation de handicap moteur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tant</w:t>
+                <w:t xml:space="preserve">The &amp;quot;Stroop Walking Task&amp;quot; : An innovative dual-task for the early detection of executive function impairment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïck Perrochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berthoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17184/eac.618⟩</w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (3), pp.181-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03482553v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the kinematic of the trunk during the forehand in tennis still disrupted in women at one year postpartum?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racha Doya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Bourrelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17 (sup1), pp.168-169. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2014.931647⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03663308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Functional Reach Test: Strategies, performance and the influence of age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. de Waroquier-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bleuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Serafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pardessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 57 (6-7), pp.452-464. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rehab.2014.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do healthy older pedestrians walk when they cross the street?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delzenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Bourrelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janick Naveteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17 (sup1), pp.98--99. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2014.931165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01342020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attitudes des enseignants d’Éducation Physique envers l’inclusion d’un élève en situation de handicap. Une revue systématique de la littérature (1975-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 106 (4), pp.37-53. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sta.106.0037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of synchronous versus asynchronous mode of propulsion on wheelchair basketball sprinting.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gorce</w:t>
+                <w:t xml:space="preserve">The analysis of official texts on inclusive education (since 1975) allow it to theorize an evolution of inclusion of students with disabilities in school and in physical education?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Carnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Watte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/17483107.2012.756947⟩</w:t>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.2657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01145760v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concomitant changes in clinical and posturographic data in elderly fallers during the course of an in-home anti-falling multimodal program – A preliminary investigation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Kemoun</w:t>
+                <w:t xml:space="preserve">Are clinical measurements linked to the Gait Deviation Index in cerebral palsy patients?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Dugué</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Géraldo De Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Kaelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2013.06.003⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (2), pp.276--280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2012.11.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342023v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The analysis of official texts on inclusive education (since 1975) allow it to theorize an evolution of inclusion of students with disabilities in school and in physical education?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tant</w:t>
+                <w:t xml:space="preserve">Walking Stroop carpet: an innovative dual-task concept for detecting cognitive impairment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïck Perrochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Watte</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berthoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 29, </w:t>
+              <w:t xml:space="preserve">Clinical Interventions in Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, pp. 317-328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ejrieps.2657⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2147/CIA.S38667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034223v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crosswalk time estimation and time perception: An experimental study among older female pedestrians</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janick Naveteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delzenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Sockeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6375,51 +6415,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronology of postural and focal component of muscular activity during manual wheelchair propulsion initiation: effect of different trajectories and velocities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnes Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6637,2432 +6677,2428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03534129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are clinical measurements linked to the Gait Deviation Index in cerebral palsy patients?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
+                <w:t xml:space="preserve">L’analyse des textes sur l’inclusion scolaire (depuis 1975) permet-elle de modéliser une évolution théorique du processus intégratif des élèves en situation de handicap à l’école et en EPS ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldo De Coulon</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carnel Béatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Watte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2012.11.026⟩</w:t>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29, pp.59-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.2657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01342233v1</w:t>
+                <w:t xml:space="preserve">hal-03544458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walking Stroop carpet: an innovative dual-task concept for detecting cognitive impairment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G Kemoun</w:t>
+                <w:t xml:space="preserve">Concomitant changes in clinical and posturographic data in elderly fallers during the course of an in-home anti-falling multimodal program – A preliminary investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Carette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Berthoz</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dugué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Interventions in Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8, pp. 317-328. </w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43 (4), pp.229--236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/CIA.S38667⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2013.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01141815v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’analyse des textes sur l’inclusion scolaire (depuis 1975) permet-elle de modéliser une évolution théorique du processus intégratif des élèves en situation de handicap à l’école et en EPS ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tant</w:t>
+                <w:t xml:space="preserve">Effects of synchronous versus asynchronous mode of propulsion on wheelchair basketball sprinting.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Watte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ejrieps.2657⟩</w:t>
+              <w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (6), pp.496-501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/17483107.2012.756947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544458v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01145760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wheelchairs propulsion analysis: review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshimasa Sagawa Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Haupenthal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noé Gomes Borges Junior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Pacheco Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fisioterapia em Movimento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 25 (1), pp.185-194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1590/S0103-51502012000100018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanics and physiological parameters during gait in lower-limb amputees: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Turcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vuillerme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 33 (4), pp.511-526. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2011.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03033801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using EMGs and kinematics data to study the take-off technique of experts and novices for a pole vaulting short run-up educational exercise</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mark Goss-Sampson</w:t>
+                <w:t xml:space="preserve">A Biomechanical Analysis of Handcycling: A Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Lepoutre</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Thevenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Science and Medicine in Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsams.2009.07.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (2), pp.240-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jab.26.2.240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03030954v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Wheelchair Mass on the Physiologic Responses, Perception of Exertion, and Performance During Various Simulated Daily Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshimasa Sagawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thevenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 91 (8), pp.1248-1254. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apmr.2010.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Biomechanical Analysis of Handcycling: A Case Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gorce</w:t>
+                <w:t xml:space="preserve">Using EMGs and kinematics data to study the take-off technique of experts and novices for a pole vaulting short run-up educational exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Bassement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Goss-Sampson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">André Thevenon</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/jab.26.2.240⟩</w:t>
+              <w:t xml:space="preserve">Journal of Science and Medicine in Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13 (5), pp.554-558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsams.2009.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03030946v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological responses in handcycling. Preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Weissland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ribadeau Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Baudinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 52 (4), pp.311-318. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rehab.2009.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03033981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thymocognitive input and postural regulation: A study on obsessive–compulsive disorder patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Carette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Floirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 38 (2), pp.99-104. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2007.12.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking clinical measurements and kinematic gait patterns of toe-walking using fuzzy decision trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moïse Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 25 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2006.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01370304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and classification of toe-walkers based on ankle kinematics, using a data-mining method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moïse Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Patte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Rivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 23 (2), pp.240-248. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2005.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison of gait in spinal muscular atrophy, type II and Duchenne muscular dystrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moïse Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Patte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 21 (4), pp.369-378. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2004.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMPARISON OF CLINICAL GAIT ANALYSIS STRATEGIES BY FRENCH NEUROLOGISTS, PHYSIATRISTS AND PHYSIOTHERAPISTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Lensel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 35 (1), pp.8-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/16501970306104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maladie de Parkinson comme modèle de vieillissement : analyse prospective des troubles de la marche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Defebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guieu Jd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Neurologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies posturales et chutes chez la personne âgée et le sujet parkinsonien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Defebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.D Guieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Destee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 45 (9), pp.485-492. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0168-6054(02)00301-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03033931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pelvic and lower limb compensatory actions of subjects in an early stage of hip osteoarthritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Babier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domitille Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 82 (12), pp.1705-1711. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1053/apmr.2001.26812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gait pattern classification of healthy elderly men based on biomechanical data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Angué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Physical Medicine and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 81 (5), pp.579-586. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0003-9993(00)90038-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9072,281 +9108,281 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skeleton-based Visual Recognition of Diver's Gesture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Ghader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Limerick, Jun 2023, Limerick, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divers gesture recognition from upper limb tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Ghader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19éme colloque ORASIS (journées francophones des jeunes chercheurs en vision par ordinateur )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thanh Phuong Nguyen; Yassine Zniyed; Nadège Thirion-Moreau; Sandra Senisar; Eric Moreau; Thanh Tuan Nguyen, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04108621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt d'une démarche pluridisciplinaire en matière d'accessibilité : exemple de l'étude pilote du campus de la Garde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opale Vigié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Pradon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9354,2068 +9390,2068 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handicap 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Fédératif de Recherche sur les Aides Techniques pour personnes Handicapées (IFRATH), Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the COVID-19 national lockdown on physical fitness in active vs inactive French adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Larribaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cholley Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe congrès international de l'Association des Chercheurs en Activités Physiques et Sportives, du 27 au 31 octobre 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fat mass is negatively associated with composite indices of femoral neck strength in elderly Lebanese subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Antoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Saddiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hammouda Elbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Bioengineering, Biomedical Signal and Image Processing- BIOMESIP 2021, July 19th-21th, 2021. Gran Canaria (Meloneras), Spain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Gran Canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03277268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning for Underwater Gesture Identification From Airbone Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Ghader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03274321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence d’une journée handisport sur les attitudes des élèves ordinaires envers leurs pairs en situation de handicap</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Tant</w:t>
+                <w:t xml:space="preserve">Sarcopenia and Hip Structure Analysis Variables in a Group of Lebanese Postmenopausal Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayman Saddik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe Journées francophones en activités physiques adaptées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.062⟩</w:t>
+              <w:t xml:space="preserve">6th International Work-Conference on Bioinformatics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Granada, Spain. pp.69-74, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78759-6_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03177533v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la performance et du risque de blessures lors de la propulsion en fauteuil roulant manuel avec raquette de tennis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+                <w:t xml:space="preserve">Plongée sous-marine et déficience motrice : état de l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Toulon, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S8-S10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463714v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarcopenia and Hip Structure Analysis Variables in a Group of Lebanese Postmenopausal Women</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riad Nasr</w:t>
+                <w:t xml:space="preserve">Étude de cas : analyse biomécanique de deux modes de propulsion lors du démarrage et à vitesse stabilisée en fauteuil roulant manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Bascou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Combet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ghassan Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Work-Conference on Bioinformatics and Biomedical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIXe journées Francophones en Activités Physiques Adaptées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.Page S25, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-78759-6_7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03463110v1</w:t>
+                <w:t xml:space="preserve">hal-03651993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de cas : analyse biomécanique de deux modes de propulsion lors du démarrage et à vitesse stabilisée en fauteuil roulant manuel</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Watelain</w:t>
+                <w:t xml:space="preserve">Peut-on prédire la vitesse et la direction de l’initiation du déplacement en fauteuil roulant manuel à partir de l’activité EMG ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pradon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe journées Francophones en Activités Physiques Adaptées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.034⟩</w:t>
+              <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03651993v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on prédire la vitesse et la direction de l’initiation du déplacement en fauteuil roulant manuel à partir de l’activité EMG ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Samuel Boudet</w:t>
+                <w:t xml:space="preserve">Effet de différents repères visuels sur le maintien de l’équilibre sur deux-roues en fauteuil roulant manuel : étude préliminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Olive Medodjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S26, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.036⟩</w:t>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S26-S27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463772v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de différents repères visuels sur le maintien de l’équilibre sur deux-roues en fauteuil roulant manuel : étude préliminaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Olive Medodjou</w:t>
+                <w:t xml:space="preserve">Handisport : anticiper les intentions pour minimiser les efforts en basket-fauteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Kharrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fairouz Azaiez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S26-S27, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.037⟩</w:t>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463655v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plongée sous-marine et déficience motrice : état de l’art</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Trape</w:t>
+                <w:t xml:space="preserve">Peut-on faciliter l’apprentissage du deux-roues en fauteuil roulant manuel par une stimulation visuel spécifique ? Étude préliminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Olive Medodjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S8-S10, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.005⟩</w:t>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S42, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463683v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on faciliter l’apprentissage du deux-roues en fauteuil roulant manuel par une stimulation visuel spécifique ? Étude préliminaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Olive Medodjou</w:t>
+                <w:t xml:space="preserve">Influence d'un programme handisport sur les attitudes des élèves ordinaires envers l'inclusion scolaire de leurs pairs en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antonio Pinti</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amael André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Despois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10ème biennale de l'ARIS (association pour la recherche pour l'intervention dans le sport) : L’intervention dans les pratiques physiques, sportives et artistiques : responsabilités et stratégies des acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille 2; UFR STAPS, Jun 2018, Ronchin, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463670v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handisport : anticiper les intentions pour minimiser les efforts en basket-fauteuil</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nadia Kharrat</w:t>
+                <w:t xml:space="preserve">Apprentissage des propulsions synchrone et asynchrone en fauteuil roulant manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Alberca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Combet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pradon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S20, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.024⟩</w:t>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S39-S40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463737v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence d'un programme handisport sur les attitudes des élèves ordinaires envers l'inclusion scolaire de leurs pairs en situation de handicap</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Influence d’une journée handisport sur les attitudes des élèves ordinaires envers leurs pairs en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Despois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème biennale de l'ARIS (association pour la recherche pour l'intervention dans le sport) : L’intervention dans les pratiques physiques, sportives et artistiques : responsabilités et stratégies des acteurs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIXe Journées francophones en activités physiques adaptées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S39, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463905v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03177533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage des propulsions synchrone et asynchrone en fauteuil roulant manuel</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId325" w:history="1">
+                <w:t xml:space="preserve">Etude de la performance et du risque de blessures lors de la propulsion en fauteuil roulant manuel avec raquette de tennis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Combet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Pradon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées de l’AFAPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Toulon, France. pp.S39-S40, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, May 2018, Toulon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463699v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are There Benefits Of Physical Activities Centered On The Trunk For Pregnant Women?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racha Doya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hechmi Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting, World Congress on Exercise is Medicine®, and World Congress on the Basic Science of Exercise and the Brain of the American College of Sports Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Denver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03456718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of 12 months of resistance training versus endurance training on bone mineral density in young overweight men</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawad El Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. El-Khouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Matta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Frenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassan Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCO-IOF-ESCEO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03462120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tests de terrain vs tests en laboratoire : analyse physiologique et biomécanique des modes de propulsionsynchrone et asynchrone chez des basketteurs en fauteuil roulant manuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11443,1624 +11479,1624 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Congrès international de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse biomécanique du sprint et du freinage lors de la propulsion synchrone vs asynchrone en fauteuil roulant chez des athlètes du pôle France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Weissland</w:t>
+                <w:t xml:space="preserve">Segmentation d’images et analyse de débris de prothèses articulaires issus d’un simulateur POD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cina Motamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hechmi Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe Journées d’Etudes Francophones en Activités Physiques Adaptées (AFAPA-Amiens 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Amiens, France</w:t>
+              <w:t xml:space="preserve">Handicap 2016 - 9 ème Conférence sur les Aides Techniques pour les Personnes en Situation de Handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFRATH, Jun 2016, Paris, France. pp.167-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463859v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation d’images et analyse de débris de prothèses articulaires issus d’un simulateur POD</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cina Motamed</w:t>
+                <w:t xml:space="preserve">Performances et perception de l’effort des handibasketteurs lors du Multistage Field Test en propulsions synchrone vs asynchrone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Weissland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handicap 2016 - 9 ème Conférence sur les Aides Techniques pour les Personnes en Situation de Handicap</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFRATH, Jun 2016, Paris, France. pp.167-173</w:t>
+              <w:t xml:space="preserve">XVIIIe Journées d’Etudes Francophones en Activités Physiques Adaptées (AFAPA-Amiens 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460532v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances et perception de l’effort des handibasketteurs lors du Multistage Field Test en propulsions synchrone vs asynchrone</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biofeedback visuel et apprentissage de l’équilibre sur deux roues en fauteuil roulant manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Francillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIe Journées d’Etudes Francophones en Activités Physiques Adaptées (AFAPA-Amiens 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463828v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification des enseignants d'éducation physique et sportive à partir de leurs perceptions de l’inclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque printemps de la recherche en ESPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofeedback visuel et apprentissage de l’équilibre sur deux roues en fauteuil roulant manuel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The functional performance status during weekdays and weekends in persons with multiple sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshimasa Sagawa Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Francillon</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Decavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe Journées d’Etudes Francophones en Activités Physiques Adaptées (AFAPA-Amiens 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Amiens, France</w:t>
+              <w:t xml:space="preserve">31st Annual Congress of the French Society of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463852v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03456790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The functional performance status during weekdays and weekends in persons with multiple sclerosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoshimasa Sagawa Júnior</w:t>
+                <w:t xml:space="preserve">Optimized HOG Descriptor for on Road Cars Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Decavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st Annual Congress of the French Society of Physical and Rehabilitation Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICDSC '16: 10th international conference on distributed smart camera</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Paris, France. pp.166-171, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2967413.2967415⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03456790v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized HOG Descriptor for on Road Cars Detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
+                <w:t xml:space="preserve">Biomécanique et ergonomie en handcycling. Effet de l’expertise chez des sujets valides et paraplégiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICDSC '16: 10th international conference on distributed smart camera</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XVIIIe Journées d’Etudes Francophones en Activités Physiques Adaptées (AFAPA-Amiens 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Amiens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457053v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomécanique et ergonomie en handcycling. Effet de l’expertise chez des sujets valides et paraplégiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+                <w:t xml:space="preserve">Analyse biomécanique du sprint et du freinage lors de la propulsion synchrone vs asynchrone en fauteuil roulant chez des athlètes du pôle France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Combet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Weissland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIe Journées d’Etudes Francophones en Activités Physiques Adaptées (AFAPA-Amiens 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463863v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new strategy based on spatiogram similarity association for multi-pedestrian tracking</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cina Motamed</w:t>
+                <w:t xml:space="preserve">Influence of Weight Status on Hip Geometry in Lebanese Elderly Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Nasr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Zakhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème congrès international de l’ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475254v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Influence of Weight Status on Forearm Bone Mineral Density in a Group of Lebanese Elderly Men</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riad Nasr</w:t>
+                <w:t xml:space="preserve">Analyse biomécanique du mode de propulsion synchrone versus asynchrone chez des basketteurs en fauteuil roulant lors de tests de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Weissland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pradon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eddy Zakhem</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Osteoporosis, Osteoarthritis and Musculoskeletal Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Milan, Italy</w:t>
+              <w:t xml:space="preserve">16ème congrès international de l’ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457397v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Weight Status on Hip Geometry in Lebanese Elderly Women</w:t>
+                <w:t xml:space="preserve">The Influence of Weight Status on Forearm Bone Mineral Density in a Group of Lebanese Elderly Men</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riad Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghassan Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Zakhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème congrès international de l’ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">World Congress on Osteoporosis, Osteoarthritis and Musculoskeletal Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460645v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse biomécanique du mode de propulsion synchrone versus asynchrone chez des basketteurs en fauteuil roulant lors de tests de terrain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Pradon</w:t>
+                <w:t xml:space="preserve">A new strategy based on spatiogram similarity association for multi-pedestrian tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousra Ben Jemaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cina Motamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème congrès international de l’ACAPS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Paris, France. pp.175-180, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPTA.2014.7001954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460621v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A study of the pressures applied on the seat during the displacement initiation in manual wheelchair</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soufien Chikh</w:t>
+                <w:t xml:space="preserve">Inclusion des élèves en situation de handicap moteur en Education Physique et Sportive Impact de l’expertise des enseignants sur le taux d’engagement moteur des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ème Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">Congrès Handicap 2014- 8ème édition ‘Les technologies d’assistance : de la compensation à l’autonomie’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460570v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion des élèves en situation de handicap moteur en Education Physique et Sportive Impact de l’expertise des enseignants sur le taux d’engagement moteur des élèves</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antonio Pinti</w:t>
+                <w:t xml:space="preserve">A study of the pressures applied on the seat during the displacement initiation in manual wheelchair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnes Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Handicap 2014- 8ème édition ‘Les technologies d’assistance : de la compensation à l’autonomie’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">39ème Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460669v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l’expertise des enseignants d’EPS sur le taux d’engagement moteur des élèves en situation de handicap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13075,729 +13111,716 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Handicap 2014- 8ème édition ‘Les technologies d’assistance : de la compensation à l’autonomie’</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronisation Cavalier-Cheval lors du trot enlevé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is postural stability of older pedestrians perturbed by the sound of an approaching car ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janick Naveteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Bourrelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delzenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Samuel Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de l'ACAPS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Euromov Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03476619v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03532109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is postural stability of older pedestrians perturbed by the sound of an approaching car ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le test de Stroop en double tâche locomotrice peut-il révéler précocement des troubles cognitifs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïck Perrochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kemoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berthoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euromov Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">33èmes Journées Annuelles de la Société Française de gériatrie et la gérontologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03532109v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le test de Stroop en double tâche locomotrice peut-il révéler précocement des troubles cognitifs?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symposium &amp;quot;Approche biomécanique de la propulsion en fauteuil roulant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Berthoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33èmes Journées Annuelles de la Société Française de gériatrie et la gérontologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475307v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symposium &amp;quot;Approche biomécanique de la propulsion en fauteuil roulant</w:t>
+                <w:t xml:space="preserve">Le simulateur SRP ‘Simulateur de Rue pour Piétons’ : un outil avancé pour contribuer à l’autonomie et la sécurité des piétons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janick Naveteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Bourrelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delzenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
+              <w:t xml:space="preserve">HyperUrbain4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460766v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences biomécaniques du type et du mode de propulsion en handbike chez le sujet valide ou paraplégique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Faupin</w:t>
+                <w:t xml:space="preserve">Initiation du déplacement en fauteuil roulant manuel: étude des patterns musculaies et des pressions sur l'assise préalables au déplacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gorce</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnes Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pudlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
+              <w:t xml:space="preserve">Congrès International de l'ACAPS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460828v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03470931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronology of postural and focal component of muscular activity during manual wheelchair propulsion initiation: effect of different trajectories and velocities</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Garnier</w:t>
+                <w:t xml:space="preserve">Conséquences biomécaniques du type et du mode de propulsion en handbike chez le sujet valide ou paraplégique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorce</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXVIIIe Congrès de la Société de Biomécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388615v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les systèmes d’aide mécanique à la propulsion en fauteuil roulant manuel : l’exemple d’évaluation d’un système ‘antidevers’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13806,978 +13829,991 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hechmi Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le simulateur SRP ‘Simulateur de Rue pour Piétons’ : un outil avancé pour contribuer à l’autonomie et la sécurité des piétons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronology of postural and focal component of muscular activity during manual wheelchair propulsion initiation: effect of different trajectories and velocities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnes Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Antonio Pinti</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HyperUrbain4</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXXVIIIe Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Marseille, France. pp.121-123, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815865⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03476588v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation du déplacement en fauteuil roulant manuel: étude des patterns musculaies et des pressions sur l'assise préalables au déplacement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soufien Chikh</w:t>
+                <w:t xml:space="preserve">Altération du contrôle postural à un stade précoce de la maladie d’Alzheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Carette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pudlo</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kemoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de l'ACAPS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
+              <w:t xml:space="preserve">SOFMER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03470931v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une activité physique adaptée durant la grossesse est-elle bénéfique sur les douleurs lombaires et l'exécution du coup droit au tennis ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racha Doya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hechmi Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03460844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altération du contrôle postural à un stade précoce de la maladie d’Alzheimer</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benoît Dugué</w:t>
+                <w:t xml:space="preserve">Initiation du déplacement en fauteuil roulant manuel: étude des patterns musculaires et des pressions sur l'assise préalables au déplacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Chikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Kemoun</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnes Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pudlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFMER</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Reims, France</w:t>
+              <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475329v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation du déplacement en fauteuil roulant manuel: étude des patterns musculaires et des pressions sur l'assise préalables au déplacement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soufien Chikh</w:t>
+                <w:t xml:space="preserve">Intervention des enseignants d'EPS lors de l'inclusion d'un élève en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pudlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460861v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intervention des enseignants d'EPS lors de l'inclusion d'un élève en situation de handicap</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Interventions des enseignants d’EPS lors de l’inclusion d’un élève en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès international de l'ACAPS</w:t>
+              <w:t xml:space="preserve">Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460874v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03175628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventions des enseignants d’EPS lors de l’inclusion d’un élève en situation de handicap</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synchronisation Cavalier-Cheval lors du trot enlevé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Pinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Malfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Peyrodie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hechmi Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association des Chercheurs en Activités Physiques et Sportives</w:t>
+              <w:t xml:space="preserve">Congrès International de l'ACAPS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03175628v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Existe-t-il différents stades d’inclusion des élèves en situation de handicap chez les enseignants EPS ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bui-Xuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnel Béatrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennale de l'Association pour la Recherche sur l'Intervention en Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14787,327 +14823,327 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danse thérapeutique réelle et/ou virtuelle pour ralentir les démences de Type Alzheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sawsen Ayari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Abellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Recherche des IUT (CNRIUT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03589547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danse sociale réelle et/ou virtuelle comme approche thérapeutique non médicamenteuse pour ralentir les Démences de Type Alzheimer (DTA) et contribuer à la qualité de vie des résidents en EHPAD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sawsen Ayari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Abellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gavarry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones en Activités Physiques Adaptées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03589041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignants d’EPS et inclusion des élèves en situation de handicap. Identification de stades d’intervention ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnel Béatrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennale de l'Association pour la Recherche sur l'Intervention en Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15117,216 +15153,216 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fat Mass is Negatively Associated with Composite Indices of Femoral Neck Strength in Elderly Lebanese Subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Antoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayman Saddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emneh Hammoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ignacio Rojas; Daniel Castillo-Secilla; Luis Javier Herrera; Héctor Pomares. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioengineering and Biomedical Signal and Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12940, Springer International Publishing, pp.194-206, 2021, Lecture Notes in Computer Science, 978-3-030-88163-4. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-88163-4_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03795811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Sarcopenia on Bone Health Parameters in a Group of Elderly Lebanese Men</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Antoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayman Saddick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15352,1481 +15388,1481 @@
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ignacio Rojas; Olga Valenzuela; Fernando Rojas; Luis Javier Herrera; Francisco Ortuño. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWBBIO 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12108, Springer, pp.673-682, 2020, Lecture Notes in Computer Science, 978-3-030-45385-5. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-45385-5_60⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03277265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La situation de handicap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’engagement de l’élève en EPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 85, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revue EPS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le simulateur SRP ‘Simulateur de Rue pour Piétons’ : un nouvel outil pour contribuer à l’autonomie et la sécurité des piétons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delzenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Bourrelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrizia Laudati; Dominique Laousse; Khaldoun Zreik. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilité et Parcours hybrides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Europia, pp.119-130, 2014, 979-10-90094-16-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relaxation et la préparation physique en apnée statique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donnez Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rusinek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La relaxation et la préparation physique en apnée statique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Vie, 2013, 978-3-639-49515-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moving towards a more unified organization of sports for the disabled?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulu Helene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deweale Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“Sports Governance in the world. Tome 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.263-331, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les systèmes de mesure physiologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshimasa Sagawa Jr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fauteuil Roulant Manuel : Choix et Réglages. Une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauramps Médical</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.109-114, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sport en fauteuil roulant, synthèse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le franchissement d’obstacles : Utilisation du &amp;quot;deux roues&amp;quot; - Apprentissage - Résultats expérimentaux sur les efforts articulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pradon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Desroches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Delpeche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sauramps Médical. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fauteuil Roulant Manuel : Choix et Réglages. Une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.285-290, 2011, ISBN 13 9782840239420</w:t>
+              <w:t xml:space="preserve">, , pp.139-145, 2011, ISBN 13 9782840239420</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036672v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réglages du fauteuil roulant de sport et performances</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le sport en fauteuil roulant, synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Meurise</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshimasa Sagawa Jr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fauteuil Roulant Manuel : Choix et Réglages. Une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , pp.273-276, 2011, ISBN 13 9782840239420</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauramps Médical</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.285-290, 2011, ISBN 13 9782840239420</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036661v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la masse du fauteuil roulant manuel sur la réponse physiologique et la perception de l’effort lors de la simulation de diverses activités de la vie quotidienne en fauteuil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoshimasa Sagawa Jr</w:t>
+                <w:t xml:space="preserve">Réglages du fauteuil roulant de sport et performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">André Thevenon</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meurise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fauteuil Roulant Manuel : Choix et Réglages. Une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.123-126, 2011, ISBN 13 9782840239420</w:t>
+              <w:t xml:space="preserve">, , pp.273-276, 2011, ISBN 13 9782840239420</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036651v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le franchissement d’obstacles : Utilisation du &amp;quot;deux roues&amp;quot; - Apprentissage - Résultats expérimentaux sur les efforts articulaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Desroches</w:t>
+                <w:t xml:space="preserve">Effets de la masse du fauteuil roulant manuel sur la réponse physiologique et la perception de l’effort lors de la simulation de diverses activités de la vie quotidienne en fauteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshimasa Sagawa Jr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Thevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fauteuil Roulant Manuel : Choix et Réglages. Une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , pp.139-145, 2011, ISBN 13 9782840239420</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauramps Médical</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.123-126, 2011, ISBN 13 9782840239420</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036639v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Condition physique et technique de propulsion pour la prévention des blessures et l’autonomie lors de l’utilisation d’un fauteuil roulant manuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshimasa Sagawa Jr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sauramps Médical. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Fauteuil Roulant Manuel : Choix et Réglages. Une approche pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.267-271, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects psycho-comportementaux et posturographiques dans la lombalgie chronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Carette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Posture et Equilibre" Directeur de la collection P&amp;E : M Lacour. Co directeurs de publication Perrenou &amp; Thoumie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edition Solal (Marseille), 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects biomécaniques et apport de l'analyse quantifiée de la marche dans les rétractions du triceps sural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moïse Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La rétraction du triceps sural. Conséquences podologiques sous la direction de C Herisson, P Aboukrat &amp; J Rodoneau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Frison-Roche, pp.56-61, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bifonctionalité et renforcement musculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Lensel-Corbeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les stratégies de renforcement musculaire, sous la direction de Boileau G, Genty M, Thoumie Ph,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Frison-Roche, pp.75-97, 1995, ISBN-13 : 978-2876712010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16836,100 +16872,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROPOSITION D'UNE METHODOLOGIE D'ANALYSE DU MOUVEMENT : -- APPLICATION A LA MARCHE DU SUJET HEMIPLEGIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Valenciennes et du Hainaut-Cambresis, 1999. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00009423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16939,105 +16975,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du mouvement humain appliqué à la locomotion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Valenciennes, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03046931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId444"/>
+      <w:footerReference w:type="default" r:id="rId446"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17105,51 +17141,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1141CB71"/>
+    <w:nsid w:val="90FBB63D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17336,51 +17372,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-watelain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6837-623X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/093548974" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529043v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fourniol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Vauch&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rao" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Kussener" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea15020033" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030312v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Antoun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pinti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Khalil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Jalil Berro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2025.101563" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030302v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brassart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadate Bakatchina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Alberca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Pomarat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1511167" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030309v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Thierry de Faletans" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Misericordia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Vallier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Duch&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3357/AMHP.6403.2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030330v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2024.104318" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Duch&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.displa.2024.102851" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030327v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2024.111063" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030315v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coq" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castagna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-024-05512-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030316v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Mnif" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Chikh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jarraya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00315125241272509" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030357v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Aissa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Rebhi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61186/aassjournal.1239" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05017476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faupin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hays" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Weissland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13137469" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582312v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Meguidich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Souissi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00315125211070107" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582298v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Ch&#233;nier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Astier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0263392" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276088v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moulin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Decavel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21113617" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328545v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Alberca" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ch&#233;nier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2020.04.003" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276145v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saddick" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nasr" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khalil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2020.09.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276140v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Mansouri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cina Motamed" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Ben Jemaa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.30.1.013019" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027978v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pradon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchiori" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10790268.2020.1747893" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027969v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Boudet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawad El Hage" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10790268.2020.1778352" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027992v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Nasr" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rassy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Matta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Frenn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2018.03.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rassy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ishac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obaida Abdul Al" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2019.01.004" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520635v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdul Al" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.10.007" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03652058v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lentin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027991v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2018.03.001" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar El Khoury" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lespessailles" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Maalouf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2016.07.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027998v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.27.2.023016" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028098v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sultana Roland" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kemoun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028018v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.10.006" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028086v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869736v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-017-0245-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028023v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Doya" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hechmi Toumi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00913847.2017.1351286" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03466594v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa J&#250;nior" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.07.046" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028102v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017028" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028107v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa Jr" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Moustapha" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beaucamp" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thevenon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017023" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-PN9NJDFC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028123v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leteneur" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Begon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028031v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Khoury" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2016.03.013" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033866v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.edurev.2016.04.002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033903v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Borel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2016.08.002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033855v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zefeng Wang" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyrodie" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Cao" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agnani" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.07.010" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034427v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.618" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01220808v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kemoun" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dugu&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthoz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.03.001" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CX43RLN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03482553v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03663308v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Bourrelly" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931647" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034299v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Waroquier-Leroy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bleuse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Serafi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pardessus" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2014.03.003" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342020v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delzenne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Naveteur" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931165" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034313v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.106.0037" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01145760v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meyer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorce" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/17483107.2012.756947" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342023v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carette" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kemoun" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugu&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2013.06.003" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RD9VWTW-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034223v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Carnel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Watte" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.2657" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342237v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sockeel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Dupuy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2013.08.014" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RX7SRPG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342024v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Simoneau-Buessinger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815865" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03534129v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Combourieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Perrot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bloch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Seux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2013.10.045" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342233v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldo De Coulon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Kaelin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2012.11.026" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCJ3V36T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141815v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CIA.S38667" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544458v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carnel B&#233;atrice" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034198v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Haupenthal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Gomes Borges Junior" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pacheco Dos Santos" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0103-51502012000100018" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033801v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Turcot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Armand" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuillerme" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2011.02.003" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8VRPRX1N-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030954v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Bassement" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Goss-Sampson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lepoutre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2009.07.001" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7SHN5FT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030961v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmr.2010.05.011" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030946v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.26.2.240" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033981v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meyer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ribadeau Dumas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Baudinet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2009.04.001" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030943v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Floirat" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2007.12.005" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H9VT134G-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370304v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Mercier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2006.05.014" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54VTRMV2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030890v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Patte" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelissier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rivier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2005.02.007" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSWSB61M-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030817v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2004.04.006" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J06Z3PV0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030724v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Froger" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barbier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lensel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rousseaux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970306104" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030794v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Defebvre" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guieu Jd" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dest&#233;e" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033931v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Defebvre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D Guieu" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Destee" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-6054(02)00301-X" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030717v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dujardin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Babier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Dubois" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/apmr.2001.26812" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B6388456D31B3A6D27E651483A989099F695AA6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030710v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Angu&#233;" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-9993(00)90038-8" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X2ZRWLC3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116540v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Ghader" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108621v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890611v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opale Vigi&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Ngo" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276179v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lehmann" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Larribaut" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley Gomez" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reymond" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277268v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saddiki" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hammouda Elbez" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274321v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177533v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Andr&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Despois" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.062" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463714v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Combet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463110v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayman Saddik" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78759-6_7" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03651993v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bascou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauret" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.034" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F7DCZQBJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463772v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.036" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463655v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Olive Medodjou" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.037" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463683v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trape" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.005" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463670v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.068" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463737v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kharrat" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fairouz Azaiez" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463905v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463699v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.063" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456718v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462120v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. El-Khouri" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Matta" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frenn" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463374v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463859v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460532v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463828v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Borel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460482v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463852v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Francillon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456790v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moulin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Decavel" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457053v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2967413.2967415" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463863v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475254v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2014.7001954" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457397v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Zakhem" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460645v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460621v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460570v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460669v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175627v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03476619v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Malfait" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03532109v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475307v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthoz" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460766v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460828v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388615v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460800v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03476588v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03470931v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460844v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475329v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jossart" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carette" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dugu&#233;" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460861v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460874v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175628v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175640v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bui-Xuan" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589547v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Ayari" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Abellard" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589041v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gavarry" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175644v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03795811v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emneh Hammoud" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88163-4_18" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277265v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayman Saddick" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45385-5_60" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036560v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revue-eps.com/fr/dossier-ep-s-n-85-l-engagement-de-l-eleve-en-eps_o-15551.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036537v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Garnier" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036588v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donnez Thomas" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rusinek" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036620v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulu Helene" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deweale Herv&#233;" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036691v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louis" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livres-medicaux.com/le-fauteuil-roulant-manuel-choix-et-reglages-une-approche-pluridisciplianire.html" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036672v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036661v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Meurise" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036651v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036639v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desroches" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Delpeche" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036699v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038976v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039038v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039090v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dupont" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal P&#233;rot" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lensel-Corbeil" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Voisin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00009423v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03046931v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-watelain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6837-623X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/093548974" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529043v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fourniol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Vauch&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rao" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Kussener" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea15020033" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030312v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Antoun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pinti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Khalil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Jalil Berro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2025.101563" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030302v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brassart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadate Bakatchina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Alberca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Pomarat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1511167" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030309v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Thierry de Faletans" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Misericordia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Vallier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Duch&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3357/AMHP.6403.2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Duch&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.displa.2024.102851" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030327v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2024.111063" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030315v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castagna" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-024-05512-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030316v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Mnif" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Chikh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jarraya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00315125241272509" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030357v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Aissa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Rebhi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61186/aassjournal.1239" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030330v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2024.104318" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05017476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faupin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hays" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Weissland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13137469" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582298v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Ch&#233;nier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Astier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0263392" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582312v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Meguidich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Souissi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00315125211070107" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328545v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Alberca" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pradon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ch&#233;nier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2020.04.003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276145v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saddick" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nasr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khalil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2020.09.008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276140v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Mansouri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cina Motamed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Ben Jemaa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.30.1.013019" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276088v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moulin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Decavel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21113617" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027978v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pradon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchiori" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10790268.2020.1747893" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027969v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Boudet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garnier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawad El Hage" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10790268.2020.1778352" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027992v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Nasr" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rassy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Matta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Frenn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2018.03.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ishac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obaida Abdul Al" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2019.01.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6TMG6VF1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03520635v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdul Al" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.10.007" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZWD38CP3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027991v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2018.03.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028009v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar El Khoury" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lespessailles" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Maalouf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2016.07.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028098v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sultana Roland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kemoun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028018v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.10.006" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027998v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.27.2.023016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028086v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869736v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12283-017-0245-y" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03652058v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lentin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028102v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017028" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028107v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa Jr" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Moustapha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beaucamp" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thevenon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017023" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-PN9NJDFC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028123v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leteneur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Begon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028031v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hechmi Toumi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Khoury" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocd.2016.03.013" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028023v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Doya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00913847.2017.1351286" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03466594v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa J&#250;nior" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.07.046" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033903v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Borel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2016.08.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033866v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.edurev.2016.04.002" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033855v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zefeng Wang" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyrodie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Cao" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agnani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.07.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNXQV9MB-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034427v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.618" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03482553v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01220808v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kemoun" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dugu&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthoz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.03.001" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CX43RLN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03663308v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Bourrelly" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931647" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034299v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Waroquier-Leroy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bleuse" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Serafi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pardessus" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2014.03.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342020v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delzenne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Naveteur" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931165" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034313v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.106.0037" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034223v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Carnel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Watte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.2657" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342233v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldo De Coulon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Kaelin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorce" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2012.11.026" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCJ3V36T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141815v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CIA.S38667" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342237v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sockeel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agnes Dupuy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2013.08.014" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RX7SRPG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342024v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Simoneau-Buessinger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815865" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03534129v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Combourieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Perrot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bloch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Seux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2013.10.045" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03544458v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carnel B&#233;atrice" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342023v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carette" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kemoun" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugu&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2013.06.003" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RD9VWTW-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01145760v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meyer" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/17483107.2012.756947" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034198v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Haupenthal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Gomes Borges Junior" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pacheco Dos Santos" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0103-51502012000100018" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033801v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Turcot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Armand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuillerme" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2011.02.003" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8VRPRX1N-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030946v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.26.2.240" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030961v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lepoutre" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmr.2010.05.011" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030954v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Bassement" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Goss-Sampson" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2009.07.001" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q7SHN5FT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033981v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meyer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ribadeau Dumas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Baudinet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2009.04.001" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030943v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Floirat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2007.12.005" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H9VT134G-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370304v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Mercier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2006.05.014" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54VTRMV2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030890v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Patte" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelissier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rivier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2005.02.007" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSWSB61M-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030817v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2004.04.006" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J06Z3PV0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030724v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Froger" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barbier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lensel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rousseaux" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970306104" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030794v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Defebvre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guieu Jd" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dest&#233;e" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033931v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Defebvre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D Guieu" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Destee" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-6054(02)00301-X" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030717v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dujardin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Babier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Dubois" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/apmr.2001.26812" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B6388456D31B3A6D27E651483A989099F695AA6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030710v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Angu&#233;" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-9993(00)90038-8" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X2ZRWLC3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116540v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Ghader" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108621v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890611v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opale Vigi&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Ngo" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276179v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lehmann" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Larribaut" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley Gomez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reymond" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277268v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saddiki" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hammouda Elbez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274321v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463110v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayman Saddik" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78759-6_7" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463683v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trape" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.005" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03651993v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bascou" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sauret" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Combet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.034" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F7DCZQBJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463772v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.036" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463655v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Olive Medodjou" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.037" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463737v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kharrat" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fairouz Azaiez" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463670v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.068" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463905v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Andr&#233;" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Despois" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463699v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.063" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177533v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.062" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463714v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456718v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03462120v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. El-Khouri" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Matta" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frenn" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463374v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460532v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463828v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Borel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463852v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Francillon" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460482v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456790v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moulin" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Decavel" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457053v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2967413.2967415" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463863v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03463859v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460645v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Zakhem" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460621v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03457397v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475254v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2014.7001954" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460669v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460570v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175627v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03532109v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475307v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthoz" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460766v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03476588v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03470931v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460828v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460800v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388615v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475329v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jossart" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carette" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dugu&#233;" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460844v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460861v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03460874v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175628v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03476619v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Malfait" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175640v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bui-Xuan" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589547v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Ayari" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Abellard" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589041v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gavarry" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175644v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03795811v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emneh Hammoud" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88163-4_18" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277265v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayman Saddick" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45385-5_60" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036560v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revue-eps.com/fr/dossier-ep-s-n-85-l-engagement-de-l-eleve-en-eps_o-15551.html" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036537v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Garnier" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036588v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donnez Thomas" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rusinek" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036620v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulu Helene" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deweale Herv&#233;" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036691v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louis" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livres-medicaux.com/le-fauteuil-roulant-manuel-choix-et-reglages-une-approche-pluridisciplianire.html" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036639v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desroches" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Delpeche" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036672v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036661v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Meurise" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036651v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036699v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038976v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039038v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039090v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dupont" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal P&#233;rot" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Lensel-Corbeil" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Voisin" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00009423v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03046931v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>