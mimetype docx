--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1145,676 +1145,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bernanos, littérature et théologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions du Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, ISBN 9782204097871</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apories, paradoxes et autocontradictions. La littérature et l'impossible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Benoit (dir.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Collection Modernités, volume 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...36 lines deleted...]
-              <w:t xml:space="preserve">, 2013, ISBN 9782204097871</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nihilismes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rabaté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(en codirection avec Dominique Rabaté). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Unversitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Collection Modernités, volume 33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Nihilismes ?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impuissance(s) de la littérature ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafedh Sfaxi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Benoit (dir.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, ISBN 978-2-86781-712-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Bible en clair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Ellipses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, ISBN 9782729841812</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néant sonore. Mallarmé ou la traversée des paradoxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, ISBN 978-2-600-01137-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écritures du ressassement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Moussaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Poulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rabaté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">(en codirection avec Dominique Rabaté). </w:t>
-[...13 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Presses Universitaires de Bordeaux, 2001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.5348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">, 2011, ISBN 978-2-86781-712-0</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la crise du sens à la quête du sens (Mallarmé, Bernanos, Jabès)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, ISBN 9782204068109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...203 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666398v1</w:t>
-              </w:r>
-[...121 lines deleted...]
-                <w:t xml:space="preserve">hal-03695027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écritures du ressassement</w:t>
               </w:r>
@@ -2547,116 +2547,280 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelques poétiques de l'incomplétude après la Deuxième Guerre mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Unversitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 377-391, 2024, Modernités n° 49, 979-10-300-1120-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poétiques de l'incomplétude dans les nouveaux régimes d'historicité au début du XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 263-287, 2024, Modernités n°49, 979-10-300-1120-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La neige, le citron, et la rose (Miyazawa Kenji, Takamura Kôtarô, et Georges Bataille)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Makiko Nakazato. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Journée d'étude internationale "Figures féminines en résonance"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté des Sciences Humaines et Sociales, Université Iwate (Morioka, Japon), p. 31-37, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04580660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour problématiser l'incomplétude (anthropologie, esthétique et historicité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2672,4676 +2836,4512 @@
               <w:t xml:space="preserve">, p. 17-32, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaire de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Modernités n°49, 979-10-300-1120-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Quelques poétiques de l'incomplétude après la Deuxième Guerre mondiale</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Unversitaires de Bordeaux</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, p. 377-391, 2024, Modernités n° 49, 979-10-300-1120-3</w:t>
+                <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.9-13, 2024, Modernités n°49, 979-10-300-1120-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Poétiques de l'incomplétude dans les nouveaux régimes d'historicité au début du XXe siècle</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poétiques de l'incomplétude en régime d'historicité post-révolutionnaire (XIXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 263-287, 2024, Modernités n°49, 979-10-300-1120-3</w:t>
+              <w:t xml:space="preserve">, p. 151-165, 2024, Modernités n° 49, 979-10-300-1120-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Avant-propos</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antigone politique ? (Sophocle, Anouilh)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Makiko Nakazato. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Journée d'étude internationale "Figures féminines en résonance"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des Sciences Humaines et Sociales, Université Iwate (Morioka, Japon), p. 11-29, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La non-fin de l'Histoire, ou l'incomplétude potentielle, et Bibliographie théorique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p.9-13, 2024, Modernités n°49, 979-10-300-1120-3</w:t>
+              <w:t xml:space="preserve">, pp.577-584, 2024, modernités n°49, 979-10-300-1120-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mondes d'Edmond Jabès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lia Kurts dir. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monde(s) et poésie. Au coeur des sciences du langage et de la culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 48, Presses Universitaires de Bordeaux, p. 115-124, 2023, Collection Modernités, 979-10-300-0975-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Six questions propédeutiques sur la notion de monde dans son rapport à l'oeuvre d'art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lia Kurts dir. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monde(s) et poésie. Au coeur des sciences du langage et de la culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 48, Presses Universitaires de Bordeaux, p. 43-52, 2023, Collection Modernités, 979-10-300-0975-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche proustienne, psychanalytique, et linguistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Benoit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La suggestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 33-51, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trois questions sur la mise en musique des poèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sous la direction de Céline Barral, Katerina Paplomata et Marina Seretti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La portée musicale du poème</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, p. 151-165, 2024, Modernités n° 49, 979-10-300-1120-3</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Delatour France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 31-40, 2022, 978-2-7521-0430-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Faculté des Sciences Humaines et Sociales, Université Iwate (Morioka, Japon), p. 11-29, 2024</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche pragmatiste : la suggestion factitive ou incitative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Benoit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La suggestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 355-369, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, pp.577-584, 2024, modernités n°49, 979-10-300-1120-3</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche mallarméenne et symboliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Benoit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La suggestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 19-31, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 48, Presses Universitaires de Bordeaux, p. 115-124, 2023, Collection Modernités, 979-10-300-0975-0</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une esthétique de la suggestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Benoit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La suggestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 7-15, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 48, Presses Universitaires de Bordeaux, p. 43-52, 2023, Collection Modernités, 979-10-300-0975-0</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux modalités extrême-orientales de la suggestion esthétique: le xing chinois et l'iki japonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Benoit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La suggestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 97-103, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Approche proustienne, psychanalytique, et linguistique</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Les trois temps d'un amour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poèmes à Chieko, de Kôtaro Takamura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.23-30, 2021, Kôtarô Takamura, Poèmes à Chieko, traduit du japonais par Makiko Nakazato avec la collaboration d'Eric Benoit, édition bilingue, 979-10-300-0579-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03185621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur le tournant pragmatique des théories de la lecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Benoit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La suggestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 33-51, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
+              <w:t xml:space="preserve">Effets de lecture. Pour une énergétique de la réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 213-233, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Approche mallarméenne et symboliste</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction à une énergétique de la réception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Benoit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La suggestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 19-31, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
+              <w:t xml:space="preserve">Effets de lecture. Pour une énergétique de la réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 5-14, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, p. 31-40, 2022, 978-2-7521-0430-4</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bloch (1886-1944), historien et témoin de deux guerres mondiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'ère du témoignage et avant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des Sciences Humaines et Sociales, Université Iwate, Morioka, Japon, pp.11-22, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pour une esthétique de la suggestion</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02139576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'énergie dans la conception de la lecture selon quelques écrivains (Diderot, Schiller, Hugo, Flaubert, Mallarmé, Nietzsche, Proust, Péguy, Sartre)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Benoit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La suggestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 7-15, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
+              <w:t xml:space="preserve">Effets de lecture. Pour une énergétique de la réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 17-37, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Approche pragmatiste : la suggestion factitive ou incitative</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la lecture à l'acte: une problématique théologico-politique et littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Benoit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La suggestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 355-369, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
+              <w:t xml:space="preserve">Effets de lecture. Pour une énergétique de la réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 333-347, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Deux modalités extrême-orientales de la suggestion esthétique: le xing chinois et l'iki japonais</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations thermodynamiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 107-133, 2017, Collection Modernités, volume 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La référence aux figures féminines salvatrices et à Jeanne d'Arc chez Léon Bloy et Georges Bernanos dans le contexte des guerres mondiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réflexions sur la religion et l'origine ethnique dans la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 101-110, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pulsions et dépenses (futurisme, surréalisme, Bataille)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 203-216, 2017, Collections Modernités, volume 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lumières Révolution Romantisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 47-62, 2017, Collection Modernités, volume 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anacrouse (étymologie, rhétorique, linguistique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-13, 2017, Collection Modernités, volume 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Age nucléaire et mondes quantiques (Beckett, Deleuze, Sollers, Houellebecq)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 321-328, 2017, Collection Modernités, volume 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elan vital (Ostwald, Bergson, Péguy, Teilhard)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 163-182, 2017, Collection Modernités, volume 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expression littéraire des divergences et des convergences dans la diversité ethnique et religieuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réflexions sur la religion et l'origine ethnique dans la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 9-43, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conversation des arts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecriture picturale, écriture musicale de la littérature et des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-8, 2017, Collection Modernités, volume 41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cadence. Du fond du coeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Benoit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La suggestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, volume 47, Presses Universitaires de Bordeaux, p. 97-103, 2022, Collection Modernités, 979-10-300-0857-9</w:t>
+              <w:t xml:space="preserve">Écritures de l'énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.395-399, 2017, Collection Modernités, volume 42, 979-10-300-0206-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.23-30, 2021, Kôtarô Takamura, Poèmes à Chieko, traduit du japonais par Makiko Nakazato avec la collaboration d'Eric Benoit, édition bilingue, 979-10-300-0579-0</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02379757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'harmonie et le chaos aux commencements de la modernité littéraire (Chateaubriand, Nerval, Baudelaire, Hugo)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harmonie et disharmonie dans l'esthétique occidentale et dans l'esthétique chinoise à l'époque de la modernité littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 31-53, 2016, Collection Modernités, volume 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 5-14, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harmonie et disharmonie: une problématique occidentale et orientale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harmonie et disharmonie dans l'esthétique occidentale et dans l'esthétique chinoise à l'époque de la modernité littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 7-28, 2016, Collection Modernités, volume 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 213-233, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polyphonie des trois Mystères (l'émotion spirituelle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voix de Péguy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Classiques garnier, p. 141-168, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté des Sciences Humaines et Sociales, Université Iwate, Morioka, Japon, pp.11-22, 2019</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jubilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts et émotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Armand Colin, p. 231-236, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 17-37, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jabès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Bible dans les littératures du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Cerf, p. 1245-1247, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, volume 44, Presses Universitaires de Bordeaux, p. 333-347, 2019, Collection Modernités, 979-10-300-0481-6</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecrire jusqu'au fond de l'inconnu (les manuscrits trouvés à Auschwitz)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecrire quand on est inconnu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 31-64, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 101-110, 2017</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la voix au Livre: la dimension orale et vocale de l'écrit dans l'œuvre d'Edmond Jabès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Escritura de Edmond Jabès e seus traços: Livro, palavra, relato et voz - L'écriture d'Edmond Jabès et ses traits: Livre, parole, récit et voix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lumme Editor (Sao Paulo), p. 109-134, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 107-133, 2017, Collection Modernités, volume 42</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tentative d'élaboration d'une notion impensée (six approches théoriques avec contrepoints littéraires)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et jubilation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-61, 2015, Collection Modernités, volume 39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 47-62, 2017, Collection Modernités, volume 42</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‟ça”, ou la douleur qui vient de l’Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orients de Marguerite Duras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Rodopi, p. 59-68, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 203-216, 2017, Collections Modernités, volume 42</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chant des cendres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le deuil et le traumatisme dans la littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 9-32, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 321-328, 2017, Collection Modernités, volume 42</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les “cœurs pensants de la Baraque” (Sophie Scholl, Hélène Berr, Etty Hillesum, Anne Frank, et bien d’autres encore)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le deuil et le traumatisme dans la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Asahi, Tokyo, p. 205-224, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-13, 2017, Collection Modernités, volume 42</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poésie pour se dire, poésie pour se taire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soi disant, Poésie et empêchements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 11-27, 2014, Collection Modernités, volume 36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.395-399, 2017, Collection Modernités, volume 42, 979-10-300-0206-5</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Productivité des normes, plasticité des formes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transmission et transgression des formes poétiques régulières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 11-44, 2014, Collections Modernités, volume 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-8, 2017, Collection Modernités, volume 41</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire le deuil de Dieu ? De l’angoisse à la mélancolie, ou à la libération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composer avec la mort de Dieu. Littérature et athéisme au XIXème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l’Université de Laval, Québec, p. 163-173, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 9-43, 2017</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Fin dans le monde (2009) de Michel Deguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michel Deguy à l’œuvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Hermann, p. 105-116, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 163-182, 2017, Collection Modernités, volume 42</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stèles de paroles (littérature et deuils collectifs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le deuil et le traumatisme dans la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 49-84, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 31-53, 2016, Collection Modernités, volume 40</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecrire de ne pas écrire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apories, paradoxes et autocontradictions. La littérature et l'impossible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 7-40, 2013, Collections Modernités, volume 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 7-28, 2016, Collection Modernités, volume 40</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Jabès et les chemins de l’écriture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Catalogue de l’Exposition Jabès de la BNF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Hermann, p. 32-45, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Classiques garnier, p. 141-168, 2016</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comme si de rien n’était (typologie des nihilismes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nihilismes ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 17-44, 2012, Collection Modernités, volume 33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Armand Colin, p. 231-236, 2016</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-dire à l’ébat des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sens de la langue et sens du langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-8, 2011, Collections Modernités, volume 32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions du Cerf, p. 1245-1247, 2016</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans le plein de la voix (Hugo, Rimbaud, Claudel)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voix et Modernités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Niigata (Japon), p. 35-51, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 5-61, 2015, Collection Modernités, volume 39</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détruire, disent-elles… (Bovary, Salomé, et quelques autres sphinges)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Femmes, héroïnes, sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Iwate Universty (Morioka, Japon), p. 3-22, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 31-64, 2015</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouche bée (“Qui, si je criais,…?”)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Impuissance(s) de la littérature ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 9-35, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Lumme Editor (Sao Paulo), p. 109-134, 2015</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Échos de l’herméneutique talmudique et kabbalistique dans l’œuvre d’Edmond Jabès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Écrivains face à la Bible (Herméneutique et création)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Cerf, p. 213-232, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l’Université de Laval, Québec, p. 163-173, 2014</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’interrogation herméneutique de Claudel devant la Chine, ou l’orientation crucifère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paul Claudel et la Chine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Wuhan, p. 61-71, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Hermann, p. 105-116, 2014</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un vide dans la voix (Baudelaire, Verlaine, Mallarmé)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Koe to tekesto no shate (La Portée de la voix dans les textes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Thisen Shobo (Tokyo), p. 105-138, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Asahi, Tokyo, p. 205-224, 2014</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que taisait le vent dans le désert : Edmond Jabès et le secret du sacré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poésie et sacré dans les littératures méditerranéennes et moyen-orientales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Sahar (Tunis), p. 181-190, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Rodopi, p. 59-68, 2014</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans l’aporie du comment dire (Jabès)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Puissances du Mal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 389-406, 2008, Collections Modernités, volume 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 9-32, 2014</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vigne et le vin dans la patristique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage au pays du vin (histoire, anthologie, dictionnaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Robert Laffont, p. 82-96, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 11-44, 2014, Collections Modernités, volume 37</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernanos lecteur critique de Mauriac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mauriac vu par ses pairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions des Lettres Modernes, Minard, p. 13-44, 2007, Série François Mauriac, n°7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 11-27, 2014, Collection Modernités, volume 36</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeur esthétique et valeur économique : la réflexion de Mallarmé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art et la question de la valeur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 91-100, 2007, Collections Modernités, volume 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Asahi (Tokyo), p. 49-84, 2014</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans les fragments d’un miroir en éclats (l’autobiographie entre prose et poésie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Irressemblance. Poésie et autobiographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 19-34, 2006, Collection Modernités, volume 24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 7-40, 2013, Collections Modernités, volume 35</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beckett</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le roman français 1945-2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 137-142, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions Hermann, p. 32-45, 2012</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiritualité bernanosienne de l’exil dans Les Enfants humiliés et la Correspondance (1939-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exil, errance et marginalité dans l’œuvre de Georges Bernanos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université Sorbonne Nouvelle, p. 83-96, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 17-44, 2012, Collection Modernités, volume 33</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le deuil des virtualités inaccomplies (sur le Tombeau d'Anatole de Mallarmé)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deuil et littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, p. 177-193, 2004, Collection Modernités, volume 21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...1034 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667474v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01667479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Démon de l’analogie, ou : la résurrection des mots</w:t>
               </w:r>
@@ -8677,993 +8677,993 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04656612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">yuki, lemon, soshite bara&amp;quot; (Miyazawa Kenji, Takamura Kôtarô, Georges Bataille) [&amp;quot;La neige, le citron et la rose&amp;quot; (Miyazawa Kenji, Takamura Kôtarô, Georges Bataille)], traduit du français en japonais par Makiko Nakazato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kenji Gaku-+ [Revue des Études sur Kenji, nouvelle série]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 3, p. 74-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mémoire d'eau: Michelet via Ferenczi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approches. Littérature et sciences humaines </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, L'eau (n° 187), p. 53-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04506534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n° 3, p. 74-80</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos. Tombes et cryptes: entre présence et absence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essais : revue interdisciplinaire d'Humanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Quels lieux pour les morts? Perspectives interculturelles, 17 (17), pp.7-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Quels lieux pour les morts? Perspectives interculturelles, 17 (17), pp.7-15</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03198858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intelligence voluptueuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Jacques Rivière, 1082, pp.37-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Jacques Rivière, 1082, pp.37-47</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02139578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallarmé à Tournon et au-delà. Sous la direction de Gordon Millan. Paris, Classiques Garnier, « Rencontres », n° 296, 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, n°4, 2019, n°4 (2019, n°4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Mallarmé à Tournon et au-delà. Sous la direction de Gordon Millan. Paris, Classiques Garnier, « Rencontres », n° 296, 2018</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02358078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beckett et les hantises d'une transcendance impossible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littératures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 78, p. 179-197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lecture à voix haute ou lecture à voix mentale?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Voix de Mallarmé (volume 52, n°3), p. 17-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le relais des voix (généalogie - phénoménologie - téléologie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studies in Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 138, p. 3-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études Stéphane Mallarmé, n° 3, sous la direction de Gordon Millan. Paris, Éditions Classiques Garnier, 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 2019, n°4, 2019, n°4 (2019, n°4)</w:t>
+              <w:t xml:space="preserve">, 2016, 2016, n°4, 2016, n°4 (2016, n°4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 78, p. 179-197</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02358075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le relais des voix (généalogie - phénoménologie - téléologie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes de culture française = フランス文化研究 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, p. 1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Voix de Mallarmé (volume 52, n°3), p. 17-29</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallarme politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spirale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 251, p. 14-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 138, p. 3-26</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apories et paradoxes littéraires : diction, contradiction, auto-contradiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes de langue et littérature françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104, p. 3-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2016, n°4, 2016, n°4 (2016, n°4)</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partage du silence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de L'Herne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Maurice Blanchot, 107 (p. 127-135)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 8, p. 1-18</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poésie et autobiographie. Les obstacles à la confidence poétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littera : Revue de langue et littérature françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n°47, p. 3-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666693v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01666803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Thériault, Le (dé)montage de la Fiction : La révélation moderne de Mallarmé. Éditions Honoré Champion, 2010</w:t>
               </w:r>
@@ -11124,2442 +11124,2442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Résonances de la douleur : Hiroshima, Auschwitz, Indochine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque sur le 110ème anniversaire de la naissance de Marguerite Duras, Echanges et dialogues entre les civilisations, lors du 60ème annivesaire des relations diplomatiques Chine-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HU Sishe, Shanghai University, May 2024, Shanghai (Chine), Chine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques de l'insaisissable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Benoit, Apr 2024, Pessac (Université Bordeaux-Montaigne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;cycle antillais&amp;quot; est-il un cercle sans commencement ni fin ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fin et le commencement. Hommage au cycle antillais de Simone et André Schwarz-Bart</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université des Antilles, Oct 2024, Pointe-à-Pitre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thèmes et motifs de l'indépendance dans les romans du cycle antillais de Schwarz-Bart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indépendance/Independence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Villanova, Feb 2024, Philadelphie, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04506560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, HU Sishe, Shanghai University, May 2024, Shanghai (Chine), Chine</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métaphore littéraire ou réalité compassionnelle? L'animal dans quelques poèmes de Baudelaire et de Hugo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le rugissement de la langue: poésie et animalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toronto University, May 2023, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Jabès et l'éthique du désert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disassembling and Reassembling Cultures in the Desert - Défaire et refaire les cultures dans le désert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 20th and 21st Century French and Francophone Studies International Colloquium, Apr 2023, Tucson, États-Unis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poétiques de l'insaisissable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Eric Benoit, Apr 2024, Pessac (Université Bordeaux-Montaigne), France</w:t>
+              <w:t xml:space="preserve">Poétiques de l'incomplétude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Benoit, Apr 2023, Pessac (Bordeaux), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Toronto University, May 2023, Toronto, Canada</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évolution, notion problématique en littérature et philosophie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'évolution (Colloque IUF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Université Gustave Eiffel, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 20th and 21st Century French and Francophone Studies International Colloquium, Apr 2023, Tucson, États-Unis</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Du poème à la musique, de la musique au poème</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Université Gustave Eiffel, Marne-la-Vallée, France</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction et problématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Quels lieux pour les morts et pour la mort dans l'espace (en Occident, en Chine, et ailleurs)?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric BENOIT, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Eric Benoit, Apr 2023, Pessac (Bordeaux), France</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Rivière lecteur, ou: l'intelligence voluptueuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le sens de l'autre: A la recherche de Jacques Rivière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littérature et universalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Littérature et universel"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Nouvelle Paris3, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Eric BENOIT, Nov 2019, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02474249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bloch, théoricien du témoignage et témoin des deux guerres mondiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'ère du témoignage, et avant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La coopération entre l'Université Bordeaux Montaigne et l'Université de Wuhan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Universitaire France-Chine-Afrique Francophone (29 octobre - 3 novembre 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wuhan University, Oct 2017, Wuhan, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Sorbonne Nouvelle Paris3, Jun 2018, Paris, France</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expression littéraire des divergences et des convergences dans la diversité ethnique et religieuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réflexions sur la religion et l'origine ethnique dans la littérature et l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La référence aux figures féminines salvatrices et à Jeanne d'Arc chez Léon Bloy et Georges Bernanos dans le contexte des guerres mondiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures féminines en résonance: Jeanne d'Arc et Antigone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Wuhan University, Oct 2017, Wuhan, Chine</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le relais des voix (généalogie - phénoménologie - téléologie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La poésie lyrique et la voix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Niigata, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la voix au Livre: la dimension vocale et orale de l'écrit dans l'œuvre d'Edmond Jabès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edmond Jabès: voix, parole, récit, Livre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Brasilia, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrire jusqu'au fond de l'inconnu (les manuscrits d'Auschwitz)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecrire quand on est inconnu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Niigata, Japon</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux approches théoriques (Lacan, Barthes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jubilations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric BENOIT, Apr 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Deux approches théoriques (Lacan, Barthes)</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polyphonie des trois Mystères (l'émotion spirituelle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voix de Péguy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cerisy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux approches philosophiques (Spinoza, Nietzsche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jubilations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eric BENOIT, Apr 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tensions dans la voix poétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rythmes et résonances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Aberdeen, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Brasilia, Brésil</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apories et paradoxes littéraires : diction, contradiction, autocontradiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès 2013 de la SJLLF (Société Japonaise de Langue et de Littératures Françaises)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Tokyo, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Eric BENOIT, Apr 2014, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les “cœurs pensants de la Baraque” (Sophie Scholl, Hélène Berr, Etty Hillesum, Anne Frank… »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures féminines dans la littérature à l’époque des guerres mondiales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cerisy, France</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “Un grand besoin d’inquiétude”. Productivité des normes et plasticité des formes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transmission et transgression des formes poétiques régulières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric BENOIT, Sep 2013, Tokyo, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Aberdeen, Royaume-Uni</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poésie pour se dire, poésie pour se taire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soi disant. Poésie et empêchements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric BENOIT, Sep 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Tokyo, Japon</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stèles de paroles (littérature et deuils collectifs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le deuil dans la littérature et la reconstruction des communautés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chant des cendres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le deuil dans la littérature et la reconstruction des communautés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Kitakami, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Eric BENOIT, Sep 2013, Tokyo, Japon</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Quelques leçons sur &amp;quot;La Fin dans le monde&amp;quot; (2009) de Michel Deguy »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michel Deguy à l'oeuvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Eric BENOIT, Sep 2012, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traumatismes historiques et nihilismes (XXème siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nihilismes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Cracovie, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détruire, disent-elles… (Bovary, Salomé, et quelques autres sphinges)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Femmes, héroïnes, sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Morioka, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Kitakami, Japon</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans le plein de la voix (Hugo, Rimbaud, Claudel)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voix et Modernité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ça, ou la douleur qui vient de l'Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orients de Marguerite Duras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Sendai, Japon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Cracovie, Pologne</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’interrogation herméneutique de Claudel devant la Chine, ou l’orientation crucifère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claudel et la Chine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wuhan University, Oct 2009, Wuhan, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455147v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02455144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouche béé (&amp;quot;Qui, si je criais...?&amp;quot;)</w:t>
               </w:r>
@@ -13916,1081 +13916,1081 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">19ème siècle français et modernité : auto-valorisation, dévalorisation, revalorisation (histoire littéraire et histoire des idées)&amp;quot;, Conférence donnée par zoom pour l'Université Yonsei, Séoul, Corée du sud, le 13 octobre 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05497395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques poétiques de l'incomplétude depuis 1940&amp;quot;, Conférence donnée à Hunan Normal University à Changsha (Chine), le 6 novembre 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Baudelaire: l'Idéal et le Spleen, conférence donnée à Ewha University (Séoul), le 28 avril 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">19ème siècle français et modernité : auto-valorisation, dévalorisation, revalorisation (histoire littéraire et histoire des idées)&amp;quot;, Conférence donnée par zoom pour l'Université Yonsei, Séoul, Corée du sud, le 13 octobre 2025</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trois périodes d'inquiétude dans la littérature (après 1814, après 1914, après 1945)&amp;quot;, Conférence donnée à Central South University à Changsha (Chine), le 5 novembre 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quelques poétiques de l'incomplétude depuis 1940&amp;quot;, Conférence donnée à Hunan Normal University à Changsha (Chine), le 6 novembre 2025</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Significations et valeurs de l'inquiétude&amp;quot;, Conférence donnée à Central South University à Changsha (Chine), le 4 novembre 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Trois périodes d'inquiétude dans la littérature (après 1814, après 1914, après 1945)&amp;quot;, Conférence donnée à Central South University à Changsha (Chine), le 5 novembre 2025</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'historien Marc Bloch témoin de son temps&amp;quot;, conférence donnée à l'University of International Business and Economics de Pékin le 28 octobre 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Significations et valeurs de l'inquiétude&amp;quot;, Conférence donnée à Central South University à Changsha (Chine), le 4 novembre 2025</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que les poètes du 19ème siècle ont fait à la césure de l'alexandrin&amp;quot;, conférence donnée à Beijing Foreign Studies University (Pékin) le 29 octobre 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'historien Marc Bloch témoin de son temps&amp;quot;, conférence donnée à l'University of International Business and Economics de Pékin le 28 octobre 2025</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compassion du poète envers les animaux: Baudelaire (Le Cygne) et Hugo (Le Crapaud), Conférence donnée Yonsei University (Séoul) le 21 avril 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'animal en poésie: symbole métalittéraire, ou réalité compassionnelle? Conférence donnée à l'Université de Nankin (Nanjing University)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théorie et critique littéraire: les grands courants du 20ème siècle et les premières tendances du 21ème siècle. Conférence donnée à l'Université de Nankin (Nanjing University)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'animal en poésie: symbole métalittéraire, ou réalité compassionnelle? Conférence donnée à l'Université de Nankin (Nanjing University)</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poétiques de l'incomplétude&amp;quot; - Conférence donnée à East China Normal University (Shanghai)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antigone politique? (Sophocle, Anouilh). Conférence donnée en Séminaire à l'Université Iwate, Morioka, Japon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexion sur la traduction en français des Poèmes à Chieko de TAKAMURA Kôtarô&amp;quot;. Conférence donnée par zoom pour l'Université Iwaté à Morioka (Japon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Réflexion sur la traduction en français des Poèmes à Chieko de TAKAMURA Kôtarô&amp;quot;. Conférence donnée par zoom pour l'Université Iwaté à Morioka (Japon)</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La neige, le citron et la rose (Kenji Miyazawa, Kôtarô Takamura, Georges Bataille&amp;quot;, Conférence Invitée donnée au Centre Miyazawa Kenji, Université Iwate, Morioka, Japon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Antigone politique? (Sophocle, Anouilh). Conférence donnée en Séminaire à l'Université Iwate, Morioka, Japon</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion d'harmonie dans la pensée et l'esthétique de l'Occident et de la Chine. Conférence donnée par zoom à l'invitation de l'University of Chinese Academy of Social Sciences (UCASS) à Pékin, avec traduction alternée de Xiaolin Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction aux Poèmes à Chieko de TAKAMURA Kôtarô&amp;quot;. Conférence donnée par zoom pour l'Université Sugiyama Joshi Gakuen à Nagoya (Japon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03893617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La publication de Poèmes à Chieko de TAKAMURA Kôtarô&amp;quot;. Conférence donnée par zoom au Congrès du Tohoku de la Société Japonaise de la Littérature Comparée, Université de Sendai (Japon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893614v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03893617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La beauté selon Baudelaire&amp;quot;, Conférence au 20ème Marché de la Poésie, Bordeaux</w:t>
               </w:r>
@@ -16137,51 +16137,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286688v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Benoit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection-modernites/5388-poetiques-de-linsaisissable" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808753v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection-modernites/5335-poetiques-de-l-incompletude" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893525v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.euredit-editions.com/f/index.php?sp=liv&amp;amp;livre_id=242" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893526v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515101v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320913v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/effets-de-lecture-pour-une-energetique-de-la-reception-modernites-44-4912.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960290v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.euredit-editions.com/f/index.php?sp=liv&amp;amp;livre_id=225" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/fr/6624-9782600058766.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666467v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/ecritures-de-l-energie-modernites-43.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666412v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/harmonie-et-disharmonie-dans-l-esthetique-occidentale-et-dans-l-esthetique-chinoise-a-l-epoque-de-la-modernite-litteraire-modernites-43.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666370v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.classiques-garnier.com/editions/ref?id=2559" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666471v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/litterature-et-jubilation-modernites-61.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666477v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/transmission-et-transgression-des-formes-poetiques-regulieres-modernites-59.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/soi-disant-poesie-et-empechements-modernites-57.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666482v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/apories-paradoxes-et-autocontradictions-la-litterature-et-l-impossible-modernites-35.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666375v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsducerf.fr/librairie/livre/8260/bernanos-litterature-et-theologie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666488v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rabat&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/nihilisme-2c-n-c2-b0-54.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Sfaxi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/auteurs/b/benoit-eric/impuissance-28s-29-de-la-litt-c3-a9rature-2295.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666387v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=6785" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666391v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/fr/851-9782600011372.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666398v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695027v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Braud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Moussaron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poulin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.5348" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667444v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/c3-a9critures-du-ressassement-2c-n-c2-b0-36.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666401v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-semaphores/c3-a9crire-le-cri-3a-le-livre-des-questions-d-27edmond-jab-c3-a8s-ex-c3-a9g-c3-a8se-3070.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666406v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/5329-book-08647793-9782852038479.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666405v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?manufacturers_id=44&amp;amp;products_id=2170" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656370v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zp5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198850v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580678v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286699v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14quv" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097635v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://materiologiques.com/fr/essais-2427-4933/423-evolutions-science-art-et-litterature-9782373614923.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580660v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808774v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808794v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808788v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808761v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808781v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580658v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808797v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113104v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113097v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893533v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893531v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893544v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/musique-philosophie/4654-la-portee-musicale-du-poeme-9782752104304.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893529v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893540v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185621v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320916v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320922v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139576v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320920v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666556v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666579v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666575v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666590v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666594v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666571v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379757v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666566v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666546v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666586v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666260v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666418v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666532v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666525v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666749v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666753v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666742v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666780v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666805v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666787v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666799v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666781v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666810v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666796v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666783v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666811v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666816v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666819v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666836v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666831v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666847v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666833v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666844v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666848v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666864v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666850v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666870v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667449v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667453v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667459v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667464v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667468v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667474v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667488v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667508v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667501v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667494v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667521v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667520v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667555v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667537v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667561v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667568v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667578v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667591v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667584v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667597v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667635v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286909v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694242v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17409292.2024.2384818" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656494v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656612v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506534v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193382v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198858v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139578v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358078v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895662v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666506v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666774v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358075v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666736v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666679v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666794v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666693v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666803v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358086v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666839v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666854v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666855v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666861v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666873v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666859v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358149v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456221v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358112v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667484v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667514v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358119v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358102v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667535v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667549v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667546v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667619v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667645v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497382v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097650v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771543v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506560v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580665v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497373v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113130v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113122v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113135v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113111v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455201v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455203v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455196v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474249v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455198v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455195v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455191v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455192v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455188v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455172v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455185v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455175v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455173v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455181v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455182v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455167v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455168v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455170v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455160v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455163v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455161v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455155v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455158v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455149v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455154v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455147v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455144v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455141v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474278v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474319v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474333v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474339v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097730v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497395v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438671v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438667v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438664v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438652v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438660v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097721v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580673v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580669v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580675v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893618v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934710v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934727v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893513v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893614v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893617v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473942v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473914v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474055v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474078v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474086v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474095v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474115v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474136v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474130v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474145v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474401v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474164v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474362v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474411v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474404v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474372v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286688v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Benoit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection-modernites/5388-poetiques-de-linsaisissable" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808753v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection-modernites/5335-poetiques-de-l-incompletude" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893525v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.euredit-editions.com/f/index.php?sp=liv&amp;amp;livre_id=242" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893526v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515101v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320913v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/effets-de-lecture-pour-une-energetique-de-la-reception-modernites-44-4912.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960290v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.euredit-editions.com/f/index.php?sp=liv&amp;amp;livre_id=225" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/fr/6624-9782600058766.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666467v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/ecritures-de-l-energie-modernites-43.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666412v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/harmonie-et-disharmonie-dans-l-esthetique-occidentale-et-dans-l-esthetique-chinoise-a-l-epoque-de-la-modernite-litteraire-modernites-43.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666370v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.classiques-garnier.com/editions/ref?id=2559" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666471v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/litterature-et-jubilation-modernites-61.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666477v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/transmission-et-transgression-des-formes-poetiques-regulieres-modernites-59.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/soi-disant-poesie-et-empechements-modernites-57.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666375v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsducerf.fr/librairie/livre/8260/bernanos-litterature-et-theologie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666482v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/apories-paradoxes-et-autocontradictions-la-litterature-et-l-impossible-modernites-35.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666488v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rabat&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/nihilisme-2c-n-c2-b0-54.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Sfaxi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/auteurs/b/benoit-eric/impuissance-28s-29-de-la-litt-c3-a9rature-2295.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666387v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=6785" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666391v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/france/fr/851-9782600011372.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695027v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Braud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Moussaron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poulin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.5348" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666398v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667444v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/c3-a9critures-du-ressassement-2c-n-c2-b0-36.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666401v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-semaphores/c3-a9crire-le-cri-3a-le-livre-des-questions-d-27edmond-jab-c3-a8s-ex-c3-a9g-c3-a8se-3070.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666406v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/5329-book-08647793-9782852038479.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666405v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?manufacturers_id=44&amp;amp;products_id=2170" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656370v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zp5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198850v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580678v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286699v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14quv" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097635v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://materiologiques.com/fr/essais-2427-4933/423-evolutions-science-art-et-litterature-9782373614923.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808788v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580660v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808774v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808761v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808781v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580658v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808797v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113104v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113097v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893533v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893544v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/musique-philosophie/4654-la-portee-musicale-du-poeme-9782752104304.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893540v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893531v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893529v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185621v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320922v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320916v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139576v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320920v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666579v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666556v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666590v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666575v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666571v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666594v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666586v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666546v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666566v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379757v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666260v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666418v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666532v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666525v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666753v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666742v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666749v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666799v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666781v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666787v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666796v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666810v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666780v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666805v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666783v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666811v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666816v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666819v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666833v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666844v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666836v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666831v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666847v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666848v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666864v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666850v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666870v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667449v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667459v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667453v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667464v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667468v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667479v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667474v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667488v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667508v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667501v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667494v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667521v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667520v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667555v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667537v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667561v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667568v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667578v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667591v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667584v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667597v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667635v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286909v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694242v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17409292.2024.2384818" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656494v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656612v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193382v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506534v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198858v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139578v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358078v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895662v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666506v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666774v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358075v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666736v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666679v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666794v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666803v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666693v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358086v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666839v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666854v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666855v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666861v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666873v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666859v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358149v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456221v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358112v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667484v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667514v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358119v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358102v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667535v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667549v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667546v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667619v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667645v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497382v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097650v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580665v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497373v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771543v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506560v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113130v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113122v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113111v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113135v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455201v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455203v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455196v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474249v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455198v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455195v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455191v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455192v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455188v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455175v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455185v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455172v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455181v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455173v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455182v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455167v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455168v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455170v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455160v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455163v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455161v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455155v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455158v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455154v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455149v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455144v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455147v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455141v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474278v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474319v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474333v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474339v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497395v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438671v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097730v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438667v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438664v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438652v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438660v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097721v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580673v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580675v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580669v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934710v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893618v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934727v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893513v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893617v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893614v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473942v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473914v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474055v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474078v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474086v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474095v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474115v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474136v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474130v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474145v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474401v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474164v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474362v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474411v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474404v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474372v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>