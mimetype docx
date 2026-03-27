--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,1214 +66,1348 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A shared &amp;quot;optimal-level of arousal&amp;quot;: Seeking basis for creativity and curiosity</w:t>
+                <w:t xml:space="preserve">Rapid in-class assessment of handwriting using a digital tablet: Multidimensional analysis of gender and socioeconomic status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denis Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Burdett</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lucas Burget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Asselborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dillenbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0140525X23003552⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Education: X Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 232, pp.105311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compedu.2025.105311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04595452v1</w:t>
+                <w:t xml:space="preserve">hal-05538275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Directedness and engagement in chimpanzee vocal ontogeny</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A shared &amp;quot;optimal-level of arousal&amp;quot;: Seeking basis for creativity and curiosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Davila-Ross</w:t>
+                <w:t xml:space="preserve">Paula Ibáñez de Aldecoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Burdett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/desc.13334⟩</w:t>
+              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 47, pp.e100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0140525X23003552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874859v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04595452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pitch of babies’ cries predicts their voice pitch at age 5</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Directedness and engagement in chimpanzee vocal ontogeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Attia</w:t>
+                <w:t xml:space="preserve">Derry Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erik Gustafsson</w:t>
+                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Reby</w:t>
+                <w:t xml:space="preserve">Marina Davila-Ross</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 14 (7), </w:t>
+              <w:t xml:space="preserve">Developmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (3), pp.e13334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2018.0065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/desc.13334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845422v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adult human perception of distress in the cries of bonobo, chimpanzee, and human infants</w:t>
+                <w:t xml:space="preserve">The pitch of babies’ cries predicts their voice pitch at age 5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly Taylor</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Florence Levréro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Attia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Gustafsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blw016⟩</w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2018.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464470v1</w:t>
+                <w:t xml:space="preserve">hal-01845422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Adult human perception of distress in the cries of bonobo, chimpanzee, and human infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sumir Keenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 120 (4), pp.919-930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blw016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40359-016-0123-6⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01304627v1</w:t>
+                <w:t xml:space="preserve">hal-01464470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Infants Recognize Engagement in Social Interactions? The Case of Face-to-Face Conversation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Levréro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Beaulieu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infancy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 21 (5), pp.685-696. </w:t>
+              <w:t xml:space="preserve">BMC Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/infa.12135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40359-016-0123-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113210v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01304627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do infants recognize joint attention?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Do Infants Recognize Engagement in Social Interactions? The Case of Face-to-Face Conversation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mailloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Beaulieu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Mailloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infant Behavior and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.infbeh.2015.04.007⟩</w:t>
+              <w:t xml:space="preserve">Infancy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (5), pp.685-696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/infa.12135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02113213v1</w:t>
+                <w:t xml:space="preserve">hal-02113210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unusual feeding behavior in wild great apes, a window to understand origins of self-medication in humans: Role of sociality and physiology on learning process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How do infants recognize joint attention?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Gustafsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shelly Masi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Angelique Todd</w:t>
+                <w:t xml:space="preserve">Christelle Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mailloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infant Behavior and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40, pp.64-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.infbeh.2015.04.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2011.08.012⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02159295v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Unusual feeding behavior in wild great apes, a window to understand origins of self-medication in humans: Role of sociality and physiology on learning process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shelly Masi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Gustafsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Saint Jalme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Narat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Todd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 105 (2), pp.337-349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2011.08.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02159295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fathers are just as good as mothers at recognizing the cries of their baby.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 4, pp.1698. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ncomms2713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1420,51 +1554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595452v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Ib&#225;&#241;ez de Aldecoa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Burdett" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X23003552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874859v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derry Taylor" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Davila-Ross" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13334" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845422v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113210v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brisson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mailloux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mainville" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Beaulieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/infa.12135" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113213v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2015.04.007" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CWTB7CGZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159295v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelly Masi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saint Jalme" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Todd" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2011.08.012" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08XQ9DBP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538275v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pasco" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Burget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Asselborn" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dillenbourg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105311" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595452v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Ib&#225;&#241;ez de Aldecoa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Burdett" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X23003552" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874859v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derry Taylor" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Davila-Ross" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13334" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845422v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0065" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113210v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brisson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mailloux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mainville" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Beaulieu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/infa.12135" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113213v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2015.04.007" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CWTB7CGZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159295v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelly Masi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saint Jalme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Todd" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2011.08.012" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08XQ9DBP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>