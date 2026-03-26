--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -126,1484 +126,1622 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data stewardship strategy of the Ferments du Futur grand challenge</w:t>
+                <w:t xml:space="preserve">Wheat historical phenotypic data from European genebanks as an important resource for research and breeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Barnabé</w:t>
+                <w:t xml:space="preserve">Anne-Françoise Adam-Blondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Duperrier</w:t>
+                <w:t xml:space="preserve">Michael Alaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lacroix</w:t>
+                <w:t xml:space="preserve">Etienne Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aaron Millan-oropeza</w:t>
+                <w:t xml:space="preserve">Noor Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique, Mathématiques 2025</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-026-06908-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05149332v2</w:t>
+                <w:t xml:space="preserve">hal-05549503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIDURI: from an integrative information system to a user-friendly portal for data analysis and visualisation dedicated to fermentation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erwan Le Floch</w:t>
+                <w:t xml:space="preserve">BrAPI v2: real-world applications for data integration and collaboration in the breeding and genetics community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Selby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Abbeloos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Francoise Adam-Blondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J. Agosto-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Duperrier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aaron Millan-oropeza</w:t>
+                <w:t xml:space="preserve">Michael Alaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique, Mathématiques 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05142051v1</w:t>
+              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 2025, pp.baaf048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/database/baaf048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Research Data Management Toolkit (RDMkit): guidelines for plant phenotyping data management and sharing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stijn Dhondt</w:t>
+                <w:t xml:space="preserve">The FAIR Cookbook - the essential resource for and by FAIR doers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rocca-Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassilios Ioannidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tooba Abbassi-Daloii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Capella-Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Plant Phenotyping Symposium (IPPS 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02166-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.7148792⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03800325v1</w:t>
+                <w:t xml:space="preserve">hal-04538400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Logiciel (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGENTproject/historic_pheno_data_analysis</w:t>
+                <w:t xml:space="preserve">Data stewardship strategy of the Ferments du Futur grand challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-05088809v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Barnabé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Duperrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron Millan-oropeza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique, Mathématiques 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05149332v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SIDURI: from an integrative information system to a user-friendly portal for data analysis and visualisation dedicated to fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Barnabé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Duperrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariène Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron Millan-oropeza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique, Mathématiques 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Research Data Management Toolkit (RDMkit): guidelines for plant phenotyping data management and sharing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Françoise Adam-Blondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Alic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Droesbeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stijn Dhondt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. International Plant Phenotyping Symposium (IPPS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Wageningen, Netherlands. , 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7148792⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curation and analysis of historical wheat phenotypic data</w:t>
+                <w:t xml:space="preserve">AGENTproject/historic_pheno_data_analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...262 lines deleted...]
-                <w:t xml:space="preserve">hal-04425548v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Oliver Berkner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Christoph Reif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:18a109113fc56100ad05dc5bb229e410915821a3;origin=https://doi.org/10.5281/zenodo.15343012;visit=swh:1:snp:132510b93a1e737099ddb04c598a55efd1151aa5;anchor=swh:1:rel:828a7ffad25856ad83bdd92462e1a6b81f1f81c3;path=/AGENTproject-historic_pheno_data_analysis-a28d9de/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05088809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BrAPI v2: real-world applications for data integration and collaboration in the breeding and genetics community</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Curation and analysis of historical wheat phenotypic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05290990v1</w:t>
+              <w:t xml:space="preserve">AGENT Final Project Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Apr 2025, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The FAIR Cookbook - the essential resource for and by FAIR doers</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les services de FAIRification des données à l’URGI : cas d’utilisation par des projets/consortium nationaux et internationaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vassilios Ioannidis</w:t>
+                <w:t xml:space="preserve">Michaël Alaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Françoise Adam-Blondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tooba Abbassi-Daloii</w:t>
+                <w:t xml:space="preserve">Françoise Alfama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvador Capella-Gutierrez</w:t>
+                <w:t xml:space="preserve">Raphaël Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Réunion annuelle de l'IFB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05530229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04538400v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Term Plant Phenomic Data Sharing in Generic Data Repositories (Zenodo, Dataverse, e!Dale) Using MIAPPE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Arend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora D Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Animal Genome (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, San Diego (CA), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AGENT Guidelines for dataflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Françoise Adam-Blondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Alaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthijs Brouwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Kersey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04822902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BioHackEU22 Project 22: Plant data exchange and standard interoperability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Arend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Beier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Brandizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donald Hobern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId63"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1671,51 +1809,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5840356C"/>
+    <w:nsid w:val="83C0BA93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1902,51 +2040,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erlefloch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1010-6859" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05149332v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Floch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barnab&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Duperrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Millan-oropeza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142051v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#232;ne Wan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03800325v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Droesbeke" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Dhondt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7148792" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05088809v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Oliver Berkner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Christoph Reif" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:18a109113fc56100ad05dc5bb229e410915821a3;origin=https://doi.org/10.5281/zenodo.15343012;visit=swh:1:snp:132510b93a1e737099ddb04c598a55efd1151aa5;anchor=swh:1:rel:828a7ffad25856ad83bdd92462e1a6b81f1f81c3;path=/AGENTproject-historic_pheno_data_analysis-a28d9de/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05035460v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530229v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Alaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alfama" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bardet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Flores" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425548v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pommier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Arend" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora D Anna" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290990v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Selby" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Abbeloos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Agosto-P&#233;rez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaf048" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04538400v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rocca-Serra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Gu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilios Ioannidis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooba Abbassi-Daloii" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Capella-Gutierrez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02166-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822902v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthijs Brouwer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kersey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Lange" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020940v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Beier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Brandizi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Hobern" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erlefloch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1010-6859" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05549503v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Floch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bardet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Bas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-026-06908-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290990v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Selby" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Abbeloos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Agosto-P&#233;rez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaf048" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04538400v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rocca-Serra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Gu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilios Ioannidis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tooba Abbassi-Daloii" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Capella-Gutierrez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02166-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05149332v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barnab&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Duperrier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Millan-oropeza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142051v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#232;ne Wan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03800325v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Droesbeke" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Dhondt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7148792" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05088809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Oliver Berkner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Christoph Reif" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:18a109113fc56100ad05dc5bb229e410915821a3;origin=https://doi.org/10.5281/zenodo.15343012;visit=swh:1:snp:132510b93a1e737099ddb04c598a55efd1151aa5;anchor=swh:1:rel:828a7ffad25856ad83bdd92462e1a6b81f1f81c3;path=/AGENTproject-historic_pheno_data_analysis-a28d9de/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05035460v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530229v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Alaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alfama" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Flores" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425548v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pommier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Arend" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora D Anna" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822902v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthijs Brouwer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kersey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Lange" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020940v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Beier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Brandizi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Hobern" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>