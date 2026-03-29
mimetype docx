--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1813,51 +1813,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02144613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile failure of micro-concrete: from mechanical tests to FE meso-model with the help of X-ray tomography</w:t>
+                <w:t xml:space="preserve">Phase segmentation of concrete x-ray tomographic images at meso-scale: Validation with neutron tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Stamati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roubin</w:t>
@@ -1875,106 +1875,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Andò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meccanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 88, pp.8 - 16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11012-018-0917-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2017.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01920221v1</w:t>
+                <w:t xml:space="preserve">hal-01876110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase segmentation of concrete x-ray tomographic images at meso-scale: Validation with neutron tomography</w:t>
+                <w:t xml:space="preserve">Tensile failure of micro-concrete: from mechanical tests to FE meso-model with the help of X-ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Stamati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roubin</w:t>
@@ -1992,82 +1992,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Andò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 88, pp.8 - 16. </w:t>
+              <w:t xml:space="preserve">Meccanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2017.12.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11012-018-0917-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01876110v1</w:t>
+                <w:t xml:space="preserve">hal-01920221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced order modeling strategies for computational multiscale fracture</w:t>
               </w:r>
@@ -2630,746 +2630,746 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01305745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuum approach to computational multiscale modeling of propagating fracture</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.A. Hernández</w:t>
+                <w:t xml:space="preserve">Meso-scale modeling of concrete: A morphological description based on excursion sets of Random Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Colliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Benkemoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2015.05.012⟩</w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 102, pp.183-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2015.02.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01876087v1</w:t>
+                <w:t xml:space="preserve">hal-01130430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meso-scale modeling of concrete: A morphological description based on excursion sets of Random Fields</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nathan Benkemoun</w:t>
+                <w:t xml:space="preserve">Continuum approach to computational multiscale modeling of propagating fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caicedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Huespe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 102, pp.183-196. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 294, pp.384 - 427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2015.02.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2015.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01130430v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale failure of heterogeneous materials: A double kinematics enhancement for Embedded Finite Element Method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poroelastic two-phase material modeling: theoretical formulation and embedded finite element method implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Benkemoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Gelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roubin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathan Benkemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Colliat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 52, pp.180 - 196. </w:t>
+              <w:t xml:space="preserve">International Journal for Numerical and Analytical Methods in Geomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39 (12), pp.1255 - 1275. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.10.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/nag.2351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01085919v1</w:t>
+                <w:t xml:space="preserve">hal-01380345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poroelastic two-phase material modeling: theoretical formulation and embedded finite element method implementation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-scale failure of heterogeneous materials: A double kinematics enhancement for Embedded Finite Element Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vallade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Benkemoun</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Colliat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical and Analytical Methods in Geomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 39 (12), pp.1255 - 1275. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 52, pp.180 - 196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/nag.2351⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01380345v1</w:t>
+                <w:t xml:space="preserve">hal-01085919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuum Approach to Computational Multi-Scale Modeling of Fracture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A nonlinear meso–macro approach to modelling delayed ettringite formation and concrete degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Oliver</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mohamad Al Shamaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Colliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Divet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.627.349⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (11), pp.1911-1920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-013-0160-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01876064v1</w:t>
+                <w:t xml:space="preserve">hal-01076278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A nonlinear meso–macro approach to modelling delayed ettringite formation and concrete degradation</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Continuum Approach to Computational Multi-Scale Modeling of Fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Divet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Javier Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caicedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Huespe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 47 (11), pp.1911-1920. </w:t>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 627, pp.349 - 352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1617/s11527-013-0160-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.627.349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01076278v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4343,394 +4343,394 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale modelling of raw earth masonry : role of interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">R3XA: Toward a metadata standard for experimental (photo)mechanics datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raspail Valentin</w:t>
+                <w:t xml:space="preserve">Rébecca Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Sieffert</w:t>
+                <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">John-Eric Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Feld-Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Edinbourgh (Scotland), United Kingdom</w:t>
+              <w:t xml:space="preserve">PhotoMechanics - International DIC Society 2024 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Clermont-Ferrand, France. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931702v1</w:t>
+                <w:t xml:space="preserve">hal-04786143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R3XA: Toward a metadata standard for experimental (photo)mechanics datasets</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The embedded finite element method for modeling cracking in quasi-fragile materials at structural scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bouda</w:t>
+                <w:t xml:space="preserve">Ewald Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John-Eric Dufour</w:t>
+                <w:t xml:space="preserve">Yannick Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvia Feld-Payet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Malecot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoMechanics - International DIC Society 2024 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Clermont-Ferrand, France. pp.47</w:t>
+              <w:t xml:space="preserve">CSMA 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Presqu'île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04786143v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The embedded finite element method for modeling cracking in quasi-fragile materials at structural scale</w:t>
+                <w:t xml:space="preserve">Multi-scale modelling of raw earth masonry : role of interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ewald Guillaume</w:t>
+                <w:t xml:space="preserve">Raspail Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sieffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roubin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSMA 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Presqu'île de Giens, France</w:t>
+              <w:t xml:space="preserve">ICEC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Edinbourgh (Scotland), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931718v1</w:t>
+                <w:t xml:space="preserve">hal-04931702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological modeling of the microstructure of geo-materials: current limitations of the excursion set theory</w:t>
               </w:r>
@@ -6758,51 +6758,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7F9919A4"/>
+    <w:nsid w:val="15F3CD53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6989,51 +6989,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eroubin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5748-139X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176766634" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/L-7248-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674785v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Perrotta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enza Vitale" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Arciero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roubin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tengattini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgele.24.00003" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050249v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Sun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianfu Shao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Colliat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2023.103869" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778041v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega Laborin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malecot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daudeville" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2022.106894" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ortega" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Malecot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-022-02055-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427288v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp L Reu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward And&#242;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bhattacharya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Couture" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-021-00806-6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214880v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2021.106556" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233553v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107752" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340858v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stamati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. And&#242;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charrier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106578" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358254v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega Ortega Laborin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudeville" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14195640" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506026v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Stavropoulou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenoir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.00006" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03020460v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Stamati" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cailletaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Wiebicke" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.02286" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992081v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelke Dijkstra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-018-0863-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02144613v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Ando" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2019.103336" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920221v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-018-0917-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01876110v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2017.12.011" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oliver" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caicedo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huespe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.09.039" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670574v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Benkemoun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.08.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCTGFXTS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450382v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Magnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufrenoy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2016.12.026" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345981v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hauseux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Seyedi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.05.014" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z8B6KTK2-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305745v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2016/03/033306" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01876087v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Huespe" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2015.05.012" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130430v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2015.02.039" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01085919v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vallade" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.10.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380345v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gelet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2351" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01876064v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Oliver" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.627.349" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076278v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Al Shamaa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pavoine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Divet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-013-0160-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952543v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60242-0_75" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800030v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Fu Shao" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60242-0_60" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03134968v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962742v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302162v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00957377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013DENS0038" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03786908v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907849v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pinz&#243;n" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1d99e1801aa9dc07fc4d17a6ffc2beb170b5bcd6;origin=https://gitlab.com/spam-project/spam.git;visit=swh:1:snp:ab403930d85aa77ed13a90fee07f7aacf9d100c0;anchor=swh:1:rev:6b9fa01734eef8ad9634d8cf5e50a9493b3abd69" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931702v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raspail Valentin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vieux-Champagne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786143v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Bonnaire" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Eric Dufour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931718v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Guillaume" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129891v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04910843v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170881v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04910622v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02057978v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02349788v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;suelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136397v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02058185v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023890v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057417v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958128v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Oliver" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo A. Huespe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958120v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958113v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel C. Caicedo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Hernandez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X., J. Oliver" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958140v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958145v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958153v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023895v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023915v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024295v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Bogdan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benboudjema" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stefan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.4620.8007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eroubin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5748-139X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176766634" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/L-7248-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674785v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Perrotta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enza Vitale" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Arciero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roubin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tengattini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgele.24.00003" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050249v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Sun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianfu Shao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Colliat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2023.103869" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778041v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega Laborin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malecot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daudeville" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2022.106894" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ortega" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Malecot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-022-02055-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427288v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp L Reu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward And&#242;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bhattacharya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Couture" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-021-00806-6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214880v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2021.106556" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233553v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107752" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340858v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stamati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. And&#242;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charrier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106578" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358254v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega Ortega Laborin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudeville" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14195640" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506026v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Stavropoulou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenoir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.00006" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03020460v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Stamati" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cailletaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Wiebicke" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.02286" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992081v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelke Dijkstra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-018-0863-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02144613v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Ando" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2019.103336" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01876110v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2017.12.011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920221v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11012-018-0917-0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oliver" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caicedo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huespe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.09.039" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670574v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Benkemoun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.08.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCTGFXTS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450382v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Magnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufrenoy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2016.12.026" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345981v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hauseux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Seyedi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.05.014" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z8B6KTK2-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305745v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2016/03/033306" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130430v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2015.02.039" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01876087v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Huespe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2015.05.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380345v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gelet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2351" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01085919v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vallade" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.10.001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076278v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Al Shamaa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pavoine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Divet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-013-0160-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01876064v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Oliver" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.627.349" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952543v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60242-0_75" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800030v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Fu Shao" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60242-0_60" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03134968v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962742v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302162v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00957377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013DENS0038" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03786908v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907849v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pinz&#243;n" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1d99e1801aa9dc07fc4d17a6ffc2beb170b5bcd6;origin=https://gitlab.com/spam-project/spam.git;visit=swh:1:snp:ab403930d85aa77ed13a90fee07f7aacf9d100c0;anchor=swh:1:rev:6b9fa01734eef8ad9634d8cf5e50a9493b3abd69" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786143v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Bonnaire" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Eric Dufour" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931718v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Guillaume" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vieux-Champagne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931702v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raspail Valentin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129891v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04910843v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170881v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04910622v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02057978v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02349788v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;suelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136397v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02058185v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023890v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057417v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958128v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Oliver" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo A. Huespe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958120v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958113v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel C. Caicedo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Hernandez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X., J. Oliver" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958140v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958145v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01958153v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023895v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023915v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024295v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Bogdan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benboudjema" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stefan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.4620.8007" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>