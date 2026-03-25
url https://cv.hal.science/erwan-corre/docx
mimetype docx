--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -310,567 +310,567 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple, diverse endogenous giant virus elements within the genome of a brown alga</w:t>
+                <w:t xml:space="preserve">Establishing the ELIXIR Microbiome Community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dean Mckeown</w:t>
+                <w:t xml:space="preserve">Robert D Finn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+                <w:t xml:space="preserve">Bachir Balech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Declan Schroeder</w:t>
+                <w:t xml:space="preserve">Josephine Burgin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+                <w:t xml:space="preserve">Physilia Chua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nachida Tadrent</w:t>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9 (11), pp.2127-2144. </w:t>
+              <w:t xml:space="preserve">F1000Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ve/veaf009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12688/f1000research.144515.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363437v1</w:t>
+                <w:t xml:space="preserve">hal-04796156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing the ELIXIR Microbiome Community</w:t>
+                <w:t xml:space="preserve">Multiple, diverse endogenous giant virus elements within the genome of a brown alga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert D Finn</w:t>
+                <w:t xml:space="preserve">Dean Mckeown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bachir Balech</w:t>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josephine Burgin</w:t>
+                <w:t xml:space="preserve">Declan Schroeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physilia Chua</w:t>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Nachida Tadrent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F1000Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.50. </w:t>
+              <w:t xml:space="preserve">Virus Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (11), pp.2127-2144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12688/f1000research.144515.2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ve/veaf009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796156v1</w:t>
+                <w:t xml:space="preserve">hal-05363437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple, diverse endogenous giant virus elements within the genome of a brown alga</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptomic analyses reveal sexual cues in reproductive life stages of uncultivated Acantharia (Radiolaria)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Declan C Schroeder</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nachida Tadrent</w:t>
+                <w:t xml:space="preserve">Iris Rizos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Romac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Juery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Decelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ve/veaf009⟩</w:t>
+              <w:t xml:space="preserve">Protist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 177, pp.126102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.protis.2025.126102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997831v1</w:t>
+                <w:t xml:space="preserve">hal-05127873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic analyses reveal sexual cues in reproductive life stages of uncultivated Acantharia (Radiolaria)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Johan Decelle</w:t>
+                <w:t xml:space="preserve">Multiple, diverse endogenous giant virus elements within the genome of a brown alga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dean Mckeown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Declan C Schroeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nachida Tadrent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.protis.2025.126102⟩</w:t>
+              <w:t xml:space="preserve">Virus Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ve/veaf009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05127873v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary genomics of the emergence of brown algae as key components of coastal ecosystems</w:t>
               </w:r>
@@ -1431,51 +1431,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pernelle Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Hoebeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Barbeyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1788,299 +1788,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal rocky reef fish monitoring in the context of the Marine Strategy Framework Directive: Environmental DNA metabarcoding complements underwater visual census</w:t>
+                <w:t xml:space="preserve">Comparative Population Transcriptomics Provide New Insight into the Evolutionary History and Adaptive Potential of World Ocean Krill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Rey</w:t>
+                <w:t xml:space="preserve">Marvin Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Viard</w:t>
+                <w:t xml:space="preserve">Felix Lenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lizé</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Arianna Cocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Toullec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Valentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 241, pp.106625. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2023.106625⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msad225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04123930v1</w:t>
+                <w:t xml:space="preserve">hal-04707696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Population Transcriptomics Provide New Insight into the Evolutionary History and Adaptive Potential of World Ocean Krill</w:t>
+                <w:t xml:space="preserve">Coastal rocky reef fish monitoring in the context of the Marine Strategy Framework Directive: Environmental DNA metabarcoding complements underwater visual census</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marvin Choquet</w:t>
+                <w:t xml:space="preserve">Anaïs Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Lenner</w:t>
+                <w:t xml:space="preserve">Frédérique Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arianna Cocco</w:t>
+                <w:t xml:space="preserve">Anne Lizé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Toullec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Alice Valentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 40 (11), </w:t>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 241, pp.106625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msad225⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2023.106625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707696v1</w:t>
+                <w:t xml:space="preserve">hal-04123930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rhodoexplorer Platform for Red Algal Genomics and Whole-Genome Assemblies for Several Gracilaria Species</w:t>
               </w:r>
@@ -2194,563 +2194,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Phylogeography of Marine Synechococcus in Coastal Areas Reveals Strong Community Shifts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative Thermophysiology of Marine Synechococcus CRD1 Strains Isolated From Different Thermal Niches in Iron-Depleted Areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louison Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gregory Farrant</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Ratin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Guéneuguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/msystems.00656-22⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.893413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.893413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03971550v2</w:t>
+                <w:t xml:space="preserve">hal-03768045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic patterns of divergence in the early and late steps of speciation of the deep-sea vent thermophilic worms of the genus Alvinella</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Niranjan Nagarajan</w:t>
+                <w:t xml:space="preserve">Global Phylogeography of Marine Synechococcus in Coastal Areas Reveals Strong Community Shifts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Guyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard R Copley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Solène Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Farrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22, pp.106. </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12862-022-02057-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/msystems.00656-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03770964v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03971550v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional characterization of orcokinin B-like neuropeptides in the cuttlefish ($Sepia\ officinalis$)</w:t>
+                <w:t xml:space="preserve">Genomic patterns of divergence in the early and late steps of speciation of the deep-sea vent thermophilic worms of the genus Alvinella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Endress</w:t>
+                <w:t xml:space="preserve">Camille Thomas-Bulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+                <w:t xml:space="preserve">Denis Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Leprince</w:t>
+                <w:t xml:space="preserve">Niranjan Nagarajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Richard R Copley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (8), pp.505. </w:t>
+              <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md20080505⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12862-022-02057-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777035v1</w:t>
+                <w:t xml:space="preserve">hal-03770964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Thermophysiology of Marine Synechococcus CRD1 Strains Isolated From Different Thermal Niches in Iron-Depleted Areas</w:t>
+                <w:t xml:space="preserve">Structural and functional characterization of orcokinin B-like neuropeptides in the cuttlefish ($Sepia\ officinalis$)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Ferrieux</w:t>
+                <w:t xml:space="preserve">Maxime Endress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louison Dufour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hugo Doré</w:t>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Ratin</w:t>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Guéneuguès</w:t>
+                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.893413. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (8), pp.505. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.893413⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md20080505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03768045v1</w:t>
+                <w:t xml:space="preserve">hal-03777035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommendations for connecting molecular sequence and biodiversity research infrastructures through ELIXIR</w:t>
               </w:r>
@@ -2788,51 +2788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donat Agosti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Baldrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bachir Balech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">F1000Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, pp.1238. </w:t>
@@ -2896,51 +2896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N’zi Daniel Koua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3138,90 +3138,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a New Set of Polypeptidic Sex Pheromones from Cuttlefish (Sepia officinalis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Endress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3266,944 +3266,944 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03959186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Transcriptomics Analysis for the Identification of New Antimicrobial Peptides</w:t>
+                <w:t xml:space="preserve">Cyanorak v2.1: a scalable information system dedicated to the visualization and expert curation of marine and brackish picocyanobacteria genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Houyvet</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurence Garczarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Guyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Farrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hoebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md19090490⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (D1), pp.D667-D676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkaa958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03329592v1</w:t>
+                <w:t xml:space="preserve">hal-02988562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenomic fingerprinting of tempo and functions of horizontal gene transfer within ochrophytes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Different Early Responses of Laminariales to an Endophytic Infection Provide Insights About Kelp Host Specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qikun Xing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard G Dorrell</w:t>
+                <w:t xml:space="preserve">Sylvie Rousvoal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Villain</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Giselle Mccallum</w:t>
+                <w:t xml:space="preserve">Gabriel Markov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2009974118/-/DCSupplemental⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.742469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03969507v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03454704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyanorak v2.1: a scalable information system dedicated to the visualization and expert curation of marine and brackish picocyanobacteria genomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marine Synechococcus Picocyanobacteria: Light Utilization Across Latitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Ratin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkaa958⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (38), pp.e2111300118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2111300118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02988562v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different Early Responses of Laminariales to an Endophytic Infection Provide Insights About Kelp Host Specificity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phylogenomic fingerprinting of tempo and functions of horizontal gene transfer within ochrophytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard G Dorrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Villain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qikun Xing</w:t>
+                <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Bernard</w:t>
+                <w:t xml:space="preserve">Guillemette Audren de Kerdrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Rousvoal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Markov</w:t>
+                <w:t xml:space="preserve">Giselle Mccallum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.742469⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2009974118/-/DCSupplemental⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03454704v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03969507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Synechococcus Picocyanobacteria: Light Utilization Across Latitudes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Marine Transcriptomics Analysis for the Identification of New Antimicrobial Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Houyvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Six</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgane Ratin</w:t>
+                <w:t xml:space="preserve">Yolande Bouchon-Navaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Marie</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Claude Bouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 118 (38), pp.e2111300118. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (9), pp.490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2111300118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md19090490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360215v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zobellia roscoffensis sp. nov. and Zobellia nedashkovskayae sp. nov., two flavobacteria from the epiphytic microbiota of the brown alga Ascophyllum nodosum, and emended description of the genus Zobellia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low Transcriptomic Plasticity of Antarctic Giant Isopod Glyptonotus antarcticus Juveniles Exposed to Acute Thermal Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Thiébaud</w:t>
+                <w:t xml:space="preserve">Marcelo González-Aravena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Rondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwen Le Duff</w:t>
+                <w:t xml:space="preserve">Alejandro Font</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">César A Cárdenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Toullec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004913⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.761866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.761866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357314v1</w:t>
+                <w:t xml:space="preserve">hal-03901946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Transcriptomic Plasticity of Antarctic Giant Isopod Glyptonotus antarcticus Juveniles Exposed to Acute Thermal Stress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolfo Rondon</w:t>
+                <w:t xml:space="preserve">Zobellia roscoffensis sp. nov. and Zobellia nedashkovskayae sp. nov., two flavobacteria from the epiphytic microbiota of the brown alga Ascophyllum nodosum, and emended description of the genus Zobellia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Barbeyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Font</w:t>
+                <w:t xml:space="preserve">Manon Thiébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">César A Cárdenas</w:t>
+                <w:t xml:space="preserve">Nolwen Le Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Toullec</w:t>
+                <w:t xml:space="preserve">Marjolaine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8, pp.761866. </w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 71 (8), pp.004913. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.761866⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03901946v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustness analysis of metabolic predictions in algal microbial communities based on different annotation pipelines</w:t>
               </w:r>
@@ -4362,51 +4362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Daguin-Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Comtet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4451,429 +4451,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-quality carnivoran genomes from roadkill samples enable comparative species delineation in aardwolf and bat-eared fox</w:t>
+                <w:t xml:space="preserve">Rapid protein evolution, organellar reductions, and invasive intronic elements in the marine aerobic parasite dinoflagellate Amoebophrya spp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Allio</w:t>
+                <w:t xml:space="preserve">Sarah Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Ka Tilak</w:t>
+                <w:t xml:space="preserve">Phuong Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Scornavacca</w:t>
+                <w:t xml:space="preserve">Ehsan Kayal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico L Avenant</w:t>
+                <w:t xml:space="preserve">Benjamin Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew C Kitchener</w:t>
+                <w:t xml:space="preserve">Estelle Bigeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10, </w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.63167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-020-00927-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03147106v1</w:t>
+                <w:t xml:space="preserve">hal-03114990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential normal skin transcriptomic response in total body irradiated mice exposed to scattered versus scanned proton beams</w:t>
+                <w:t xml:space="preserve">High-quality carnivoran genomes from roadkill samples enable comparative species delineation in aardwolf and bat-eared fox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Leduc</w:t>
+                <w:t xml:space="preserve">Rémi Allio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samia Chaouni</w:t>
+                <w:t xml:space="preserve">Marie-Ka Tilak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pouzoulet</w:t>
+                <w:t xml:space="preserve">Celine Scornavacca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic de Marzi</w:t>
+                <w:t xml:space="preserve">Nico L Avenant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Megnin-Chanet</w:t>
+                <w:t xml:space="preserve">Andrew C Kitchener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.5876. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-85394-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.63167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03169799v1</w:t>
+                <w:t xml:space="preserve">hal-03147106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid protein evolution, organellar reductions, and invasive intronic elements in the marine aerobic parasite dinoflagellate Amoebophrya spp</w:t>
+                <w:t xml:space="preserve">Differential normal skin transcriptomic response in total body irradiated mice exposed to scattered versus scanned proton beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Farhat</w:t>
+                <w:t xml:space="preserve">Alexandre Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phuong Le</w:t>
+                <w:t xml:space="preserve">Samia Chaouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ehsan Kayal</w:t>
+                <w:t xml:space="preserve">Frédéric Pouzoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Noel</w:t>
+                <w:t xml:space="preserve">Ludovic de Marzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Bigeard</w:t>
+                <w:t xml:space="preserve">Frédérique Megnin-Chanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 19 (1), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.5876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-020-00927-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-85394-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03114990v1</w:t>
+                <w:t xml:space="preserve">hal-03169799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergic Effects of Temperature and Irradiance on the Physiology of the Marine Synechococcus Strain WH7803</w:t>
               </w:r>
@@ -4987,948 +4987,948 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02929424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
+                <w:t xml:space="preserve">In-Depth In Silico Search for Cuttlefish (Sepia officinalis) Antimicrobial Peptides Following Bacterial Challenge of Haemocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albane Jouault</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Morgan Perennou</w:t>
+                <w:t xml:space="preserve">Louis Benoist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Houyvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00893-20⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (9), pp.439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md18090439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03027967v1</w:t>
+                <w:t xml:space="preserve">hal-02965337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Complementarity Between a Brown Alga and Associated Cultivable Bacteria Provide Indications of Beneficial Interactions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of a relevant strategy using de novo transcriptome assembly method for transcriptome comparisons between Muscovy and common duck species and their reciprocal inter-specific mule and hinny hybrids fed ad libitum and overfed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00085⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-020-07099-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02866101v2</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and structural characterization of the factors involved in vitellogenesis and its regulation in the African Osteoglossiforme of aquacultural interest Heterotis niloticus (Cuvier, 1829)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the Infectious Process of Colletotrichum lupini in Lupin through Transcriptomic and Proteomic Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N'Zi Daniel Koua</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2020.113532⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (10), pp.1621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8101621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867550v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Depth In Silico Search for Cuttlefish (Sepia officinalis) Antimicrobial Peptides Following Bacterial Challenge of Haemocytes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Cryptic species in the parasitic Amoebophrya species complex revealed by a polyphasic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruibo Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Kayal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catharina Alves-De-Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bigeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md18090439⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-59524-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02965337v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377799v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptic species in the parasitic Amoebophrya species complex revealed by a polyphasic approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Metabolic Complementarity Between a Brown Alga and Associated Cultivable Bacteria Provide Indications of Beneficial Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Burgunter-Delamare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hetty Kleinjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Fremy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-59524-z⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377799v2</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866101v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a relevant strategy using de novo transcriptome assembly method for transcriptome comparisons between Muscovy and common duck species and their reciprocal inter-specific mule and hinny hybrids fed ad libitum and overfed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xi Liu</w:t>
+                <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Herault</w:t>
+                <w:t xml:space="preserve">Emilie Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Diot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Morgan Perennou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21, </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 86 (20), pp.e00893-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-020-07099-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00893-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02956381v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Infectious Process of Colletotrichum lupini in Lupin through Transcriptomic and Proteomic Analysis</w:t>
+                <w:t xml:space="preserve">Identification and structural characterization of the factors involved in vitellogenesis and its regulation in the African Osteoglossiforme of aquacultural interest Heterotis niloticus (Cuvier, 1829)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
+                <w:t xml:space="preserve">N'Zi Daniel Koua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Picot</w:t>
+                <w:t xml:space="preserve">Jesús Núñez-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Madec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Julie Orjuela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8 (10), pp.1621. </w:t>
+              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.113532. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8101621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2020.113532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03009610v1</w:t>
+                <w:t xml:space="preserve">hal-02867550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic Responses to Darkness and the Survival Strategy of the Kelp Saccharina latissima in the Early Polar Night</w:t>
               </w:r>
@@ -6195,51 +6195,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genome of Ectocarpus subulatus – A highly stress-tolerant brown alga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon M. Dittami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6342,51 +6342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Bonadè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atsushi Ogura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bassaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6440,511 +6440,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02989850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seascape genomics reveals population isolation in the reef-building honeycomb worm, Sabellaria alveolata (L.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome Sequences of 72 Bacterial Strains Isolated from Ectocarpus subulatus: A Resource for Algal Microbiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Geslain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hetty Kleinjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna P Muir</w:t>
+                <w:t xml:space="preserve">Gwenn Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas F Dubois</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antony M Knights</w:t>
+                <w:t xml:space="preserve">Erwan Legeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12862-020-01658-9⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (1), pp.3647-3655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evz278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02935188v1</w:t>
+                <w:t xml:space="preserve">hal-02553731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring Biochemical Reactions and Metabolite Structures to Understand Metabolic Pathway Drift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Trottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 23 (2), pp.100849. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.isci.2020.100849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943880v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Sequences of 72 Bacterial Strains Isolated from Ectocarpus subulatus: A Resource for Algal Microbiology</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hetty Kleinjan</w:t>
+                <w:t xml:space="preserve">Seascape genomics reveals population isolation in the reef-building honeycomb worm, Sabellaria alveolata (L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna P Muir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas F Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca E Ross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenn Tanguy</w:t>
+                <w:t xml:space="preserve">Louise B Firth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Legeay</w:t>
+                <w:t xml:space="preserve">Antony M Knights</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (1), pp.3647-3655. </w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evz278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12862-020-01658-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02553731v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omic Analysis of the Sepia officinalis White Body: New Insights into Multifunctionality and Haematopoiesis Regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 19 (8), pp.3072-3087. </w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6991,51 +6991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomics applied to Mucor species with different lifestyles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7106,429 +7106,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of Downy Oak (Quercus pubescens Willd.) to Climate Change: Transcriptome Assembly, Differential Gene Analysis and Targeted Metabolomics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dinoflagellate Host Chloroplasts and Mitochondria Remain Functional During Amoebophrya Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Kayal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catharina Alves-De-Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Mévy</w:t>
+                <w:t xml:space="preserve">Lourdes Velo-Suarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice B. Loriod</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Magali Torres</w:t>
+                <w:t xml:space="preserve">Joanne Monjol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants9091149⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.600823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.600823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945417v1</w:t>
+                <w:t xml:space="preserve">hal-03146011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methanohalophilus profundi sp. nov., a methylotrophic halophilic piezophilic methanogen isolated from a deep hypersaline anoxic basin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Response of Downy Oak (Quercus pubescens Willd.) to Climate Change: Transcriptome Assembly, Differential Gene Analysis and Targeted Metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Mévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane L'Haridon</w:t>
+                <w:t xml:space="preserve">Béatrice B. Loriod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hani Haroun</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Morgane Chalopin</w:t>
+                <w:t xml:space="preserve">Magali Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2020.126107⟩</w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.1149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants9091149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03260922v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dinoflagellate Host Chloroplasts and Mitochondria Remain Functional During Amoebophrya Infection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sarah Farhat</w:t>
+                <w:t xml:space="preserve">Methanohalophilus profundi sp. nov., a methylotrophic halophilic piezophilic methanogen isolated from a deep hypersaline anoxic basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane L'Haridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Haroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lourdes Velo-Suarez</w:t>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanne Monjol</w:t>
+                <w:t xml:space="preserve">Morgane Chalopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.600823. </w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43 (5), pp.126107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.600823⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2020.126107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03146011v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03260922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative analysis of five Mucor species transcriptomes</w:t>
               </w:r>
@@ -7642,425 +7642,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03488854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic analysis of clam extra pallial fluids reveals immunity and cytoskeleton alterations in the first week of Brown Ring Disease development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabarcoding on planktonic larval stages: an efficient approach for detecting and investigating life cycle dynamics of benthic aliens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Couton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Comtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Rahmani</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Sabrina Le Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Viard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fsi.2019.08.025⟩</w:t>
+              <w:t xml:space="preserve">Management of Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (4), pp.657-689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3391/mbi.2019.10.4.06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02409065v1</w:t>
+                <w:t xml:space="preserve">hal-02431784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Viruses Infecting the Marine Diatom Guinardia delicatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Arsenieff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Rigaut-Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Arsenieff</w:t>
+                <w:t xml:space="preserve">Florence Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Chaffron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9, pp.3235. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2018.03235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding on planktonic larval stages: an efficient approach for detecting and investigating life cycle dynamics of benthic aliens</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Comtet</w:t>
+                <w:t xml:space="preserve">Transcriptomic analysis of clam extra pallial fluids reveals immunity and cytoskeleton alterations in the first week of Brown Ring Disease development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bidault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Le Cam</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management of Biological Invasions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10 (4), pp.657-689. </w:t>
+              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 93, pp.940-948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3391/mbi.2019.10.4.06⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fsi.2019.08.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02431784v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature Modulates Sex-Biased Gene Expression in the Gametophytes of the Kelp Saccharina latissima</w:t>
               </w:r>
@@ -8098,51 +8098,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inka Bartsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.769. </w:t>
@@ -8327,51 +8327,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable isotope probing and metagenomics highlight the effect of plants on uncultured phenanthrene-degrading bacterial consortium in polluted soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Cebron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8546,749 +8546,749 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02395080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Genome Sequence of the Halophilic Methylotrophic Methanogen Archaeon Methanohalophilus portucalensis Strain FDF-1(T)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Therapeutic Potential of a New Jumbo Phage That Infects Vibrio coralliilyticus, a Widespread Coral Pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Jacquemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Bettarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Monjol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violetta La Cono</w:t>
+                <w:t xml:space="preserve">Sebastien Halary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (3), pp.01482-17. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01482-17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02372884v1</w:t>
+                <w:t xml:space="preserve">hal-01913634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic Potential of a New Jumbo Phage That Infects Vibrio coralliilyticus, a Widespread Coral Pathogen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complete Genome Sequence of the Halophilic Methylotrophic Methanogen Archaeon Methanohalophilus portucalensis Strain FDF-1(T)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane L'Haridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Jacquemot</w:t>
+                <w:t xml:space="preserve">Yue Guan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Bettarel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Manikandan Vinu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Halary</w:t>
+                <w:t xml:space="preserve">Violetta La Cono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.2501. </w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (3), pp.01482-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01482-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01913634v1</w:t>
+                <w:t xml:space="preserve">hal-02372884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the genomic basis of functional diversity in dinoflagellates using a transcriptome-based sequence similarity network.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of antimicrobial peptides from a cuttlefish database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Houyvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Meng</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Raffaele Siano</w:t>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.14579⟩</w:t>
+              <w:t xml:space="preserve">Amino Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (11), pp.1573-1582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00726-018-2633-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02879300v1</w:t>
+                <w:t xml:space="preserve">hal-01991164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of antimicrobial peptides from a cuttlefish database</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Adhesive gland transcriptomics uncovers a diversity of genes involved in glue formation in marine tube-building polychaetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Duvernois-Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Jean Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amino Acids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 50 (11), pp.1573-1582. </w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 72, pp.316-328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00726-018-2633-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2018.03.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991164v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive gland transcriptomics uncovers a diversity of genes involved in glue formation in marine tube-building polychaetes</w:t>
+                <w:t xml:space="preserve">Analysis of the genomic basis of functional diversity in dinoflagellates using a transcriptome-based sequence similarity network.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Buffet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Arnaud Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Duvernois-Berthet</w:t>
+                <w:t xml:space="preserve">Ian Probert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Fournier</w:t>
+                <w:t xml:space="preserve">Andres Gutierrez-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Jean Lopez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raffaele Siano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 72, pp.316-328. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (10), pp.2365-2380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2018.03.037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.14579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323016v1</w:t>
+                <w:t xml:space="preserve">hal-02879300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a moronecidin-like antimicrobial peptide in the venomous fish Pterois volitans: Functional and structural study of pteroicidin-α</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Houyvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Bouchon-Navaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9358,377 +9358,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translatome analysis at the egg-to-embryo transition in sea urchin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A de novo approach to disentangle partner identity and function in holobiont systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Chassé</w:t>
+                <w:t xml:space="preserve">Camille Marchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Aubert</w:t>
+                <w:t xml:space="preserve">Pierre Peterlongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Boulben</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Adriana A. Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gky258⟩</w:t>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40168-018-0481-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01803500v1</w:t>
+                <w:t xml:space="preserve">hal-01643153v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A de novo approach to disentangle partner identity and function in holobiont systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Meng</w:t>
+                <w:t xml:space="preserve">Translatome analysis at the egg-to-embryo transition in sea urchin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Chassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Marchet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Boulben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adriana A. Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.1-35. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (9), pp.4607 - 4621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40168-018-0481-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gky258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643153v2</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crustacean cardioactive peptides Expression, localization, structure, and a possible involvement in regulation of egg-laying in the cuttlefish Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Endress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 260, pp.67-79. </w:t>
@@ -9760,1272 +9760,1272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary aquaculture by-product hydrolysates: impact on the transcriptomic response of the intestinal mucosa of European seabass (Dicentrarchus labrax) fed low fish meal diets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+                <w:t xml:space="preserve">Comparative Time-Scale Gene Expression Analysis Highlights the Infection Processes of Two Amoebophrya Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Robert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
+                <w:t xml:space="preserve">Isabelle Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Kayal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-018-4780-0⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01973434v1</w:t>
+                <w:t xml:space="preserve">hal-02126891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Time-Scale Gene Expression Analysis Highlights the Infection Processes of Two Amoebophrya Strains</w:t>
+                <w:t xml:space="preserve">Dietary aquaculture by-product hydrolysates: impact on the transcriptomic response of the intestinal mucosa of European seabass (Dicentrarchus labrax) fed low fish meal diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Farhat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ehsan Kayal</w:t>
+                <w:t xml:space="preserve">Alexandre Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne da Silva</w:t>
+                <w:t xml:space="preserve">Marie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.2251. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-018-4780-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02126891v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of bacterial contaminants and hybrid sequences in the genome of the kelp Saccharina japonica using Taxoblast</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Re-annotation, improved large-scale assembly and establishment of a catalogue of noncoding loci for the genome of the model brown alga Ectocarpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Dittami</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Komlan Avia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieven Sterck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Wucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.4073⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 214 (1), pp.219-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.14321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01654700v1</w:t>
+                <w:t xml:space="preserve">hal-03145812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-annotation, improved large-scale assembly and establishment of a catalogue of noncoding loci for the genome of the model brown alga Ectocarpus</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection of bacterial contaminants and hybrid sequences in the genome of the kelp Saccharina japonica using Taxoblast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Wucher</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Dittami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 214 (1), pp.219-232. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5, pp.e4073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.14321⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.4073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03145812v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitric Oxide Mediates Nitrite-Sensing and Acclimation and Triggers a Remodeling of Lipids</w:t>
+                <w:t xml:space="preserve">Physiological adjustments and transcriptome reprogramming are involved in the acclimation to salinity gradients in diatoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
+                <w:t xml:space="preserve">Adrien Bussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josselin Lupette</w:t>
+                <w:t xml:space="preserve">Cédric Hubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Tourcier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Séverine Collin</w:t>
+                <w:t xml:space="preserve">Evelyne E. Duvernois-Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.17.01042⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (3), pp.909-925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01664940v1</w:t>
+                <w:t xml:space="preserve">mnhn-02283645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Genome Sequence of Methanohalophilus halophilus DSM 3094(T), Isolated from a Cyanobacterial Mat and Bottom Deposits at Hamelin Pool, Shark Bay, Northwestern Australia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Violetta La Cono</w:t>
+                <w:t xml:space="preserve">A Large and Consistent Phylogenomic Dataset Supports Sponges as the Sister Group to All Other Animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Simion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Baurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel J. Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01604-16⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (7), pp.958-967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2017.02.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02372885v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloropicophyceae, a new class of picophytoplanktonic prasinophytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Lopes dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Pollina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscillia Gourvil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7, pp.14019. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-017-12412-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Large and Consistent Phylogenomic Dataset Supports Sponges as the Sister Group to All Other Animals</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nitric Oxide Mediates Nitrite-Sensing and Acclimation and Triggers a Remodeling of Lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Jager</w:t>
+                <w:t xml:space="preserve">Lina-Juana Dolch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel J. Richter</w:t>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Bedhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2017.02.031⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 175 (3), pp.1407 - 1423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.17.01042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681528v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01664940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological adjustments and transcriptome reprogramming are involved in the acclimation to salinity gradients in diatoms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Complete Genome Sequence of Methanohalophilus halophilus DSM 3094(T), Isolated from a Cyanobacterial Mat and Bottom Deposits at Hamelin Pool, Shark Bay, Northwestern Australia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane L'Haridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Guan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manikandan Vinu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violetta La Cono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 19 (3), pp.909-925. </w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (7), pp.01604-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01604-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02283645v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02372885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum to: Bioinformatics Pipeline for Transcriptome Sequencing Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Djebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Wucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Foissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1468, pp.E1. </w:t>
@@ -11063,64 +11063,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the neuropeptidome of a Southern Ocean decapod, the Antarctic shrimp Chorismus antarcticus : Focusing on a new decapod ITP-like peptide belonging to the CHH peptide family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Toullec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Mandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11370,51 +11370,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert D. Finn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Ailo Ailo Bongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11491,51 +11491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Huenerlage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Cascella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lola Toomey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11599,77 +11599,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropeptidome of the Cephalopod Sepia officinalis : Identification, Tissue Mapping, and Expression Pattern of Neuropeptides and Neurohormones during Egg Laying</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11727,441 +11727,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02191510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of peptide fractions of a Tilapia (Oreochromis niloticus) by-product hydrolysate and in vitro evaluation of antibacterial activity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Egg Case Proteins Can Protect Cuttlefish Offspring?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Fournier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+                <w:t xml:space="preserve">Valérie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Process Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procbio.2014.12.022⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (7), pp.e0132836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0132836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01991227v1</w:t>
+                <w:t xml:space="preserve">hal-01991188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexual Dimorphism and the Evolution of Sex-Biased Gene Expression in the Brown Alga Ectocarpus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+                <w:t xml:space="preserve">Molecular characterization of peptide fractions of a Tilapia (Oreochromis niloticus) by-product hydrolysate and in vitro evaluation of antibacterial activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remy Luthringer</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Vincent Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Process Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (3), pp.487-492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procbio.2014.12.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msv049⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285048v1</w:t>
+                <w:t xml:space="preserve">hal-01991227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Egg Case Proteins Can Protect Cuttlefish Offspring?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sexual Dimorphism and the Evolution of Sex-Biased Gene Expression in the Brown Alga Ectocarpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Lipinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Cornet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Didier Goux</w:t>
+                <w:t xml:space="preserve">Remy Luthringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Duval</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bernay</w:t>
+                <w:t xml:space="preserve">Akira F Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (7), pp.e0132836. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32 (6), pp.1581-1597. </w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0132836⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msv049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01991188v1</w:t>
+                <w:t xml:space="preserve">hal-01285048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversification, Evolution and Sub-Functionalization of 70kDa Heat-Shock Proteins in Two Sister Species of Antarctic Krill: Differences in Thermal Habitats, Responses and Implications under Climate Change</w:t>
               </w:r>
@@ -12199,51 +12199,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Papot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (4), pp.e0121642. </w:t>
@@ -12281,103 +12281,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Toll/NF-κB pathway in cuttlefish symbiotic accessory nidamental gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 53 (1), pp.42-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12405,412 +12405,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WiseScaffolder: an algorithm for the semi-automatic scaffolding of Next Generation Sequencing data</w:t>
+                <w:t xml:space="preserve">Amelotin Gene Structure and Expression during Enamel Formation in the Opossum Monodelphis domestica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory K. Farrant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mark Hoebeke</w:t>
+                <w:t xml:space="preserve">Barbara Gasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Partensky</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Yves Sire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12859-015-0705-y⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (7), pp.e0133314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0133314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193001v1</w:t>
+                <w:t xml:space="preserve">hal-01233552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome analyses to investigate symbiotic relationships between marine protists</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">WiseScaffolder: an algorithm for the semi-automatic scaffolding of Next Generation Sequencing data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory K. Farrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hoebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Balzano</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Frédéric Partensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Wincker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2015.00098⟩</w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 pp.281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12859-015-0705-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01143962v1</w:t>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelotin Gene Structure and Expression during Enamel Formation in the Opossum Monodelphis domestica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptome analyses to investigate symbiotic relationships between marine protists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Balzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Decelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Gasse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erwan Corre</w:t>
+                <w:t xml:space="preserve">Roberto Sierra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Sire</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Wincker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (7), pp.e0133314. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0133314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2015.00098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01233552v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01143962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Haploid System of Sex Determination in the Brown Alga Ectocarpus sp.</w:t>
               </w:r>
@@ -12835,64 +12835,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugenie Pessia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Luthringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (17), pp.1945-1957. </w:t>
@@ -12930,90 +12930,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual role of the cuttlefish salivary proteome in defense and predation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13064,103 +13064,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic and peptidomic analysis of protein hydrolysates from the white shrimp (L. vannamei)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">African Journal of Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 186, pp.30-37</w:t>
@@ -13241,51 +13241,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Cunff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Bougaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Probert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (1), pp.e86889. </w:t>
@@ -13323,64 +13323,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome and Peptidome Characterisation of the Main Neuropeptides and Peptidic Hormones of a Euphausiid: The Ice Krill, Euphausia crystallorophias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Toullec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13470,51 +13470,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ectocarpus Genome and Brown Algal Genomics The Ectocarpus Genome Consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lieven Sterck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13643,51 +13643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Dossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12 (1), pp.530. </w:t>
@@ -13719,619 +13719,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00642454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sequence-tagged genetic map for the brown alga Ectocarpus siliculosus provides large-scale assembly of the genome sequence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Svenja Heesch</w:t>
+                <w:t xml:space="preserve">The $Ectocarpus$ genome and the independent evolution of multicellularity in brown algae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mark Cock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieven Sterck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ga Youn Cho</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+                <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Falentin</w:t>
+                <w:t xml:space="preserve">Delphine Scornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew E. Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 188 (1), pp.42-51. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 465 (7298), pp.617-621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03273.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature09016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01806415v1</w:t>
+                <w:t xml:space="preserve">cea-00906990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The $Ectocarpus$ genome and the independent evolution of multicellularity in brown algae</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lieven Sterck</w:t>
+                <w:t xml:space="preserve">A sequence-tagged genetic map for the brown alga Ectocarpus siliculosus provides large-scale assembly of the genome sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svenja Heesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Rouzé</w:t>
+                <w:t xml:space="preserve">Ga Youn Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira F Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Scornet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrew E. Allen</w:t>
+                <w:t xml:space="preserve">Cyril Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 465 (7298), pp.617-621. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 188 (1), pp.42-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature09016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03273.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-00906990v1</w:t>
+                <w:t xml:space="preserve">hal-01806415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastid genomes of two brown algae, Ectocarpus siliculosus and Fucus vesiculosus: further insights on the evolution of red-algal derived plastids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+                <w:t xml:space="preserve">Global expression analysis of the brown alga Ectocarpus siliculosus (Phaeophyceae) reveals large-scale reprogramming of the transcriptome in response to abiotic stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon M Dittami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Scornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gareth Pearson</w:t>
+                <w:t xml:space="preserve">Jean-Louis Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Valente</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernhard Gschloessl</w:t>
+                <w:t xml:space="preserve">Béatrice Segurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-253⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10, pp.R66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/gb-2009-10-6-r66⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01806420v1</w:t>
+                <w:t xml:space="preserve">hal-01806423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global expression analysis of the brown alga Ectocarpus siliculosus (Phaeophyceae) reveals large-scale reprogramming of the transcriptome in response to abiotic stress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Scornet</w:t>
+                <w:t xml:space="preserve">Plastid genomes of two brown algae, Ectocarpus siliculosus and Fucus vesiculosus: further insights on the evolution of red-algal derived plastids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gareth Pearson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Petit</w:t>
+                <w:t xml:space="preserve">Carla Viegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Segurens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne da Silva</w:t>
+                <w:t xml:space="preserve">Bernhard Gschloessl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 10, pp.R66. </w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9, pp.253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/gb-2009-10-6-r66⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01806423v1</w:t>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01806420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life-cycle-generation-specific developmental processes are modified in the immediate upright mutant of the brown alga Ectocarpus siliculosus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira F. Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Scornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Ratin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14408,51 +14408,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel uncultured Epsilonproteobacteria dominate a filamentous sulphur mat from the 13°N hydrothermal vent field, East Pacific Rise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Moussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Cambon-Bonavita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14577,51 +14577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Collen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 49, pp.190-207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14672,64 +14672,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Collén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Rousvoal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14837,51 +14837,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immune response of Mytilus edulis challenged with low-virulence and high-virulence isolates of F. halioticida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bouras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15001,51 +15001,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Got</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.109-117</w:t>
@@ -15087,90 +15087,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a genetic map for the brown alga Saccorhiza polyschides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svenja Heesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ga Youn Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira F. Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">German Botanical Society (DBG) meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Berchtesgaden, Germany</w:t>
@@ -15199,103 +15199,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A transcriptomic approach to study marine plankton holobionts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Peterlongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Marchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana A. Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Holobionts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Paris, France</w:t>
@@ -15350,77 +15350,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Collen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lieven Sterck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Scornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. European Phycological Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Rhodes, Greece</w:t>
@@ -15488,51 +15488,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Doughi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loraine Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15691,51 +15691,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00327528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (9)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -16100,699 +16100,824 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BYTE-Sea: the digital infrastructure of ATLASea, the French marine genome sequencing programme</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The cuttlefish $Sepia\ officinalis$: a relevant invertebrate model for the study of Alzheimer's disease?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Byte-Sea Consortium</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maureen Pred'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Villain-Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2024 - Journées ouvertes en biologie, informatique et mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France. pp.1-1, 2024</w:t>
+              <w:t xml:space="preserve">FAAST 2025 - France Alzheimer Actualités Scientifiques et Thérapeutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693601v1</w:t>
+                <w:t xml:space="preserve">hal-05548904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MyGOD : Visualization and analysis interface for marine genomic observatories data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mark Hoebeke</w:t>
+                <w:t xml:space="preserve">BYTE-Sea: the digital infrastructure of ATLASea, the French marine genome sequencing programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Massau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Henry</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Byte-Sea Consortium</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JOBIM 2024 - Journées ouvertes en biologie, informatique et mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France. pp.1-1, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04029627v1</w:t>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression analysis of duck liver steatosis from hybrid and parental species</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xi Liu</w:t>
+                <w:t xml:space="preserve">MyGOD : Visualization and analysis interface for marine genomic observatories data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hoebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Hérault</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique et Mathématiques (Jobim)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JOBIM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.6451438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId611" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842089v1</w:t>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRANS-C³ - The Transcriptome of downy oak (Quercus pubescens Willd.) in Response to Climate Change</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
+                <w:t xml:space="preserve">Gene expression analysis of duck liver steatosis from hybrid and parental species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Caffarri</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Frédéric Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Mévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique et Mathématiques (JOBIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique et Mathématiques (Jobim)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018, Abstracts Jobim 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01857993v1</w:t>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA−SIP and metagenomic revealed shifts in active phenanthrene−degrading bacteria of rhizosphere and bulk soil from a historically contaminated site</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TRANS-C³ - The Transcriptome of downy oak (Quercus pubescens Willd.) in Response to Climate Change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Cébron</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Béatrice Loriod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Caffarri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Mévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Symposium on Bacterial Genetics and Ecology, BAGECO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique et Mathématiques (JOBIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03145407v1</w:t>
+                <w:t xml:space="preserve">hal-01857993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">DNA−SIP and metagenomic revealed shifts in active phenanthrene−degrading bacteria of rhizosphere and bulk soil from a historically contaminated site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Cébron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th Symposium on Bacterial Genetics and Ecology, BAGECO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Aberdeen, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic response of intestine to low fish meal diet and dietary marine hydrolysates in european seabass (dicentrarchus labrax)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lefevre-Scelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of the European Aquaculture Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02340456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16802,310 +16927,310 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nBioinformatics Pipeline for Transcriptome Sequencing Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Djebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Wucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Foissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enhancer RNAs : Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1468 (Chapter 14), Humana Press Inc., 2017, Methods in Molecular Biology, 978-1-4939-4033-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4939-4035-6_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinformatics Pipeline for Transcriptome Sequencing Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Djebali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Wucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Foissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enhancer RNAs - Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1468, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.E1-E1, 2017, Methods in Molecular Biology, 978-1-4939-4035-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4939-4035-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17115,156 +17240,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METdb: A GENOMIC REFERENCE DATABASE FOR MARINE SPECIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guita Niang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Hoebeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxim Scheremetjew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7490/f1000research.1118000.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId629" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04394873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17274,51 +17399,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global phylogeography of marine Synechococcus in coastal areas reveals strikingly different communities than in the open ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17327,143 +17452,143 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulysse Guyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Farrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03834030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changing microbial activities during low salinity acclimation in the brown alga Ectocarpus subulatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hetty Kleinjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianmaria Caliafano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17488,100 +17613,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Frioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03429533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genome of Ectocarpus subulatus -a highly stress-tolerant brown alga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon M. Dittami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17606,51 +17731,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17660,383 +17785,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan de Gestion des Données : PEPR ATLASea : Atlas des génomes marins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wincker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Roest Crollius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zenodo. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId637" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04709361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EOSC-Life Report on the work of the Open Call Projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arina Rybina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Pfander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beracochea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3.3, EMBL-HD; CSIC. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId641" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La surveillance de la biodiversité ichtyologique côtière par l'ADN environnemental : Évaluation de l'outil et de sa complémentarité aux comptages visuels en plongée - Rapport final, septembre 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lizé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId645" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PatriNat (OFB-CNRS-MNHN). 2021, 85 p. + annexes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04168495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18046,114 +18171,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches moléculaires de la diversité microbienne de deux environnements extrêmes : les sources hydrothermales profondes et les réservoirs pétroliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie moléculaire. Université de Bretagne Occidentale, 2000. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId646" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01115381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId648"/>
+      <w:footerReference w:type="default" r:id="rId651"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18221,51 +18346,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D32886A"/>
+    <w:nsid w:val="094C199C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18452,51 +18577,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-corre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6354-2278" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154781142" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/207331618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000138896322" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/T-7166-2018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363437v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Mckeown" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan Schroeder" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachida Tadrent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veaf009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796156v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Finn" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Balech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Burgin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Physilia Chua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.144515.2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997831v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan C Schroeder" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127873v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Rizos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Romac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Juery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Berthelier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Decelle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2025.126102" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794231v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godfroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Heesch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Nehr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.10.049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615510v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Rondon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Vald&#233;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cosseau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bergami" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Antonio C&#225;rdenas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.116523" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734202v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Maz&#233;as" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Bouguerba-Collin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10811-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238382v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Guyet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Leconte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Farrant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-023-01386-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948623v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pernelle Leli&#232;vre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbeyron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac977" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868898v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hetty Kleinjan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmaria Califano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Aite" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Fremy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16766" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156960v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delgado" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Fernandez-Trujillo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hou&#233;e" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Silvent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00427-023-00706-w" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123930v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Rey" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Viard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Liz&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2023.106625" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707696v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Choquet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lenner" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Cocco" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Toullec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad225" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04190579v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka P Lipinska" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy A Krueger-Hadfield" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M Dittami" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;gia Ayres-Ostrock" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evad124" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971550v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Breton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00656-22" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03770964v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thomas-Bulle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertrand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niranjan Nagarajan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R Copley" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-022-02057-y" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777035v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Endress" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lefranc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20080505" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03768045v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ferrieux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Dufour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ratin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gu&#233;neugu&#232;s" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.893413" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04506390v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Waterhouse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donat Agosti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Baldrian" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.73825.2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798578v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;zi Daniel Koua" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pontin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fishes7030106" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03771381v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Castel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hourdez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pradillon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Daguin-Thi&#233;baut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ballenghien" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13060985" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959186v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-022-10126-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329592v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Houyvet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Bouchon-Navaro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouchon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19090490" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03969507v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Dorrell" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Villain" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Audren de Kerdrel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giselle Mccallum" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2009974118/-/DCSupplemental" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988562v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa958" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03454704v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qikun Xing" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bernard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rousvoal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Markov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.742469" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03360215v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Six" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marie" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111300118" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357314v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Thi&#233;baud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Le Duff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004913" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901946v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Gonz&#225;lez-Aravena" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Font" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar A C&#225;rdenas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toullec" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.761866" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03223662v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Karimi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Geslain" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belcour" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.11344" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03235933v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Couton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Baud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Comtet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7453" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03147106v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allio" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ka Tilak" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Scornavacca" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico L Avenant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew C Kitchener" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.63167" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169799v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leduc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Chaouni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pouzoulet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Marzi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Megnin-Chanet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85394-0" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03114990v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Farhat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Le" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Kayal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bigeard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00927-9" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02929424v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thanh Nguyen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haguait" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Pittera" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01707" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027967v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Jouault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Simon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Perennou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00893-20" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02866101v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Burgunter-Delamare" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Wagner" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867550v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Zi Daniel Koua" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s N&#250;&#241;ez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Orjuela" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2020.113532" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965337v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Benoist" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18090439" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377799v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruibo Cai" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Alves-De-Souza" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59524-z" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956381v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Liu" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07099-4" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009610v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubrulle" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Madec" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8101621" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012668v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiru Li" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Scheschonk" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Heinrich" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Valentin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Harms" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.592033" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938656v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humily" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.567431" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02866117v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M. Dittami" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lipinska" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Pontoizeau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margen.2020.100740" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02989850v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bonad&#232;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Ogura" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bassaglia" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud-Ponticelli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.521989" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02935188v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna P Muir" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas F Dubois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca E Ross" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise B Firth" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony M Knights" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-020-01658-9" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943880v2" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Girard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Delage" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Trottier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.100849" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02553731v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Tanguy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Legeay" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evz278" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965333v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00100" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481326v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos P&#232;rez-Arques" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6256-2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02945417v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;vy" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B. Loriod" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Torres" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9091149" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03260922v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L'Haridon" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Haroun" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chalopin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2020.126107" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146011v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Velo-Suarez" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Monjol" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.600823" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488854v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morin-Sardin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2018.09.003" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409065v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rahmani" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Richard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bidault" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2019.08.025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01994588v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Arsenieff" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Simon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rigaut-Jalabert" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Gall" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chaffron" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03235" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02431784v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Le Cam" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/mbi.2019.10.4.06" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012665v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;tia Monteiro" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inka Bartsch" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00769" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012669v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;tia Marina Machado Monteiro" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Bischof" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Ulrich Valentin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-2124-0" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322773v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cebron" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0394-z" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02395080v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine N&#232;gre" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox8110564" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372884v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Guan" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manikandan Vinu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violetta La Cono" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01482-17" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01913634v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Jacquemot" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Bettarel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Halary" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02501" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02879300v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Meng" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Probert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Gutierrez-Rodriguez" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Siano" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14579" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991164v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2633-4" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323016v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Buffet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Duvernois-Berthet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fournier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jean Lopez" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2018.03.037" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991168v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2017.11.003" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XWPH2V95-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803500v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Chass&#233;" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Boulben" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le&#160;corguill&#233;" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky258" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643153v2" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchet" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peterlongo" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0481-9" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744294v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.12.009" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01973434v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robert" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4780-0" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126891v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin No&#235;l" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02251" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01654700v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dittami" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.4073" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145812v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Sterck" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wucher" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14321" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664940v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina-Juana Dolch" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tourcier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Bedhomme" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Collin" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01042" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372885v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01604-16" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01634064v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Lopes dos Santos" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Pollina" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Gourvil" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12412-5" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681528v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simion" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Philippe" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baurain" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jager" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Richter" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.02.031" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02283645v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bussard" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubas" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Duvernois-Berthet" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13398" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01439359v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-4035-6_17" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01578105v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mandon" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Gonzalez-Aravena" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ollivaux" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.07.015" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01587420v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s A Ritter" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cabioch" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine A Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan A Corre" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A Cosse" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173315.s011" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01593068v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra ten Hoopen" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D. Finn" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ailo Ailo Bongo" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fosso" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/gix047" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01395071v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Huenerlage" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cascella" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Toomey" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Ying Lee" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12192-016-0720-6" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191510v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Cornet" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00463" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991227v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fournier" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2014.12.022" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18PLMHJ2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01285048v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Luthringer" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira F Peters" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv049" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991188v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cornet" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Duval" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132836" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01142647v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jollivet" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Papot" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly L&#233;ger" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0121642" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991195v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2015.06.016" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01193001v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory K. Farrant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Andres" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-015-0705-y" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143962v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Balzano" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sierra" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wincker" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00098" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233552v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gasse" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Sire" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133314" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01132642v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia S. Ahmed" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Pessia" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.07.042" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991240v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.05.019" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991237v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01100651v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Carrier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Garnier" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Cunff" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Bougaran" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086889" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250917v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. S. Thorne" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071609" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649287v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Ahmed" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew E. Allen" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigoris Amoutzias" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-391499-6.00005-0" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00642454v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boutet" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Ripp" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lecompte" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dossat" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-530" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806415v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga Youn Cho" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Falentin" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03273.x" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00906990v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouz&#233;" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Scornet" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09016" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806420v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Pearson" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Valente" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Viegas" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Gschloessl" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-253" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806423v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Petit" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Segurens" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-6-r66" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806436v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira F. Peters" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Charrier" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Monnier" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.016303" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00617025v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Moussard" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Cambon-Bonavita" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fouquet" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeanthon" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2006.00192.x" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091933v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boyen" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Herve" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tonon" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Collen" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098389v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roeder" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Coll&#233;n" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leblanc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1529-8817.2005.00150.x" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5K18RVG9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240201v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouras" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Blin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Savary" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374724v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hamon-Giraud" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bergk Pinto" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Got" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Rousseau" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947599v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01575069v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749757v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00540815v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picouet" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Doughi" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Caron" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327528v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wessner" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Senger" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Samson" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreews" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135947v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Massau" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicaise" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Bars" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144070v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Triskell Cumunel" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Binta Barry" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lamothe" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wallberg" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135435v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Emery" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecl&#232;re" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefort" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Bras" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693601v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byte-Sea Consortium" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029627v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andr&#233;" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henry" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noel" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6451438" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842089v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857993v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Loriod" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caffarri" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03145407v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie C&#233;bron" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02340456v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefevre-Scelles" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castel" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788591v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-4035-6_14" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789209v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/fr/book/9781493940332" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-4035-6" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394873v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guita Niang" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Scheremetjew" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1118000.1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834030v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429533v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmaria Caliafano" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02333021v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709361v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Le Gall" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Roest Crollius" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185373v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arina Rybina" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audergon" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pfander" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beracochea" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04168495v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/tel-01115381v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-corre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6354-2278" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154781142" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/207331618" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000138896322" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/T-7166-2018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Finn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Balech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Burgin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Physilia Chua" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.144515.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Mckeown" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cormier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan Schroeder" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachida Tadrent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veaf009" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127873v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Rizos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Romac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Juery" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Berthelier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Decelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2025.126102" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997831v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan C Schroeder" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794231v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godfroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Heesch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Nehr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.10.049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615510v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Rondon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Vald&#233;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cosseau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bergami" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Antonio C&#225;rdenas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.116523" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734202v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Maz&#233;as" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Bouguerba-Collin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10811-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238382v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Guyet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Leconte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Farrant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-023-01386-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948623v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stam" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pernelle Leli&#232;vre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbeyron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac977" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868898v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hetty Kleinjan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmaria Califano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Aite" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Fremy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16766" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156960v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delgado" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Fernandez-Trujillo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hou&#233;e" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Silvent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00427-023-00706-w" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707696v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Choquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lenner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Cocco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Toullec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad225" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123930v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Rey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Viard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Liz&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2023.106625" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04190579v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka P Lipinska" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy A Krueger-Hadfield" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M Dittami" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;gia Ayres-Ostrock" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evad124" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03768045v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ferrieux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Dufour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ratin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gu&#233;neugu&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.893413" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971550v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Breton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00656-22" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03770964v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thomas-Bulle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niranjan Nagarajan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R Copley" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-022-02057-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777035v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Endress" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lefranc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20080505" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04506390v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Waterhouse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donat Agosti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Baldrian" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.73825.2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798578v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;zi Daniel Koua" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pontin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fishes7030106" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03771381v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Castel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hourdez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pradillon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Daguin-Thi&#233;baut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ballenghien" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13060985" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959186v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-022-10126-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988562v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa958" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03454704v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qikun Xing" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bernard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rousvoal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Markov" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.742469" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03360215v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Six" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111300118" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03969507v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Dorrell" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Villain" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Audren de Kerdrel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giselle Mccallum" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2009974118/-/DCSupplemental" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329592v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Houyvet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Bouchon-Navaro" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouchon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19090490" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901946v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Gonz&#225;lez-Aravena" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Font" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar A C&#225;rdenas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toullec" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.761866" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357314v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Thi&#233;baud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Le Duff" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Martin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004913" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03223662v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Karimi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Geslain" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belcour" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.11344" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03235933v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Couton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Baud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Comtet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7453" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03114990v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Farhat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Le" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Kayal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bigeard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00927-9" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03147106v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allio" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ka Tilak" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Scornavacca" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico L Avenant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew C Kitchener" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.63167" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169799v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leduc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Chaouni" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pouzoulet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Marzi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Megnin-Chanet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85394-0" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02929424v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thanh Nguyen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haguait" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Pittera" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01707" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965337v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Benoist" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18090439" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956381v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Liu" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07099-4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009610v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubrulle" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Madec" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8101621" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377799v2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruibo Cai" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Alves-De-Souza" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59524-z" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02866101v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Burgunter-Delamare" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Wagner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00085" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027967v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Jouault" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Simon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Perennou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00893-20" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867550v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Zi Daniel Koua" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s N&#250;&#241;ez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Orjuela" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2020.113532" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012668v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiru Li" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Scheschonk" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Heinrich" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Valentin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Harms" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.592033" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938656v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humily" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.567431" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02866117v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M. Dittami" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Lipinska" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Pontoizeau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margen.2020.100740" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02989850v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bonad&#232;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Ogura" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bassaglia" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud-Ponticelli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.521989" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02553731v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Tanguy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Legeay" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evz278" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943880v2" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Girard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Delage" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Trottier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.100849" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02935188v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna P Muir" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas F Dubois" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca E Ross" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise B Firth" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony M Knights" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-020-01658-9" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965333v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00100" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481326v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos P&#232;rez-Arques" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6256-2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146011v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Velo-Suarez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Monjol" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.600823" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02945417v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;vy" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B. Loriod" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Torres" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9091149" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03260922v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L'Haridon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Haroun" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chalopin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2020.126107" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488854v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morin-Sardin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2018.09.003" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02431784v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Le Cam" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3391/mbi.2019.10.4.06" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01994588v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Arsenieff" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Simon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rigaut-Jalabert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Gall" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chaffron" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03235" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409065v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rahmani" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Richard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bidault" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lambert" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2019.08.025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012665v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;tia Monteiro" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inka Bartsch" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00769" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012669v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;tia Marina Machado Monteiro" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Bischof" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Ulrich Valentin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-2124-0" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322773v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cebron" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0394-z" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02395080v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine N&#232;gre" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox8110564" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01913634v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Jacquemot" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Bettarel" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Halary" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02501" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372884v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Guan" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manikandan Vinu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violetta La Cono" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01482-17" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991164v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2633-4" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323016v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Buffet" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Duvernois-Berthet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fournier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jean Lopez" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2018.03.037" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02879300v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Meng" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Probert" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Gutierrez-Rodriguez" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Siano" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14579" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991168v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2017.11.003" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XWPH2V95-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643153v2" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peterlongo" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0481-9" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803500v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Chass&#233;" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Boulben" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le&#160;corguill&#233;" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky258" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744294v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.12.009" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126891v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin No&#235;l" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02251" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01973434v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robert" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4780-0" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145812v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Sterck" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wucher" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14321" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01654700v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dittami" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.4073" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02283645v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bussard" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubas" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Duvernois-Berthet" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13398" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681528v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simion" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Philippe" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baurain" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jager" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Richter" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.02.031" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01634064v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Lopes dos Santos" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Pollina" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Gourvil" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12412-5" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664940v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina-Juana Dolch" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tourcier" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Bedhomme" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Collin" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01042" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372885v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01604-16" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01439359v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-4035-6_17" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01578105v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mandon" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Gonzalez-Aravena" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ollivaux" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.07.015" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01587420v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s A Ritter" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cabioch" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine A Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan A Corre" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A Cosse" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173315.s011" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01593068v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra ten Hoopen" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D. Finn" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ailo Ailo Bongo" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fosso" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/gix047" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01395071v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Huenerlage" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cascella" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Toomey" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Ying Lee" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12192-016-0720-6" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191510v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Cornet" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00463" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991188v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cornet" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Duval" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132836" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991227v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fournier" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2014.12.022" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18PLMHJ2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01285048v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Luthringer" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira F Peters" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv049" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01142647v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jollivet" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Papot" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly L&#233;ger" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0121642" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991195v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2015.06.016" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233552v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gasse" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Sire" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133314" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01193001v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory K. Farrant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Andres" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-015-0705-y" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143962v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Balzano" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sierra" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wincker" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00098" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01132642v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia S. Ahmed" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Pessia" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.07.042" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991240v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.05.019" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991237v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01100651v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Carrier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Garnier" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Cunff" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Bougaran" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086889" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250917v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. S. Thorne" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071609" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649287v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Ahmed" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew E. Allen" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigoris Amoutzias" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-391499-6.00005-0" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00642454v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boutet" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Ripp" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lecompte" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dossat" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-530" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00906990v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouz&#233;" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Scornet" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09016" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806415v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga Youn Cho" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Falentin" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03273.x" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806423v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Petit" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Segurens" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-6-r66" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806420v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Pearson" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Valente" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Viegas" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Gschloessl" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-253" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806436v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira F. Peters" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Charrier" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Monnier" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.016303" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00617025v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Moussard" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Cambon-Bonavita" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fouquet" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeanthon" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2006.00192.x" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091933v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boyen" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Herve" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tonon" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Collen" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098389v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roeder" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Coll&#233;n" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leblanc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1529-8817.2005.00150.x" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5K18RVG9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240201v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouras" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Blin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Savary" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374724v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hamon-Giraud" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bergk Pinto" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Got" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Rousseau" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947599v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01575069v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749757v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00540815v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picouet" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Doughi" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Caron" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327528v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wessner" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Senger" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Samson" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreews" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135947v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Massau" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicaise" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Bars" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144070v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Triskell Cumunel" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Binta Barry" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lamothe" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wallberg" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135435v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Emery" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecl&#232;re" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefort" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Bras" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548904v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Pred'Homme" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Villain-Naud" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693601v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byte-Sea Consortium" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029627v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andr&#233;" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henry" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noel" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6451438" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842089v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857993v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Loriod" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caffarri" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03145407v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie C&#233;bron" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02340456v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefevre-Scelles" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castel" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788591v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-4035-6_14" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789209v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/fr/book/9781493940332" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-4035-6" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394873v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guita Niang" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Scheremetjew" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1118000.1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834030v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429533v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmaria Caliafano" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02333021v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709361v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Le Gall" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Roest Crollius" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185373v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arina Rybina" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Audergon" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pfander" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beracochea" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04168495v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/tel-01115381v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>