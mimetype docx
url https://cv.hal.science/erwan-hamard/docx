--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -294,909 +294,909 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of a chalky earthen masonry unit from the Champagne region (France): Is it relevant to stabilize mortar with hydraulic lime ?</w:t>
+                <w:t xml:space="preserve">Porosity types in new and old earth constructions in Catalonia: a micromorphological assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Polidori</w:t>
+                <w:t xml:space="preserve">N. Mafokou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
+                <w:t xml:space="preserve">C. Aresté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Rousse</w:t>
+                <w:t xml:space="preserve">D. Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Beaumont</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R.M. Poch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developments in the Built Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 24, pp.100756. </w:t>
+              <w:t xml:space="preserve">International Journal of Architectural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dibe.2025.100756⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15583058.2025.2467198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264329v1</w:t>
+                <w:t xml:space="preserve">hal-05105835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of adobes from vernacular raw earth buildings in the Champagne region (France)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Methods to evaluate earth slip cohesion to build with light earth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Bogard</w:t>
+                <w:t xml:space="preserve">Théo Vinceslas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Hellouin de Ménibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Lenormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 470, pp.140582. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.140582⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 238, pp.117665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.117665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04972374v1</w:t>
+                <w:t xml:space="preserve">hal-05344963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recyclability of vernacular adobes with high chalk content in the context of sustainable construction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Murer</w:t>
+                <w:t xml:space="preserve">Recommendation of TC RILEM TC 274-TCE: 3-point bending test procedure for earthen bricks—quality control of earth bricks for structural masonry by flexural strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Prime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rogiros Illambas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cscm.2024.e04145⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (5), pp.185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-025-02702-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857309v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods to evaluate earth slip cohesion to build with light earth</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Lenormand</w:t>
+                <w:t xml:space="preserve">Analysis of adobes from vernacular raw earth buildings in the Champagne region (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Polidori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bogard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 238, pp.117665. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.117665⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 470, pp.140582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.140582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344963v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommendation of TC RILEM TC 274-TCE: 3-point bending test procedure for earthen bricks—quality control of earth bricks for structural masonry by flexural strength</w:t>
+                <w:t xml:space="preserve">Recyclability of vernacular adobes with high chalk content in the context of sustainable construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Perlot</w:t>
+                <w:t xml:space="preserve">Guillaume Polidori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Prime</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
+                <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rogiros Illambas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Hamard</w:t>
+                <w:t xml:space="preserve">Fabien Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bogard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Murer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-025-02702-0⟩</w:t>
+              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22, pp.e04145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cscm.2024.e04145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05127837v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porosity types in new and old earth constructions in Catalonia: a micromorphological assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Mafokou</w:t>
+                <w:t xml:space="preserve">Analysis of a chalky earthen masonry unit from the Champagne region (France): Is it relevant to stabilize mortar with hydraulic lime ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Polidori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Architectural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-24. </w:t>
+              <w:t xml:space="preserve">Developments in the Built Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24, pp.100756. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15583058.2025.2467198⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dibe.2025.100756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05105835v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adobe Bricks of the Champagne Region (France): Characterization of a Chalky Raw Earth Construction Material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Polidori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bogard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Murer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17 (10), pp.2307. </w:t>
@@ -1481,51 +1481,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rediscovering raw earth heritage of Champagne area (France): Cartography and typology of a specific adobe vernacular architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fronteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1977,983 +1977,983 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03763396v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of the remaining challenges of the RILEM TC 274-TCE, testing and characterisation of earth-based building materials and elements</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heat exchanger design based on earthen materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoc-Bao Bui</w:t>
+                <w:t xml:space="preserve">Chafea Bouchenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domenico Gallipoli</w:t>
+                <w:t xml:space="preserve">Florian Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Aramiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurédan Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RILEM Technical Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21809/rilemtechlett.2021.149⟩</w:t>
+              <w:t xml:space="preserve">Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 227, 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.energy.2021.120385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03921187v1</w:t>
+                <w:t xml:space="preserve">hal-03201708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat exchanger design based on earthen materials</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Earth as construction material in the circular economy context: practitioner perspectives on barriers to overcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carl Aramiou</w:t>
+                <w:t xml:space="preserve">Jean-Claude Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Charef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurédan Le Guen</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Beckett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.energy.2021.120385⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 376 (1834), pp.20200182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03201708v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03327092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earth as construction material in the circular economy context: practitioner perspectives on barriers to overcome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Morel</w:t>
+                <w:t xml:space="preserve">An overview of the remaining challenges of the RILEM TC 274-TCE, testing and characterisation of earth-based building materials and elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabia Charef</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antonin Fabbri</w:t>
+                <w:t xml:space="preserve">Quoc-Bao Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Beckett</w:t>
+                <w:t xml:space="preserve">Domenico Gallipoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 376 (1834), pp.20200182. </w:t>
+              <w:t xml:space="preserve">RILEM Technical Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.150-157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21809/rilemtechlett.2021.149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03327092v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further development of a laboratory procedure to assess the mechanical performance of cob</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micromorphological description of vernacular cob process and comparison with rammed earth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+                <w:t xml:space="preserve">Cécilia Cammas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Lemercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Cazacliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Geotechnics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1680/jenge.17.00056⟩</w:t>
+              <w:t xml:space="preserve">Frontiers of architectural research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.203-215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foar.2019.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493298v1</w:t>
+                <w:t xml:space="preserve">hal-02280901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromorphological description of vernacular cob process and comparison with rammed earth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards an easy decision tool to assess soil suitability for earth building</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Rojat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Morel</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Fabbri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Carnus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fionn Mcgregor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of architectural research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foar.2019.06.007⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 257, 28 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.119544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280901v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an easy decision tool to assess soil suitability for earth building</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Rojat</w:t>
+                <w:t xml:space="preserve">Hygrothermal properties of light-earth building materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Colinart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Vinceslas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Lenormand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hellouin de Menibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.119544⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29, pp.101134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2019.101134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02899562v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hygrothermal properties of light-earth building materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Further development of a laboratory procedure to assess the mechanical performance of cob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Vinceslas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Lenormand</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Razakamanantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hellouin de Menibus</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 29, pp.101134. </w:t>
+              <w:t xml:space="preserve">Environmental Geotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (3), pp.200-207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2019.101134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1680/jenge.17.00056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03008232v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new methodology to identify and quantify material resource at a large scale for earth construction - Application to cob in Brittany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Lemercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Cazacliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3169,51 +3169,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historical rammed earth process description thanks to micromorphological analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Fabbri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3384,73 +3384,85 @@
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 123, pp.690-703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cob, a vernacular earth construction process in the context of modern sustainable building</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3482,684 +3494,684 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Building and Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 106, pp.103-119. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2016.06.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01383123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameters influencing the polished stone value (PSV) of road surface aggregates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Descantes</w:t>
+                <w:t xml:space="preserve">How Properties of Kenaf Fibers from Burkina Faso Contribute to the Reinforcement of Earth Blocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younoussa Millogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.10.002⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Ocean Drilling Program. Scientific results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (5), pp. 2332-2345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma8052332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01467443v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Properties of Kenaf Fibers from Burkina Faso Contribute to the Reinforcement of Earth Blocks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
+                <w:t xml:space="preserve">Parameters influencing the polished stone value (PSV) of road surface aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Descantes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Ocean Drilling Program. Scientific results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma8052332⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 100, pp.246-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01597452v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01467443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some observations about the paper &amp;quot;Earth construction: Lessons from the past for future eco-efficient construction&amp;quot; by F. Pacheco-Torgal and S. Jalali</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A procedure to assess the suitability of plaster to protect vernacular earthen architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Antonin Fabbri</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Salgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Marcom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (14), pp.109-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2012.04.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2013.02.054⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01744382v1</w:t>
+                <w:t xml:space="preserve">hal-00949055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A procedure to assess the suitability of plaster to protect vernacular earthen architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Some observations about the paper &amp;quot;Earth construction: Lessons from the past for future eco-efficient construction&amp;quot; by F. Pacheco-Torgal and S. Jalali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younoussa Millogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Meunier</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Fabbri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2012.04.005⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44, pp.419-421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2013.02.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00949055v1</w:t>
+                <w:t xml:space="preserve">hal-01744382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-tectonic deformations of pleistocene sediments in the eastern Paris basin, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Baize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Hibsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Cushing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Lemeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 178 (5), pp.367-381. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2113/gssgfbull.178.5.367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00250944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4169,65 +4181,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rediscovering raw earth heritage of Champagne area (France) : Cartography and typology of a specific adobe vernacular architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Aras-Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fronteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4242,73 +4254,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC-CMSS23 - “Appropriate choice of eco-friendly processes and materials for expected environmental building performance"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rediscovered earth heritage becomes motor for local change - The Guérande Peninsula (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Miranda Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4353,428 +4365,428 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Mouraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HERITAGE2022 International Conference on Vernacular Heritage: Culture, People and Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Polytechnic University of Valencia, Sep 2022, Valencia, Spain. pp.149-156, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4995/HERITAGE2022.2022.15287⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03844005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the influence of narrative in the perception of raw earth construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Miranda Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lescop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Navarro Ezquerra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Biennial International Conference of the European Architectural Envisioning Association: Envisioning Architectural Narratives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Huddersfield, United Kingdom. pp.105-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03849967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echangeur de chaleur conçu à partir d’un matériau en terre crue : application au refroidissement des data centres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chafea Bouchenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurédan Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Aramiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04343597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light earth performances for thermal insulation: application to Earth-Hemp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Vinceslas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Colinart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Hellouin de Menibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Bio-based Building Materials and 1st Conference on ECOlogical valorisation of GRAnular and FIbrous materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, CLERMONT-FERRAND, France. pp. 1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4784,405 +4796,405 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental Potential of Earth-Based Building Materials: Key Facts and Issues from a Life Cycle Assessment Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiane Ouellet-Plamondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torben Hecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Potential of Earth-Based Building Materials: Key Facts and Issues from a Life Cycle Assessment Perspective. In : Antonin Fabbri, Jean-Claude Morel, Jean-Emmanuel Aubert, Quoc-Bao Bui, Domenico Gallipoli, and B.V. Venkatarama Reddy, Testing and Characterisation of Earth-based Building Materials and Elements: State-of-the-Art Report of the RILEM TC 274-TCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp. 261-296, 2022, RILEM State-of-the-Art Reports, 978-3-030-83297-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-83297-1_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03472497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Fabbri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Testing and Characterisation of Earth-based Building Materials and Elements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 35, Springer International Publishing, pp.1-15, 2022, RILEM State-of-the-Art Reports, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-83297-1_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04100292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light Earth Performances For Thermal Insulation: Application To Earth–Hemp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Vinceslas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Colinart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Hellouin de Ménibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. V. Venkatarama Reddy; Monto Mani; Pete Walker. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earthen Dwellings and Structures. Springer Transactions in Civil and Environmental Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.357-367, 2019, Springer Transactions in Civil and Environmental Engineering, 978-981-13-5882-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-13-5883-8_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05054276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5192,114 +5204,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rediscovering of vernacular adaptative construction strategies for sustainable modern building : application to cob and rammed earth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Hamard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Construction durable. Université de Lyon, 2017. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2017LYSET011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01715849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId167"/>
+      <w:footerReference w:type="default" r:id="rId168"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5367,51 +5379,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0F485036"/>
+    <w:nsid w:val="932792D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5598,51 +5610,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-hamard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2160-3022" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493150v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Julia Ansaa-Asare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetanjali Das" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Razakamanantsoa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hamard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2026.145462" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264329v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Polidori" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Aras-Gaudry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rousse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Beaumont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dibe.2025.100756" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972374v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bogard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.140582" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04857309v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Murer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2024.e04145" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344963v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Vinceslas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lecompte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hellouin de M&#233;nibus" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lenormand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.117665" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perlot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Prime" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Aubert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogiros Illambas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02702-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105835v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mafokou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arest&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. &#193;lvarez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Poch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2025.2467198" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581478v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17102307" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105823v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; S&#225;nchez-Calvillo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;dia Rinc&#243;n" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Faria" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings14123870" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709256v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Miranda Santos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Hilton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mouraud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/heritage7090226" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04208799v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2023.08.310" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433194v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cazacliu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17756/nwj.2023-s2-039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552863v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pele-Peltier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Fabbri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Morel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lhenry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2022.e00921" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763396v4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Verron-Guillemot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2022.106409" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921187v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Bao Bui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Gallipoli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2021.149" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201708v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafea Bouchenna" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huchet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Aramiou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;dan Le Guen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.120385" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327092v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Morel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Charef" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Beckett" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0182" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493298v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jenge.17.00056" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280901v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Lemercier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foar.2019.06.007" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899562v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rojat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carnus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Mcgregor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.119544" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008232v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Colinart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2019.101134" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744198v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.03.097" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618247v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Artoni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cothenet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sebben Paranhos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-016-0900-y" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383113v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2016.1222462" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533166v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Quattrone" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Angulo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.07.019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383123v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2016.06.009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467443v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Descantes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.10.002" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597452v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younoussa Millogo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma8052332" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744382v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2013.02.054" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949055v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Salgado" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marcom" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2012.04.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L1J6RXFH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250944v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coulon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hibsch" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cushing" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lemeille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.178.5.367" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04032455v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844005v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/HERITAGE2022.2022.15287" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03849967v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lescop" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Navarro Ezquerra" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343597v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huchet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aramiou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744431v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Vinceslas" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472497v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ventura" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiane Ouellet-Plamondon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rock" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Hecht" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83297-1_8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100292v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83297-1_1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05054276v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hellouin de M&#233;nibus" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-5883-8_31" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01715849v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSET011" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-hamard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2160-3022" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493150v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Julia Ansaa-Asare" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetanjali Das" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Razakamanantsoa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hamard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2026.145462" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105835v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mafokou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arest&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. &#193;lvarez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Poch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2025.2467198" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344963v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Vinceslas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lecompte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hellouin de M&#233;nibus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lenormand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.117665" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127837v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perlot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Prime" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Aubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogiros Illambas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02702-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972374v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Polidori" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Aras-Gaudry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rousse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Beaumont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bogard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.140582" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04857309v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Murer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2024.e04145" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264329v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dibe.2025.100756" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581478v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17102307" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105823v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; S&#225;nchez-Calvillo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;dia Rinc&#243;n" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Faria" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings14123870" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709256v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Miranda Santos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Hilton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mouraud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/heritage7090226" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04208799v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2023.08.310" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433194v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cazacliu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17756/nwj.2023-s2-039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552863v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pele-Peltier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Fabbri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Morel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lhenry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2022.e00921" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763396v4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Verron-Guillemot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2022.106409" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201708v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafea Bouchenna" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huchet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Aramiou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;dan Le Guen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.120385" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327092v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Morel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Charef" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Beckett" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0182" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921187v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Bao Bui" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Gallipoli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2021.149" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280901v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Lemercier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foar.2019.06.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899562v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rojat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carnus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Mcgregor" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.119544" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008232v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Colinart" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2019.101134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493298v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jenge.17.00056" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744198v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.03.097" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618247v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Artoni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cothenet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sebben Paranhos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-016-0900-y" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383113v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2016.1222462" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533166v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Quattrone" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Angulo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.07.019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WL0PJ70-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383123v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2016.06.009" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597452v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younoussa Millogo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma8052332" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467443v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Descantes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.10.002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949055v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Salgado" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marcom" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2012.04.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L1J6RXFH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744382v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2013.02.054" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250944v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coulon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hibsch" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cushing" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lemeille" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.178.5.367" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04032455v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844005v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/HERITAGE2022.2022.15287" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03849967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lescop" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Navarro Ezquerra" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343597v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huchet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aramiou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744431v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Vinceslas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hellouin de Menibus" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472497v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ventura" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiane Ouellet-Plamondon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rock" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Hecht" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83297-1_8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100292v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83297-1_1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05054276v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hellouin de M&#233;nibus" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-5883-8_31" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01715849v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSET011" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>