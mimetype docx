--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -845,365 +845,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric study of flow-induced vibrations in cylinder arrays under single-phase fluid cross flows using POD-ROM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Longatte</w:t>
+                <w:t xml:space="preserve">A new approach using lattice Boltzmann method to simulate fluid structure interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Béghein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2017.12.011⟩</w:t>
+              <w:t xml:space="preserve">Energy Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 139, pp.481-486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.egypro.2017.11.241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01825872v1</w:t>
+                <w:t xml:space="preserve">hal-01939657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast POD method to evaluate infiltration heat recovery in building walls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Tallet</w:t>
+                <w:t xml:space="preserve">Parametric study of flow-induced vibrations in cylinder arrays under single-phase fluid cross flows using POD-ROM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Longatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Inard</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pomarede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Sigrist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12273-016-0306-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 78, pp.314-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2017.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939665v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01825872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new approach using lattice Boltzmann method to simulate fluid structure interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Benamour</w:t>
+                <w:t xml:space="preserve">Fast POD method to evaluate infiltration heat recovery in building walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Béghein</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Inard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Procedia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 139, pp.481-486. </w:t>
+              <w:t xml:space="preserve">Building Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (1), pp.111-121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.egypro.2017.11.241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12273-016-0306-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939657v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of the Turbulent Flow around an Oval-Sail</w:t>
               </w:r>
@@ -1832,342 +1832,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced Order Modelling method via Proper Orthogonal Decomposition (POD) for flow around an oscillating cylinder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Symmetry-invariant L.E.S. turbulence models for non-isothermal fluid flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Al Sayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 26 (2), pp.292-311</w:t>
+              <w:t xml:space="preserve">Revue de Mécanique Appliquée et Théorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00533622v1</w:t>
+                <w:t xml:space="preserve">hal-00542374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced-order modelling by POD-multiphase approach for fluid-structure interaction, accepted in European</w:t>
+                <w:t xml:space="preserve">Reduced Order Modelling method via Proper Orthogonal Decomposition (POD) for flow around an oscillating cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 19, pp.41-52</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (2), pp.292-311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00536642v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00533622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The symmetry group of the non-isothermal Navier-Stokes equations and turbulence modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced-order modelling by POD-multiphase approach for fluid-structure interaction, accepted in European</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Liberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Al Sayed</w:t>
+                <w:t xml:space="preserve">M. Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 2, pp.848-867</w:t>
+              <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 19, pp.41-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00536628v1</w:t>
+                <w:t xml:space="preserve">hal-00536642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetry-invariant L.E.S. turbulence models for non-isothermal fluid flows</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">The symmetry group of the non-isothermal Navier-Stokes equations and turbulence modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Al Sayed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2179,73 +2179,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Mécanique Appliquée et Théorique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010</w:t>
+              <w:t xml:space="preserve">Symmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2, pp.848-867</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00542374v1</w:t>
+                <w:t xml:space="preserve">hal-00536628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low order dynamical system for fluid rigid body interaction problem using POD method</w:t>
               </w:r>
@@ -2819,204 +2819,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de Lattice Boltzmann couplée avec la pénalisation volumique pour la simulation de problèmes d'interaction fluide structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Décomposition de domaine appliquée à la réduction d'un modèle d'écoulements induits par des solides en rotation imposée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Falaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claudine Béghein</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ieme Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02405607v1</w:t>
+                <w:t xml:space="preserve">hal-02405636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décomposition de domaine appliquée à la réduction d'un modèle d'écoulements induits par des solides en rotation imposée</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Méthode de Lattice Boltzmann couplée avec la pénalisation volumique pour la simulation de problèmes d'interaction fluide structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Béghein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ieme Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02405636v1</w:t>
+                <w:t xml:space="preserve">hal-02405607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multiphase approach to the construction of POD-ROMs for flows induced by rotating solids</w:t>
               </w:r>
@@ -3743,502 +3743,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03441293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schémas d'intégration temporelle basés sur la technique de resommation de Borel-Laplace de séries divergentes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthode de resommation de séries divergentes utilisée comme schéma d’intégration temporelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Razafindralandy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Liberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Deeb</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+              <w:t xml:space="preserve">Congrès SMAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01717831v1</w:t>
+                <w:t xml:space="preserve">hal-02086590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques résultats mathématiques et numériques sur la sensibilité paramétrique de la POD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nissrine Akkari</w:t>
+                <w:t xml:space="preserve">Étude de l'écoulement turbulent autour d'un turbo-voile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouahiba Guerri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Jazar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01722071v1</w:t>
+                <w:t xml:space="preserve">hal-03441436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode de resommation de séries divergentes utilisée comme schéma d’intégration temporelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Schémas d'intégration temporelle basés sur la technique de resommation de Borel-Laplace de séries divergentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Deeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Liberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Razafindralandy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Deeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SMAI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Seignosse, France</w:t>
+              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02086590v1</w:t>
+                <w:t xml:space="preserve">hal-01717831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l'écoulement turbulent autour d'un turbo-voile</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ouahiba Guerri</w:t>
+                <w:t xml:space="preserve">Quelques résultats mathématiques et numériques sur la sensibilité paramétrique de la POD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nissrine Akkari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Jazar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441436v1</w:t>
+                <w:t xml:space="preserve">hal-01722071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced Order Modeling of flow fields in cylinder arrangements in the context of fluid structure interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Sigrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4462,64 +4462,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Longatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Sigrist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2012 11th Biennial Conference on Engineering Systems Design and Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Nantes, France. pp.137-146, </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4553,90 +4553,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place de calculs réduit POD pour les vibrations sous écoulement d'un faisceau tubulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Longatte-Lacazedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Sigrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4674,103 +4674,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of fluid flow using reduced-order modelling by POD approach applied to academic cases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Longatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Sigrist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2010 ASME PVP Division Conference, Bellevue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Washington, United States. pp.43-49, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4804,51 +4804,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of fluid flow using reduced-order modelling by POD approach applied to academic cases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4925,51 +4925,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of fluid flow using reduced-order modelling by POD approach applied to a fixed tube bundle system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pomarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5342,204 +5342,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03378523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POD-Galerkin method in Fluid Structure Interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modèles Réduits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Chinesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference of Flow-Induced Vibrations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Ecole thématique du GDR CNRS n° 2902 sur l'Interaction Fluide-Structure Université de Lille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00536897v1</w:t>
+                <w:t xml:space="preserve">hal-00543781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles Réduits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francisco Chinesta</w:t>
+                <w:t xml:space="preserve">POD-Galerkin method in Fluid Structure Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole thématique du GDR CNRS n° 2902 sur l'Interaction Fluide-Structure Université de Lille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Lille, France</w:t>
+              <w:t xml:space="preserve">9th International Conference of Flow-Induced Vibrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00543781v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00536897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced order modelling in fluid structure interaction using POD method</w:t>
               </w:r>
@@ -6349,51 +6349,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de modèle en Interaction Fluide Structure via la décomposition orthogonale aux valeurs propres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Hamdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Chinesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6926,51 +6926,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301318v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Destuynder" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Liberge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12190-025-02463-7" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164443v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chikhaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mosquera" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guevel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cadou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2023.103991" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Benseghier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Millet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wautier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Younes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-022-01243-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837924v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine B&#233;ghein" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.055307" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320890v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2021.04.017" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benamour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ghein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocs.2019.101050" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Falaize" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.02.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825872v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pomarede" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sigrist" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2017.12.011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939665v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tallet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Inard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12273-016-0306-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939657v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.11.241" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939667v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahiba Guerri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939673v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tallet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leblond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939670v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093306v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deeb" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Razafindralandy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201445033" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939677v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Akkari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdouni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jazar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2013.11.025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939676v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissrine Akkari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Jazar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-014-0014-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533622v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536642v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pomarede" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536628v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Al Sayed" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542374v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403273v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Benaouicha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/175095408784300243" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312244v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312937v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Millet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262051v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassel Habeeb" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380390v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulent Imam" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10495276" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717651v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405607v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405636v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140678v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140682v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140684v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140694v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Gong" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140688v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Benamour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086629v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441172v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441293v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717831v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722071v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086590v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441436v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439755v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte-Lacazedieu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860998v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vilas Shinde" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Baj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pomarede Pomar&#232;de" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2011-57787" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642653v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pomadere" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82462" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422670v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642657v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2010-25275" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538851v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Sigrist" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Longatte" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538861v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536039v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409586v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536040v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378523v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536897v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543781v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chinesta" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536868v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benaouicha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716702v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536871v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537692v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736872v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086603v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837975v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403645v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403647v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874892v3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00348432v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301318v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Destuynder" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Liberge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12190-025-02463-7" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164443v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chikhaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mosquera" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guevel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cadou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2023.103991" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Benseghier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Millet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wautier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Younes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-022-01243-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837924v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine B&#233;ghein" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.055307" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320890v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2021.04.017" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benamour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ghein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocs.2019.101050" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051853v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Falaize" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.02.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939657v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.11.241" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825872v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pomarede" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sigrist" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2017.12.011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939665v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tallet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Inard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12273-016-0306-3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939667v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahiba Guerri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939673v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tallet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leblond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939670v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093306v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deeb" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Razafindralandy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201445033" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939677v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Akkari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdouni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jazar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2013.11.025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939676v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nissrine Akkari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Jazar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-014-0014-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542374v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Al Sayed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533622v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536642v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pomarede" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536628v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403273v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Benaouicha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/175095408784300243" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312244v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312937v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Millet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262051v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassel Habeeb" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Bastidas-Arteaga" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380390v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulent Imam" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10495276" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717651v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405636v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405607v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140678v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140682v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140684v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140694v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Gong" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140688v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Benamour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086629v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441172v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441293v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086590v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441436v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717831v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722071v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439755v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte-Lacazedieu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860998v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vilas Shinde" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Baj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pomarede Pomar&#232;de" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2011-57787" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642653v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pomadere" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82462" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422670v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642657v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2010-25275" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538851v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Sigrist" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Longatte" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538861v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536039v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409586v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536040v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378523v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543781v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chinesta" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536897v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536868v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benaouicha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716702v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536871v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537692v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736872v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086603v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837975v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403645v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403647v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874892v3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00348432v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>