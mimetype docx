--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -216,3346 +216,3346 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">South Caucasus greening and Neolithisation: What happened 8200 years ago?</w:t>
+                <w:t xml:space="preserve">Evaluation of bacterial membrane lipids (3-hydroxy fatty acids and branched GDGTs) as environmental proxies in lakes of the French Alps and southern Chile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Joannin</w:t>
+                <w:t xml:space="preserve">Sai Ke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Palumbi</w:t>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Peyron</w:t>
+                <w:t xml:space="preserve">Sergio Contreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cromartie</w:t>
+                <w:t xml:space="preserve">Judith Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Messager</w:t>
+                <w:t xml:space="preserve">Lucile Cosyn-Wexsteen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropocene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 53, pp.100535. </w:t>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 216, pp.105138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ancene.2026.100535⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2026.105138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05518225v1</w:t>
+                <w:t xml:space="preserve">hal-05548377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of the REVEALS model to reconstruct present mountain vegetation cover in the North-Western Alps: A model evaluation for past land cover reconstruction</w:t>
+                <w:t xml:space="preserve">South Caucasus greening and Neolithisation: What happened 8200 years ago?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréa Julien</w:t>
+                <w:t xml:space="preserve">Sébastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+                <w:t xml:space="preserve">G. Palumbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">O. Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Mazier</w:t>
+                <w:t xml:space="preserve">A. Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Marquer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 349, pp.109089. </w:t>
+              <w:t xml:space="preserve">Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 53, pp.100535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2024.109089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ancene.2026.100535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885369v1</w:t>
+                <w:t xml:space="preserve">hal-05518225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing carbon burial over recent decades despite re-oligotrophication in deep peri-alpine Lake Aiguebelette, France</w:t>
+                <w:t xml:space="preserve">Middle and early Upper Paleolithic settlement of the Georgian Caucasus: a general perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
+                <w:t xml:space="preserve">Nikoloz Tsikaridze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Barouillet</w:t>
+                <w:t xml:space="preserve">Ana Mgeladze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+                <w:t xml:space="preserve">Tamar Aghapishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Etienne</w:t>
+                <w:t xml:space="preserve">Levan Tielidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Gregory-Eaves</w:t>
+                <w:t xml:space="preserve">Reed Coil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 73 (4), pp.257-276. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 368, pp.109556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10933-025-00358-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328331v1</w:t>
+                <w:t xml:space="preserve">hal-05385249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Middle and early Upper Paleolithic settlement of the Georgian Caucasus: a general perspective</w:t>
+                <w:t xml:space="preserve">Increasing carbon burial over recent decades despite re-oligotrophication in deep peri-alpine Lake Aiguebelette, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikoloz Tsikaridze</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Mgeladze</w:t>
+                <w:t xml:space="preserve">Cécilia Barouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tamar Aghapishvili</w:t>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Levan Tielidze</w:t>
+                <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reed Coil</w:t>
+                <w:t xml:space="preserve">Irene Gregory-Eaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 368, pp.109556. </w:t>
+              <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (4), pp.257-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10933-025-00358-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05385249v1</w:t>
+                <w:t xml:space="preserve">hal-05328331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’avant pays alpin : de l’extension maximale des glaciers würmiens au remplissage lacustre holocène.</w:t>
+                <w:t xml:space="preserve">Performance of the REVEALS model to reconstruct present mountain vegetation cover in the North-Western Alps: A model evaluation for past land cover reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Crouzet</w:t>
+                <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Vassallo</w:t>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Grange</w:t>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Ruffaldi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florence Mazier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/13ase⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 349, pp.109089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2024.109089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242470v1</w:t>
+                <w:t xml:space="preserve">hal-04885369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-triggered magnification of erosion rates in European Alps since the Bronze Age</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Subsistence economy in the South Caucasus during the Early Chalcolithic period: bioarchaeological analysis of Bavra Ablari rock-shelter (Samtskhe-Javakheti region, Georgia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bouchez</w:t>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+                <w:t xml:space="preserve">Jwana Chahoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Varoutsikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-45123-3⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Environmental Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.1471093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fearc.2024.1471093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04465041v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEEP-C Consortium: Carbon sink or methane source – local to global scale assessment of lentic waters’ role in the climate system</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’avant pays alpin : de l’extension maximale des glaciers würmiens au remplissage lacustre holocène.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronny Lauerwald</w:t>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Colas</w:t>
+                <w:t xml:space="preserve">Riccardo Vassallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Masclaux</w:t>
+                <w:t xml:space="preserve">Stéphane Grange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ruffaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Ideas and Outcomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/rio.10.e136661⟩</w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (4), pp.153-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13ase⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746441v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsistence economy in the South Caucasus during the Early Chalcolithic period: bioarchaeological analysis of Bavra Ablari rock-shelter (Samtskhe-Javakheti region, Georgia)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Human-triggered magnification of erosion rates in European Alps since the Bronze Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">William Rapuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jwana Chahoud</w:t>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Varoutsikos</w:t>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Environmental Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 3, pp.1471093. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.1246. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fearc.2024.1471093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-45123-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04740959v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04465041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un lac pour sismomètre long-terme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DEEP-C Consortium: Carbon sink or methane source – local to global scale assessment of lentic waters’ role in the climate system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Jomard</w:t>
+                <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Banjan</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ronny Lauerwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Masclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettre d'information Epos-France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Research Ideas and Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e136661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/rio.10.e136661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573469v1</w:t>
+                <w:t xml:space="preserve">hal-04746441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term trajectories of mountain agro-ecosystems in the North-Western Alps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Did the Younger Dryas to Holocene climate transition favour high seismicity rates in the north-western Alps ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Banjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jomard Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bajard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jérôme Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-023-02030-5⟩</w:t>
+              <w:t xml:space="preserve">Sedimentology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 70 (2), pp.538-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sed.13050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305495v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did the Younger Dryas to Holocene climate transition favour high seismicity rates in the north-western Alps ?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Long-term trajectories of mountain agro-ecosystems in the North-Western Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wentao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin James Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jérôme Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (2), pp.58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10113-023-02030-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/sed.13050⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04032433v1</w:t>
+                <w:t xml:space="preserve">hal-04305495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two Millennia of Complexity and Variability in a Perialpine Socioecological System (Savoie, France): The Contribution of Palynology and sedaDNA Analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Un lac pour sismomètre long-terme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Banjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lettre d'information Epos-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1, pp.18-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03789462v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinary insights into a 500-year trajectory of an alpine socio-ecological system in Montaimont, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Elleaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Environmental Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22, pp.62. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10113-022-01902-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-proxy Archaeobotanical Analysis from Mesolithic and Early Neolithic Sites in South-west Ukraine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Two Millennia of Complexity and Variability in a Perialpine Socioecological System (Savoie, France): The Contribution of Palynology and sedaDNA Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+                <w:t xml:space="preserve">Elise Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmytro Kiosak</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ludovic Gielly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (3), pp.349-362. </w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14614103.2020.1746879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2022.866781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02944345v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paravani, a puzzling lake in the South Caucasus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lake Sedimentary DNA Research on Past Terrestrial and Aquatic Biodiversity: Overview and Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+                <w:t xml:space="preserve">Eric Capo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Develle</w:t>
+                <w:t xml:space="preserve">Alexandra Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+                <w:t xml:space="preserve">Kevin Nota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Heintzman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.04.005⟩</w:t>
+              <w:t xml:space="preserve">Quaternary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/quat4010006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03066916v1</w:t>
+                <w:t xml:space="preserve">hal-03218984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The place of millet in food globalization during Late Prehistory as evidenced by new bioarchaeological data from the Caucasus</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Multi-proxy Archaeobotanical Analysis from Mesolithic and Early Neolithic Sites in South-west Ukraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Salavert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gouriveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmytro Kiosak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-92392-9⟩</w:t>
+              <w:t xml:space="preserve">Environmental Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (3), pp.349-362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14614103.2020.1746879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03271999v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02944345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topsoil organic matter build‐up in glacier forelands around the world</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Paravani, a puzzling lake in the South Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Baudin</w:t>
+                <w:t xml:space="preserve">Anne-Lise Develle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.15496⟩</w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 579, pp.6-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03125455v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Retreat of Mountain Glaciers since the Little Ice Age: A Spatially Explicit Database</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topsoil organic matter build‐up in glacier forelands around the world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Sergio Azzoni</w:t>
+                <w:t xml:space="preserve">Norine Khedim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Fugazza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Levan Tielidze</w:t>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pritam Chand</w:t>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/data6100107⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (8), pp.1662-1677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03377264v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lake Sedimentary DNA Research on Past Terrestrial and Aquatic Biodiversity: Overview and Recommendations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+                <w:t xml:space="preserve">The place of millet in food globalization during Late Prehistory as evidenced by new bioarchaeological data from the Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Rouillard</w:t>
+                <w:t xml:space="preserve">Giorgi Bedianashvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Nota</w:t>
+                <w:t xml:space="preserve">Nana Rusishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Heintzman</w:t>
+                <w:t xml:space="preserve">Elena Lebedeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4 (1), pp.6. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.13124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/quat4010006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-92392-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03218984v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03271999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The vegetation, climate, and fire history of a mountain steppe: A Holocene reconstruction from the South Caucasus, Shenkani, Armenia</w:t>
+                <w:t xml:space="preserve">The Retreat of Mountain Glaciers since the Little Ice Age: A Spatially Explicit Database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Cromartie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Blanchet</w:t>
+                <w:t xml:space="preserve">Silvio Marta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chéima Barhoumi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">Roberto Sergio Azzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Peyron</w:t>
+                <w:t xml:space="preserve">Davide Fugazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levan Tielidze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pritam Chand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2020.106485⟩</w:t>
+              <w:t xml:space="preserve">Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (10), pp.107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/data6100107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02929989v1</w:t>
+                <w:t xml:space="preserve">hal-03377264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pastoralism increased vulnerability of a subalpine catchment to flood hazard through changing soil properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Crouzet</w:t>
+                <w:t xml:space="preserve">The vegetation, climate, and fire history of a mountain steppe: A Holocene reconstruction from the South Caucasus, Shenkani, Armenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chéima Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17632/j9x7yhcvd4.1⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 246, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2020.106485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395553v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytolith evidence of cereal processing in the Danube Delta during the Chalcolithic period</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Carozza</w:t>
+                <w:t xml:space="preserve">Pastoralism increased vulnerability of a subalpine catchment to flood hazard through changing soil properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bouby</w:t>
+                <w:t xml:space="preserve">Yann Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2018.03.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17632/j9x7yhcvd4.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01992854v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights on lake sediment DNA from the catchment: importance of taphonomic and analytical issues on the record quality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phytolith evidence of cereal processing in the Danube Delta during the Chalcolithic period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gentile Franscesco Ficetola</w:t>
+                <w:t xml:space="preserve">Mihaela Danu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Walsh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Manon Bajard</w:t>
+                <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-50339-1⟩</w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2018.03.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320430v1</w:t>
+                <w:t xml:space="preserve">hal-01992854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The origins of millet cultivation in the Caucasus: archaeological and archaeometric approaches.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucie Martin</w:t>
+                <w:t xml:space="preserve">New insights on lake sediment DNA from the catchment: importance of taphonomic and analytical issues on the record quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modwene Poulmarc'H</w:t>
+                <w:t xml:space="preserve">Gentile Franscesco Ficetola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertille Lyonnet</w:t>
+                <w:t xml:space="preserve">Kevin Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoires Méditerranéennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (14676), pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/pm.1367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-50339-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01961945v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02320430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA from lake sediments reveals long-term ecosystem changes after a biological invasion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gentile Francesco Ficetola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4 (5), 9p. </w:t>
@@ -3587,3654 +3587,3788 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01878587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New pollen evidence from Nariani (Georgia) for delayed postglacial forest expansion in the South Caucasus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The origins of millet cultivation in the Caucasus: archaeological and archaeometric approaches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Nomade</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Joannin</w:t>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Scao</w:t>
+                <w:t xml:space="preserve">Guy Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modwene Poulmarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Lyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/qua.2016.3⟩</w:t>
+              <w:t xml:space="preserve">Préhistoires Méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pm.1367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01766652v1</w:t>
+                <w:t xml:space="preserve">hal-01961945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between Atlantic and Mediterranean: Changes in technology during the Late Glacial in Western Europe and the climate hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Tomasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Finsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 428, pp.33 - 49. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2016.01.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01814619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation and plant exploitation at Mentesh Tepe (Azerbaijan), 6th–3rd millennium BC initial results of the archaeobotanical study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">New pollen evidence from Nariani (Georgia) for delayed postglacial forest expansion in the South Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bertille Lyonnet</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Joannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Scao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.02.050⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 87 (1), pp.121 - 132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/qua.2016.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01890940v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New 40Ar/39Ar, unspiked K/Ar and geochemical constraints on the Pleistocene magmatism of the Samtskhe-Javakheti highlands (Republic of Georgia)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Scao Vincent</w:t>
+                <w:t xml:space="preserve">Vegetation and plant exploitation at Mentesh Tepe (Azerbaijan), 6th–3rd millennium BC initial results of the archaeobotanical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Decaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Guillou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ana Mgeladze</w:t>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinder Neef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Lyonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 395:, pp.45-59 (IF 2,062). </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.05.049⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 395, pp.19 - 30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.02.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01179824v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01890940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADDENDUM : New Ar-40/Ar-39, unspiked K/ar and geochemical constraints on the Pleistocene magmatism of the Samtskhe-Javakheti highlands (Republic of Georgia)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">Addendum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Scao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ana Mgeladze</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mgeladze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 395:, page60 (IF 2,062)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 395, pp.60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.07.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323928v1</w:t>
+                <w:t xml:space="preserve">hal-02934291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addendum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">New 40Ar/39Ar, unspiked K/Ar and geochemical constraints on the Pleistocene magmatism of the Samtskhe-Javakheti highlands (Republic of Georgia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scao Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Scao</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">H. Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Mgeladze</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Mgeladze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 395, pp.60. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.07.042⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 395:, pp.45-59 (IF 2,062). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.05.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934291v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01179824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeobotanical and isotopic evidence of Early Bronze Age farming activities and diet in the mountainous environment of the South Caucasus: a pilot study of Chobareti site (Samtskhe–Javakheti region)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Inga Martkoplishvili</w:t>
+                <w:t xml:space="preserve">ADDENDUM : New Ar-40/Ar-39, unspiked K/ar and geochemical constraints on the Pleistocene magmatism of the Samtskhe-Javakheti highlands (Republic of Georgia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Scao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Mgeladze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 395:, page60 (IF 2,062)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814002v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01323928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macro-, meso- and micro-charcoal from the Epigravettian settlements of Mezhyrich (Ukraine): Taphonomical and anthracological issues</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">First results of archaeobotanical analysis from Neolithic layers of Buran Kaya IV (Crimea, Ukraine)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Salavert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giedre Motuzaite-Matuzeviciute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'anthropologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Environmental Archaeologies of Neolithisation: Old World Case Studies, 20 (3), pp.274-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1179/1749631413Y.0000000016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anthro.2015.07.006⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01890954v1</w:t>
+                <w:t xml:space="preserve">halshs-01511119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First results of archaeobotanical analysis from Neolithic layers of Buran Kaya IV (Crimea, Ukraine)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Archaeobotanical and isotopic evidence of Early Bronze Age farming activities and diet in the mountainous environment of the South Caucasus: a pilot study of Chobareti site (Samtskhe–Javakheti region)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Grégory Bayle</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliso Kvavadze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inga Martkoplishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Archaeology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1179/1749631413Y.0000000016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53, pp.214-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2014.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01511119v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">„DÂMBUL LUI HARALAMBIE” – UN NOU SIT ENEOLITIC ÎN DELTA DUNĂRII</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
+                <w:t xml:space="preserve">Macro-, meso- and micro-charcoal from the Epigravettian settlements of Mezhyrich (Ukraine): Taphonomical and anthracological issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiberiu Groparu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Otto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pontica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (4), pp.487 - 504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anthro.2015.07.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01155355v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01890954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">40Ar/39Ar constraints on some French landmark Late Pliocene to Early Pleistocene large mammalian paleofaunas: Paleoenvironmental and paleoecological implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Pastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Geochronology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 21 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quageo.2012.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01367113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Quaternary record of the vegetation and catchment-related changes from Lake Paravani (Javakheti, South Caucasus)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">„DÂMBUL LUI HARALAMBIE” – UN NOU SIT ENEOLITIC ÎN DELTA DUNĂRII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Ollivier</w:t>
+                <w:t xml:space="preserve">Florian Mihail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Leonard Micu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiberiu Groparu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pontica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, XLVII, XLVII, pp.125-151</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02469948v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01155355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct &amp;lt;sup&amp;gt;14&amp;lt;/sup&amp;gt;C Dating of Early and Mid-Holocene Saharan Pottery</w:t>
+                <w:t xml:space="preserve">Archaeological Investigations at Chobareti in southern Georgia, the Caucasus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamia Messili</w:t>
+                <w:t xml:space="preserve">Kakha Kakhiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Saliège</w:t>
+                <w:t xml:space="preserve">Antonio Sagona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Broutin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christine Hatté</w:t>
+                <w:t xml:space="preserve">Claudia Sagona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliso Kvavadze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgi Bedianashvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiocarbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0033822200048323⟩</w:t>
+              <w:t xml:space="preserve">Ancient Near Eastern Studies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 50, pp.1-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/ANES.50.0.2975510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02351870v1</w:t>
+                <w:t xml:space="preserve">hal-01411018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeological Investigations at Chobareti in southern Georgia, the Caucasus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Late Quaternary record of the vegetation and catchment-related changes from Lake Paravani (Javakheti, South Caucasus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Belmecheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kakha Kakhiani</w:t>
+                <w:t xml:space="preserve">Ulrich von Grafenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Sagona</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Giorgi Bedianashvili</w:t>
+                <w:t xml:space="preserve">Vincent Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancient Near Eastern Studies </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 77, pp.125-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2013.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2143/ANES.50.0.2975510⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01411018v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Paleoenvironment and Lithic Taphonomy of Shi’Bat Dihya 1, a Middle Paleolithic Site in Wadi Surdud, Yemen</w:t>
+                <w:t xml:space="preserve">Direct &amp;lt;sup&amp;gt;14&amp;lt;/sup&amp;gt;C Dating of Early and Mid-Holocene Saharan Pottery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Sitzia</w:t>
+                <w:t xml:space="preserve">Lamia Messili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bertran</w:t>
+                <w:t xml:space="preserve">Jean-François Saliège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Boulogne</w:t>
+                <w:t xml:space="preserve">Jean Broutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Brenet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémy Crassard</w:t>
+                <w:t xml:space="preserve">Christine Hatté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoarchaeology: An International Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/gea.21419⟩</w:t>
+              <w:t xml:space="preserve">Radiocarbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 55 (3), pp.1391-1402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0033822200048323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01828557v1</w:t>
+                <w:t xml:space="preserve">hal-02351870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charcoal scarcity in Epigravettian settlements with mammoth bone dwellings: the taphonomic evidence from Mezhyrich (Ukraine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Otto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Valladas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Haesaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 39 (1), pp.109-120. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jas.2011.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeovegetation at the Pont-de-Lavaud hominin site, lower Pleistocene, Central France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">The Paleoenvironment and Lithic Taphonomy of Shi’Bat Dihya 1, a Middle Paleolithic Site in Wadi Surdud, Yemen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Sitzia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josette Renault-Miskovsky</w:t>
+                <w:t xml:space="preserve">Stéphane Boulogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jackie Despriée</w:t>
+                <w:t xml:space="preserve">Michel Brenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Gageonnet</w:t>
+                <w:t xml:space="preserve">Rémy Crassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, vol. 22/3, pp.187-200. </w:t>
+              <w:t xml:space="preserve">Geoarchaeology: An International Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27 (6), pp.471 - 491. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/quaternaire.5955⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/gea.21419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04714556v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">40Ar/39Ar dating and phytolith analysis of the Early Pleistocene sequence of Kvemo-Orozmani (Republic of Georgia): chronological and palaeoecological implications for the hominin site of Dmanisi</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Voinchet</w:t>
+                <w:t xml:space="preserve">Palaeoenvironments of early hominins in temperate and Mediterranean Eurasia: new palaeobotanical data from Palaeolithic key-sites and synchronous natural sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ferring</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Mgeladze</w:t>
+                <w:t xml:space="preserve">Elda Russo-Ermolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Orain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 30 (21-22), pp.3099-3108. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2011.07.008⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 30 (11-12), pp.1439-1447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2010.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938702v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lower and Middle Pleistocene human settlements recorded in fluvial deposits of the middle Loire River Basin, Centre Region, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId228" w:history="1">
+                <w:t xml:space="preserve">Palaeovegetation at the Pont-de-Lavaud hominin site, lower Pleistocene, Central France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Renault-Miskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jackie Despriée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Falguères</w:t>
+                <w:t xml:space="preserve">Robert Gageonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 30 (11-12), pp.1474-1485. </w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, vol. 22/3, pp.187-200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2011.02.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/quaternaire.5955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02100644v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeoenvironments of early hominins in temperate and Mediterranean Eurasia: new palaeobotanical data from Palaeolithic key-sites and synchronous natural sequences</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">40Ar/39Ar dating and phytolith analysis of the Early Pleistocene sequence of Kvemo-Orozmani (Republic of Georgia): chronological and palaeoecological implications for the hominin site of Dmanisi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Marquer</w:t>
+                <w:t xml:space="preserve">E. Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elda Russo-Ermolli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ronan Orain</w:t>
+                <w:t xml:space="preserve">R. Ferring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mgeladze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 30 (11-12), pp.1439-1447. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 30 (21-22), pp.3099-3108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2011.07.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2010.09.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02941476v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lower and middle Pleistocene human settlements in the Middle Loire River Basin, Centre Region, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId228" w:history="1">
+                <w:t xml:space="preserve">Lower and Middle Pleistocene human settlements recorded in fluvial deposits of the middle Loire River Basin, Centre Region, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jackie Despriée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Tissoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Arzarello</w:t>
+                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Falguères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2009.07.019⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30 (11-12), pp.1474-1485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2011.02.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03940124v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02100644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Qijurittuq site (IbGk-3), Eastern Hudson Bay: An IPY Interdisciplinary Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+                <w:t xml:space="preserve">A neotaphonomic experiment in pollen oxidation and its implications for archaeopalynology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Tissoux</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Josette Renault-Miskovsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geografisk Tidsskrift-Danish Journal of Geography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 162 (1), pp.29-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2010.05.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00167223.2010.10669509⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03221501v1</w:t>
+                <w:t xml:space="preserve">hal-02941494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A neotaphonomic experiment in pollen oxidation and its implications for archaeopalynology</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lower and middle Pleistocene human settlements in the Middle Loire River Basin, Centre Region, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackie Despriée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Tissoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Arzarello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 223-224, pp.345-359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2009.07.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2010.05.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02941494v1</w:t>
+                <w:t xml:space="preserve">hal-03940124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fruit and seed biomineralization and its effect on preservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">The Qijurittuq site (IbGk-3), Eastern Hudson Bay: An IPY Interdisciplinary Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackie Despriée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Tissoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aïcha Badou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">David Lordkipanidze</w:t>
+                <w:t xml:space="preserve">Marta Arzarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 2 (1), pp.25-34. </w:t>
+              <w:t xml:space="preserve">Geografisk Tidsskrift-Danish Journal of Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 110 (2), pp.227-243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12520-010-0024-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00167223.2010.10669509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02949710v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03221501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeoecological implications of the Lower Pleistocene phytolith record from the Dmanisi Site (Georgia).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Fruit and seed biomineralization and its effect on preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïcha Badou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fröhlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Deniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lordkipanidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2 (1), pp.25-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-010-0024-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00482793v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'expansion des hominidés plio-pléistocènes hors d'Afrique : synthèse, hypothèses et discussions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Elie Moullé</w:t>
+                <w:t xml:space="preserve">Palaeoecological implications of the Lower Pleistocene phytolith record from the Dmanisi Site (Georgia).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lordkipanidze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. R. Ferring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 20, pp.259</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 288 (1/4), pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822432v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00482793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'expansion des hominidés plio-pléistocènes hors d'Afrique : synthèse, hypothèses et discussions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Elie Moullé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20, pp.259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00822432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Potentiels et limites de l'analyse pollinique de spéléothèmes quaternaires : applications à la reconstitution de l'environnement végétal de l'Homme préhistorique sur le pourtour Nord-Méditerranéen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Lartigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Karatsori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 18 (2), pp.153-174. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/quaternaire.1024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7244,4980 +7378,4980 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural practices in the eastern foothills of the Kugitang range</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julio Bendezu-Sarmiento</w:t>
+                <w:t xml:space="preserve">Evaluating the resilience of steppe grassland ecosystems of the Southern Caucasus under differing social mediated land-use patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Khatchadourian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Palumbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Badalyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on the Archaeology of the Ancient Near East</w:t>
+              <w:t xml:space="preserve">14th ICAANE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411786v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05221935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the resilience of steppe grassland ecosystems of the Southern Caucasus under differing social mediated land-use patterns</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ruben Badalyan</w:t>
+                <w:t xml:space="preserve">Agriculture and plant management in semi-arid central Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ella Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margareta Tengberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Lhuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Bendezu-Sarmiento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ICAANE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Work Group for Palaeoethnobotany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Groningen, Netherlands, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05221935v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture and plant management in semi-arid central Asia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
+                <w:t xml:space="preserve">Agricultural practices in the eastern foothills of the Kugitang range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ella Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Bendezu-Sarmiento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Work Group for Palaeoethnobotany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Groningen, Netherlands, France</w:t>
+              <w:t xml:space="preserve">International Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411878v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture and plant management from lowland to foothills in semi-arid Central Asia. Archaeobotanical study of Bronze and Iron Age sites in southern Uzbekistan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ella Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWGP 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Gröningen (Pays-bas), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From ancient agricultural practices to living traditions in southern Uzbekistan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ella Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulugbek Shapulatov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Impact on Animal, Plant and Environmental Resources from Prehistory to the Medieval Period in Northeastern Iran and Central Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Marjan Mashkour; Delphine Decruyenaere; Camille Rhoné-Quer; Frantz Grenet, Jul 2025, Collège de France - Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Perfect Match, Combining Phytolith and Plant Macro-remain Analyses to Uncover Agricultural Practices in Central Asia during the Late Bronze Age - Early Iron Age transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ella Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margareta Tengberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Bendezu-Sarmiento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Meeting on Phytolith Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Barcelona, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation accrue de carbone sédimentaire malgré un contexte de ré-oligotrophisation : Cas des lacs profonds périalpins, France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Irene Gregory-Eaves</w:t>
+                <w:t xml:space="preserve">Les glacières, objets (très) méconnus de la cryosphère - Cas d'étude savoyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hobléa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Flinois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes Journées Internatinales de limnologie et d'océanographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">49e Congrès des Sociétés Savantes de Savoie 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Amis du Vieux Chamonix, Oct 2024, Chamonix (74400), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824010v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05395518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Landscape Reconstruction Algorithm in the Northern French Alps: a methodological approach with modern analogues</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Accumulation accrue de carbone sédimentaire malgré un contexte de ré-oligotrophisation : Cas des lacs profonds périalpins, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Desgué-Itier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Barouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Gregory-Eaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international sur le Quaternaire, "Q 14 - Tous à l'Ouest ! Le Quaternaire dans tous ses états : terre, mer, glace"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">6èmes Journées Internatinales de limnologie et d'océanographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04500658v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the impacts of landscape opening on alpine soil erosion dynamics during the Holocene</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the Landscape Reconstruction Algorithm in the Northern French Alps: a methodological approach with modern analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international sur le Quaternaire "Q14 - Tous à l'Ouest ! Le Quaternaire dans tous ses états : terre, mer, glace"</w:t>
+              <w:t xml:space="preserve">Colloque international sur le Quaternaire, "Q 14 - Tous à l'Ouest ! Le Quaternaire dans tous ses états : terre, mer, glace"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777742v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les glacières, objets (très) méconnus de la cryosphère - Cas d'étude savoyards</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Didier Rigal</w:t>
+                <w:t xml:space="preserve">Quantifying the impacts of landscape opening on alpine soil erosion dynamics during the Holocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Mazure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mazier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges-Marie Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chanudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49e Congrès des Sociétés Savantes de Savoie 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Amis du Vieux Chamonix, Oct 2024, Chamonix (74400), France</w:t>
+              <w:t xml:space="preserve">Colloque international sur le Quaternaire "Q14 - Tous à l'Ouest ! Le Quaternaire dans tous ses états : terre, mer, glace"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05395518v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the Landscape Reconstruction Algorithm in the Northern French Alps to assess Holocene land cover changes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">The Entanglement of Landscape: Fire, Climate, and Agro-Pastoralism in the Bronze and Iron Age South Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ménot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florence Mazier</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INQUA 2023</w:t>
+              <w:t xml:space="preserve">INQUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228070v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Entanglement of Landscape: Fire, Climate, and Agro-Pastoralism in the Bronze and Iron Age South Caucasus</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Application of the Landscape Reconstruction Algorithm in the Northern French Alps to assess Holocene land cover changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucas Dugerdil</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INQUA</w:t>
+              <w:t xml:space="preserve">INQUA 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04170132v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millennial dynamics of vegetation and agropastoral activities recorded from two sites in the Northern Alps: the Glières peat bog and the Laouchets lake</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">7000 years of vegetation dynamics and agro-pastoral activities on the glières plateau (french northern alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elise Doyen</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Q13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">5th MEDPALYNOS Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paestum, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04952429v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did the Late Glacial to Holocene climatic transition trigger large earthquakes in the Western Alps?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Demory</w:t>
+                <w:t xml:space="preserve">Quantifying soil erosion during the Holocene by coupling land surface modeling and paleoenvironmental approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Mazure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges-Marie Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mazier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonia Serge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-901⟩</w:t>
+              <w:t xml:space="preserve">Lakes, Memories of the Landscape AL-IPA Joint Meeting 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CENAC-APN, CONICET, Argentina; Universidad de Mar del Plata,Argentina; Universidad Nacional de Córdoba,Argentina, Nov 2022, San Carlos de Bariloche, Argentina. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7305148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03547724v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques millénaires de la végétation et des pratiques agro-pastorales sur deux sites des Alpes du Nord : La tourbière des Glières et le lac des Laouchets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Pourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene Fires and Mountain Communities in the Grasslands of Armenia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Peyron</w:t>
+                <w:t xml:space="preserve">Did the Late Glacial to Holocene climatic transition trigger large earthquakes in the Western Alps?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Banjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Demory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMPCA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-901⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03846623v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03547724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7000 years of vegetation dynamics and agro-pastoral activities on the glières plateau (french northern alps)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Millennial dynamics of vegetation and agropastoral activities recorded from two sites in the Northern Alps: the Glières peat bog and the Laouchets lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Pourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Doyen</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th MEDPALYNOS Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Paestum, Italy</w:t>
+              <w:t xml:space="preserve">Q13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04952397v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying soil erosion during the Holocene by coupling land surface modeling and paleoenvironmental approaches</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Holocene Fires and Mountain Communities in the Grasslands of Armenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheima Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Ménot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lakes, Memories of the Landscape AL-IPA Joint Meeting 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambery, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230682v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable Holocene landscape use in the Armenian highlands: insight from pollen and reveals models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Menot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MedPalynoS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Modena, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wildfires and human communities in Bronze and Iron Age, Armenia: A macro-charcoal and paleo-temperature (BrGDGTs) reconstruction.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Peyron</w:t>
+                <w:t xml:space="preserve">Mountain agro-ecosystems long-term trajectories in the North Western Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wentao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin James Walsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jérôme Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienna (on line), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-6072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436653v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lac d'Aiguebelette, une archive de la sismicité dans les Alpes françaises depuis la dernière période glaciaire</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Demory</w:t>
+                <w:t xml:space="preserve">Wildfires and human communities in Bronze and Iron Age, Armenia: A macro-charcoal and paleo-temperature (BrGDGTs) reconstruction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chéima Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Menot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">SAA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588035v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mountain agro-ecosystems long-term trajectories in the North Western Alps</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le lac d'Aiguebelette, une archive de la sismicité dans les Alpes françaises depuis la dernière période glaciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Jérôme Rey</w:t>
+                <w:t xml:space="preserve">Mathilde Banjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Demory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452746v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human and climate drivers of Holocene grassland fires in the South Caucasus: A macro-charcoal, brGDGTs, and pollen reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chéïma Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Ménot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-proxy (pollen, NPPs, macro-charcoal, XRF, brGDGTs) investigation of resilience in socio-ecological systems in the Bronze and Iron Age South Caucasus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Menot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robles Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRN WIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Humans and Climate in the Process of Steppe Formation in the High-Mountain Region of Armenia.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Peyron</w:t>
+                <w:t xml:space="preserve">TIMING OF MILLET DIFFUSION IN THE ALPS FROM MILIACIN OCCURRENCE IN LAKE SEDIMENTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Simonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MEDPALYNO</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Meeting on Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Organic Geochemists, Sep 2019, Göteborg, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201902683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02340634v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02308762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TIMING OF MILLET DIFFUSION IN THE ALPS FROM MILIACIN OCCURRENCE IN LAKE SEDIMENTS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Messager</w:t>
+                <w:t xml:space="preserve">The Role of Humans and Climate in the Process of Steppe Formation in the High-Mountain Region of Armenia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chéima Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Meeting on Organic Geochemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MEDPALYNO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02308762v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02340634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cave and a flock : contribution of bioarchaeology of coprogenic deposits to the study of Neolithic pastoralism in the Alps</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Early Holocene environment and climate in the South Caucasus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Joannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIth GMPCA Colloquium "Archaeometry in all of its states:interdisciplinary perspectives for a discipline in constant evolution"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">The Neolithization processes of the Caucasus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02644335v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03036334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Holocene environment and climate in the South Caucasus</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A cave and a flock : contribution of bioarchaeology of coprogenic deposits to the study of Neolithic pastoralism in the Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Lepère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Battentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Neolithization processes of the Caucasus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">XXIIth GMPCA Colloquium "Archaeometry in all of its states:interdisciplinary perspectives for a discipline in constant evolution"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03036334v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02644335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First results of the Kerloc'h palynological study (Crozon, Finistère, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Leroyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MedPalyno2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03474952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Was millet domesticated in the Caucasus? First appearance of Panicum miliaceum and Setaria italica: an archaeobotanical and isotopic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nana Rusishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Lebedeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liana Bitadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Conference of the International Workgroup for Palaeoethnobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02644330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Early Holocene in Armenia and in Georgia: climate, vegetation and the rhythm of the Neolithic expansion.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Sediment DNA helps revealing ecosystem collapse and recovery post-alien invasion on pristine Kerguelen Islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gentile Francesco Ficetola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Chantal Leroyer</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloquium Armenia at the Crossroads</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">IPA-IAL Stockholm 2018 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02109111v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01891357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment DNA helps revealing ecosystem collapse and recovery post-alien invasion on pristine Kerguelen Islands</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+                <w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Gielly</w:t>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Lepère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Battentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPA-IAL Stockholm 2018 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage. XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01891357v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Carré</w:t>
+                <w:t xml:space="preserve">The Early Holocene in Armenia and in Georgia: climate, vegetation and the rhythm of the Neolithic expansion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Joannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Lyonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Leroyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage. XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Antibes, France</w:t>
+              <w:t xml:space="preserve">Colloquium Armenia at the Crossroads</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046419v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02109111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la bioarchéologie des dépôts coprogènes à la connaissance du pastoralisme Néolithique : le projet CoproArchéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Lepère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Battentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIXe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes "Hommes et Caprinés : de la montagne à la steppe, de la chasse à l’élevage"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Daujeard Camille; Gourichon Lionel; Brugal Jean-Philip, Oct 2018, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02644324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitats chalcolithiques submergés dans le delta du Danube : nouvelles données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Micu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorin Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Burens-Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’archéologie des zones humides, le paysage, l’homme et son milieu : la vallée du Danube dans la Préhistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée National d’Histoire de la Roumanie, Jun 2016, Bucarest, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03833463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migration post-dépositionelle des marqueurs botaniques (pollen, spores, phytolithes, charbons et microcharbons) à travers les sédiments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Jouffroy-Bapicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Puaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Restitution du GDR 3591 « Taphonomie, Environnement &amp; Archéologie »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03080845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportements alimentaires humains et exploitation des plantes dans le Sud Caucase au Bronze ancien : premières données anthropologiques, isotopiques et archéobotaniques du site de Chobareti (Géorgie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modwene Poulmarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris.1879e</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportements alimentaires humains et exploitation des plantes dans le Sud Caucase au Bronze ancien : approches anthropologique, isotopique et archéobotanique du site de Chobareti (1615 m, Géorgie).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poulmarc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1839èmes Journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeoenvironments and agricultural practices in Azerbaijan during Neolithic, Chalcolithic and Early Bronze Age periods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environments and Societies in the Southern Caucasus during the Holocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03041119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude archéobotanique et isotopique du site de Chobareti (IV-IIIe millénaire, Transcaucasie). Premiers témoignages d'une céréaliculture de haute montagne à l'Age du Bronze ancien,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kvavadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Q8 de l'AFEQ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00936844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12227,883 +12361,883 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A methodological approach to elaborate a modern reference in order to evaluate the application of the Landscape Reconstruction Algorithm in the Northern French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Q14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rennes, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workflow for analyzing long-term variations in carbon stocks and fluxes (DEEP-C -WP2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Desgué-Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Azuara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées annuelles FairCarboN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fast, non-destructive and low-cost dating approach of sediment cores over the last century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Develle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INQUA 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Roma, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying soil erosion during the Holocene by coupling land surface modeling and paleoenvironmental approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Mazure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges-Marie Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Antonia Serge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées De Modélisation Des Surfaces Continentales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Holocene glycerol dialkyl glycerol tetraether (GDGT) MAAT reconstruction from the country of Armenia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robles Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crossing Pollen and aDNA to reconstruct socio-ecological trajectories at Lake Gers over the last 4600 years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPA-IAL Stockholm 2018 conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Neolithisation process in southwestern Ukraine: a view from the charcoal analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Salavert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gouriveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kiosak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Anthracology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Fribourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03060222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13113,160 +13247,160 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà de la nature : le bas Danube et son delta durant les huit derniers millénaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Micu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorin Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Burens-Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Carozza; Cristian Micu. Editura MEGA, 666 p., 2022, 978-606-020-516-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26147/geode.ouv.vfe8-vt78⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03906484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13276,1072 +13410,1072 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grottes François Ier à Aiguebelette (Savoie) - Un exemple de grotte bergerie médiévale ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Histoire du développement des activités agro-pastorales depuis 5500 ans sur le territoire du Haut-Giffre Auteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Editions APDCA. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Dulias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Pourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Mélo, Christophe Guffond et Denis Laissus. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fumier, bouses et guano : ordures ou or brun ? Statut, usage et gestion des déjections animales depuis la Préhistoire : potentiel archéologique et paléoenvironnemental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">Acte du PCR “archéologie/environnement en Haute-Savoie à travers les exemples du Salève, de Glières et de Sales, pour les périodes historiques”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presse Universitaire de Grenoble, collection "La Pierre et l'Ecrit"., 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05324988v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire du développement des activités agro-pastorales depuis 5500 ans sur le territoire du Haut-Giffre Auteurs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Les grottes François Ier à Aiguebelette (Savoie) - Un exemple de grotte bergerie médiévale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jérôme Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Griggo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lempereur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Alain Mélo, Christophe Guffond et Denis Laissus. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions APDCA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acte du PCR “archéologie/environnement en Haute-Savoie à travers les exemples du Salève, de Glières et de Sales, pour les périodes historiques”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presse Universitaire de Grenoble, collection "La Pierre et l'Ecrit"., 2025</w:t>
+              <w:t xml:space="preserve">Fumier, bouses et guano : ordures ou or brun ? Statut, usage et gestion des déjections animales depuis la Préhistoire : potentiel archéologique et paléoenvironnemental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304786v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05324988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7000 ans d'histoire de la végétation et des activités agro-pastorales sur le plateau des Glières (Alpes du Nord françaises)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acte du PCR “archéologie/environnement en Haute-Savoie à travers les exemples du Salève, de Glières et de Sales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presse Universitaire de Grenoble, collection "La Pierre et l'Ecrit"., In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 4 La culture du fleuve : les relations des sociétés chalcolithiques Gumelniţa (4600-4000 BC) avec leur environnementdans la zone du bas Danube et son delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Micu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Radu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Carozza; Cristian Micu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au-delà de la nature : le bas Danube et son delta durant les huit derniers millénaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editura MEGA, pp.649-663, 2022, 978-606-020-516-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26147/geode.chap.ouv.9c9f-6423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03905845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sédiments comme révélateurs des activités anthropiques dans le delta du Danube - phytolithes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Danu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au-delà de la nature : le bas Danube et son delta durant les huit derniers millénaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03892717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La culture du fleuve : les relations des sociétés chalcolithiques Gumelnita (4700-4000 BC) avec leur environnement dans la zone du bas Danube et son delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Micu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorin Ailincai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au-delà de la nature : le bas Danube et son delta durant les huit derniers millénaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03892722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une première vision des changements environnementaux dans le delta du Danube - palynologie de la carotte 14 prélevée le long du canal Șontea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Danu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au-delà de la nature : le bas Danube et son delta durant les huit derniers millénaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03892719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion et dynamique de la culture du millet dans les Alpes ouest-européennes sur la base des concentrations en miliacine dans les sédiments lacustres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Billaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elisa Nicoud; Marie Balasse; Emmanuel Desclaux; Isabelle Théry-Parisot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées : Actes des 41èmes Rencontres Internationales d’Archéologie et d’Histoire – Nice Côte d’Azur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions APDCA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.123-134, 2021, 2-904110-64-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03323067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle fonction pour les meules du Néolithique ancien de la moitié nord de la France ? Apports et limites de l'analyse phytolithique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Emery-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Bostyn, E. Martial &amp; I.Praud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Néolithique du Nord de la France dans son contexte européen: habitat et économie aux 4e et 3e millénaires avant notre ère, Actes du 29e colloque interrégional sur le Néolithique, Villeneuve-d'Ascq, 2-3 octobre 2009, Revue archéologique de Picardie, Numéro Spécial 28</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue archéologique de Picardie, p. 515-522, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14351,287 +14485,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie du delta du Danube, rapport de mission archéologique (2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Micu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Bălăşescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Burens-Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ministère de l'Europe et des Affaires Etrangères. 2021, 151 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04828852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Rocher de l’Impératrice, Plougastel-Daoulas (Finistère), Rapport de synthèse, opération pluriannuelle 2014-2016, SRA Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Naudinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Beyries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] CEPAM. 2016, 195 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02080901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId409"/>
+      <w:footerReference w:type="default" r:id="rId415"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14699,51 +14833,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C449F9A9"/>
+    <w:nsid w:val="243B5833"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14930,51 +15064,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-messager" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5192-9088" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116470410" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/207181590" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000432029035" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-6623-2014" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518225v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Palumbi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Peyron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cromartie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Messager" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2026.100535" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885369v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Julien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mazier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marquer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.109089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328331v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Barouillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gregory-Eaves" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-025-00358-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05385249v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoloz Tsikaridze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mgeladze" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Aghapishvili" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Tielidze" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Coil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109556" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05242470v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Vassallo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ruffaldi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ase" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465041v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45123-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746441v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lauerwald" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.10.e136661" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740959v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jwana Chahoud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Varoutsikos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fearc.2024.1471093" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573469v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Banjan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305495v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wentao Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin James Walsh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-023-02030-5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032433v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jomard Herv&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13050" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789462v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Doyen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.866781" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750369v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elleaume" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachello" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01902-6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944345v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Salavert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gouriveau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Kiosak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2020.1746879" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066916v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.04.005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03271999v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgi Bedianashvili" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nana Rusishvili" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lebedeva" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-92392-9" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125455v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norine Khedim" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15496" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03377264v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Marta" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sergio Azzoni" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Fugazza" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritam Chand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data6100107" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218984v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Capo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rouillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nota" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Heintzman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/quat4010006" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929989v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Cromartie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;ima Barhoumi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2020.106485" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395553v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17632/j9x7yhcvd4.1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01992854v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Danu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2018.03.033" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02320430v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Franscesco Ficetola" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walsh" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50339-1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961945v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modwene Poulmarc'H" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Lyonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pm.1367" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878587v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aar4292" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766652v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nomade" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Scao" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2016.3" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814619v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Tomasso" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Finsinger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.01.056" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890940v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinder Neef" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.02.050" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179824v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nomade" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scao Vincent" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.05.049" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1RDNH3D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323928v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934291v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Scao" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mgeladze" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.07.042" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814002v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliso Kvavadze" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Martkoplishvili" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.10.014" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890954v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Otto" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2015.07.006" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZKZ347W-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511119v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giedre Motuzaite-Matuzeviciute" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1749631413Y.0000000016" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155355v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mihail" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Leonard Micu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberiu Groparu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367113v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pastre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Faure" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gu&#233;rin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2012.12.006" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXDW0FP5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469948v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Belmecheri" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich von Grafenstein" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollivier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2013.07.011" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBPX7HG3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351870v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Messili" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sali&#232;ge" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Broutin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hatt&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033822200048323" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411018v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kakha Kakhiani" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Sagona" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sagona" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/ANES.50.0.2975510" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828557v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Sitzia" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boulogne" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21419" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2330SCNH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941466v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marquer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Valladas" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haesaerts" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2011.09.008" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Q4ZF7ZK-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714556v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Renault-Miskovsky" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie Despri&#233;e" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gageonnet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5955" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938702v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Voinchet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferring" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2011.07.008" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1497DFT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100644v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2011.02.011" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HJ8B3BD6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941476v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elda Russo-Ermolli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Orain" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2010.09.008" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51CNL8GT-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940124v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Arzarello" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2009.07.019" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VHVHJ59V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221501v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00167223.2010.10669509" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941494v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2010.05.002" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949710v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Badou" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Deniaux" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lordkipanidze" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-010-0024-1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZLPJHF19-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482793v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Ferring" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822432v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elie Moull&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941567v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lartigot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Karatsori" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.1024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411786v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Kempf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lhuillier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Bendezu-Sarmiento" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221935v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Khatchadourian" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Palumbi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Smith" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Badalyan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411878v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472460v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411818v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulugbek Shapulatov" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411858v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824010v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Desgu&#233;-Itier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500658v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777742v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mazure" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Marie Saulnier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chanudet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395518v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Flinois" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rigal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228070v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170132v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette M&#233;not" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dugerdil" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952429v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pourrier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547724v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-901" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952459v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846623v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheima Barhoumi" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952397v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230682v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonia Serge" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7305148" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436773v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Menot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436653v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588035v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452746v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-6072" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436561v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;&#239;ma Barhoumi" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10442" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436818v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robles Mary" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340634v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02308762v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Renaud" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bajard" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201902683" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644335v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036334v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474952v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi David" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644330v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Bitadze" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109111v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hamon" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891357v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046419v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carr&#233;" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644324v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833463v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Micu" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Ailincai" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080845v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lebreton" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delhon" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Puaud" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815126v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046355v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poulmarc&#8217;h" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herrscher" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041119v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936844v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kvavadze" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952309v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824072v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Azuara" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Boulay" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306043v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230695v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036443v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887780v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060222v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salavert" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gouriveau" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kiosak" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906484v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.ouv.vfe8-vt78" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324988v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lempereur" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304786v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Dulias" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305147v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905845v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Radu" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.chap.ouv.9c9f-6423" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892717v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892722v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Micu" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892719v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323067v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepam.cnrs.fr/actualite/ouvrage-actes-des-41e-rencontres-biodiversites-environnements-et-societes-depuis-la-prehistoire-nouveaux-marqueurs-et-approches-integrees/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657513v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828852v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080901v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Baron" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beyries" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-messager" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5192-9088" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116470410" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/207181590" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000432029035" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-6623-2014" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548377v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sai Ke" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Contreras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Lemari&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cosyn-Wexsteen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2026.105138" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518225v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Palumbi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Peyron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cromartie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Messager" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2026.100535" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05385249v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoloz Tsikaridze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mgeladze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Aghapishvili" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Tielidze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Coil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109556" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328331v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Barouillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gregory-Eaves" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-025-00358-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885369v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Julien" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mazier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marquer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.109089" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740959v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jwana Chahoud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Varoutsikos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fearc.2024.1471093" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05242470v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Vassallo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ruffaldi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ase" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465041v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45123-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746441v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lauerwald" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.10.e136661" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032433v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Banjan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jomard Herv&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.13050" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305495v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wentao Chen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin James Walsh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-023-02030-5" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573469v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jomard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750369v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elleaume" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01902-6" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789462v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Doyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.866781" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218984v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Capo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rouillard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nota" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Heintzman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/quat4010006" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944345v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Salavert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gouriveau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Kiosak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2020.1746879" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066916v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.04.005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125455v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norine Khedim" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15496" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03271999v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgi Bedianashvili" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nana Rusishvili" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lebedeva" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-92392-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03377264v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Marta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sergio Azzoni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Fugazza" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritam Chand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data6100107" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929989v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Cromartie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;ima Barhoumi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2020.106485" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395553v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertrand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17632/j9x7yhcvd4.1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01992854v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Danu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2018.03.033" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02320430v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Franscesco Ficetola" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walsh" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50339-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878587v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aar4292" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961945v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modwene Poulmarc'H" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Lyonnet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pm.1367" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814619v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Naudinot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Tomasso" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Finsinger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2016.01.056" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766652v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nomade" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Scao" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2016.3" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890940v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinder Neef" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.02.050" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934291v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nomade" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Scao" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mgeladze" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.07.042" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179824v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scao Vincent" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.05.049" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1RDNH3D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323928v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511119v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giedre Motuzaite-Matuzeviciute" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1749631413Y.0000000016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814002v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliso Kvavadze" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Martkoplishvili" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2014.10.014" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01890954v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Otto" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2015.07.006" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZKZ347W-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367113v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pastre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Faure" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gu&#233;rin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2012.12.006" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXDW0FP5-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155355v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mihail" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Leonard Micu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberiu Groparu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411018v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kakha Kakhiani" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Sagona" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sagona" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/ANES.50.0.2975510" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469948v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Belmecheri" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich von Grafenstein" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollivier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2013.07.011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBPX7HG3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351870v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Messili" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sali&#232;ge" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Broutin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hatt&#233;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033822200048323" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941466v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marquer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Valladas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haesaerts" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2011.09.008" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Q4ZF7ZK-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828557v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Sitzia" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boulogne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21419" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2330SCNH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941476v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elda Russo-Ermolli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Orain" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2010.09.008" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51CNL8GT-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714556v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Renault-Miskovsky" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie Despri&#233;e" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gageonnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5955" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938702v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Voinchet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferring" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2011.07.008" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1497DFT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100644v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2011.02.011" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HJ8B3BD6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941494v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2010.05.002" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940124v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Arzarello" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2009.07.019" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VHVHJ59V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221501v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00167223.2010.10669509" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949710v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Badou" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Deniaux" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lordkipanidze" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-010-0024-1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZLPJHF19-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482793v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Ferring" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822432v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elie Moull&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941567v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lartigot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Karatsori" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.1024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221935v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Khatchadourian" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Palumbi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Smith" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Badalyan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411878v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Kempf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lhuillier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Bendezu-Sarmiento" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411786v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472460v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411818v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulugbek Shapulatov" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411858v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395518v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Flinois" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rigal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824010v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Desgu&#233;-Itier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500658v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777742v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mazure" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Marie Saulnier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chanudet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170132v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette M&#233;not" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dugerdil" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228070v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952397v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230682v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonia Serge" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7305148" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952459v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pourrier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547724v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-901" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952429v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846623v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheima Barhoumi" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436773v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Menot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452746v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-6072" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436653v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588035v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436561v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;&#239;ma Barhoumi" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10442" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436818v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robles Mary" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02308762v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Renaud" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bajard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201902683" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340634v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036334v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644335v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lep&#232;re" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474952v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi David" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644330v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Bitadze" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891357v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046419v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carr&#233;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109111v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hamon" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02644324v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833463v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Micu" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Ailincai" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080845v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lebreton" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delhon" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Puaud" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815126v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046355v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poulmarc&#8217;h" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herrscher" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041119v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936844v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kvavadze" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952309v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824072v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Azuara" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Boulay" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306043v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230695v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036443v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887780v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060222v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salavert" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gouriveau" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kiosak" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906484v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.ouv.vfe8-vt78" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304786v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Dulias" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324988v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lempereur" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305147v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905845v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Radu" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.chap.ouv.9c9f-6423" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892717v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892722v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Micu" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892719v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323067v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepam.cnrs.fr/actualite/ouvrage-actes-des-41e-rencontres-biodiversites-environnements-et-societes-depuis-la-prehistoire-nouveaux-marqueurs-et-approches-integrees/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657513v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828852v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080901v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Baron" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beyries" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blanchet" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>