--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -510,159 +510,241 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La RSE à l'hôpital, entre éthique soignante et logiques gestionnaires: tensions et contradictions d'un idéal institutionnel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Herriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluer l'impact extra-financier des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS, 2025, questions de société, 978-2-38630-292-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chapitre 3. Le contrôle de gestion et la mesure de la performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard de Daran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le management en santé. Gestion et conduite des organisations de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l’EHESP</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.449-469, 2018, 978-2-8109-0669-7. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ehesp.louaz.2018.01.0449⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -672,1427 +754,1427 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La règle des seuils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 195, pp.15-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet stratégique hospitalier à l'ère de chatgpt : quelques conseils pour garder son emploi de directeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Herriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 180, pp.12-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire un prévisionnel de masse salariale en 8 étapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La lettre du financier territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 374</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TMCD : Retours d'expériences et préconisations pour un changement culturel réussi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Wyrwas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 160, pp.16-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TMCD : précisions sur un modèle simple mais pas simpliste.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 144, pp.17-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue de gestion : et si on parlait plutôt du RAF ? Des insuffisances du smart data à l'émergence d'une culture du reste à faire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Herriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02469470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TMCD : Un modèle unique dans l'établissement en alternative aux CRéO par l'introduction des PCI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 126, pp.16-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infobésité et Contrôle de Gestion : comprendre le phénomène pour bâtir un Système d'Information Décisionnel (S.I.D.) centré sur l'analyse des marges de manoeuvre.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la gestion de l'absentéisme à un management durable : Une attente forte pour le contrôle de gestion sociale mais des informations inertes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Routelous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finances hospitalières </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 111, pp.4-9</w:t>
+              <w:t xml:space="preserve">Santé RH. Revue de gestion du personnel médical et hospitalier des établissements de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621798v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02611175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la gestion de l'absentéisme à un management durable : Propositions de nouveaux indicateurs centrés sur les marges de manoeuvre</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coûts Discrétionnaires vs Coûts Complets (TMCD vs CRéA) : Démonstration statistique sur un cas réel de l'inutilité du déversement des charges indirectes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé RH. Revue de gestion du personnel médical et hospitalier des établissements de santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 99, pp.13-17</w:t>
+              <w:t xml:space="preserve">Finances hospitalières </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118, pp.14-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02611192v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une opportunité pour repositionner le contrôle de gestion en aide au pilotage stratégique de groupe</w:t>
+                <w:t xml:space="preserve">Infobésité et Contrôle de Gestion : comprendre le phénomène pour bâtir un Système d'Information Décisionnel (S.I.D.) centré sur l'analyse des marges de manoeuvre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 113</w:t>
+              <w:t xml:space="preserve">, 2017, 111, pp.4-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621882v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la gestion de l'absentéisme à un management durable : Une attente forte pour le contrôle de gestion sociale mais des informations inertes</w:t>
+                <w:t xml:space="preserve">De la gestion de l'absentéisme à un management durable : Propositions de nouveaux indicateurs centrés sur les marges de manoeuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Routelous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé RH. Revue de gestion du personnel médical et hospitalier des établissements de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 98</w:t>
+              <w:t xml:space="preserve">, 2017, 99, pp.13-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02611175v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02611192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coûts Discrétionnaires vs Coûts Complets (TMCD vs CRéA) : Démonstration statistique sur un cas réel de l'inutilité du déversement des charges indirectes</w:t>
+                <w:t xml:space="preserve">Une opportunité pour repositionner le contrôle de gestion en aide au pilotage stratégique de groupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 118, pp.14-20</w:t>
+              <w:t xml:space="preserve">, 2017, 113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621925v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tableaux de bord tendanciels projectifs : Une présentation des tableaux de bord hospitaliers pour créer des espaces de discussion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Les tableaux de bord hospitaliers : un malentendu persistant sur leur contribution à la décision prospective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Herriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 101, pp.12-20</w:t>
+              <w:t xml:space="preserve">, 2016, 100, pp.11-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02469517v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tableaux de bord hospitaliers : un malentendu persistant sur leur contribution à la décision prospective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Les tableaux de bord tendanciels projectifs : Une présentation des tableaux de bord hospitaliers pour créer des espaces de discussion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Herriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 100, pp.11-17</w:t>
+              <w:t xml:space="preserve">, 2016, 101, pp.12-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02469485v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les limites du coût complet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Sommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Kervasdoué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestions hospitalières : la revue du management hospitalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 561, pp.597-605</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pilotage prospectif RH : connaître ses marges de manoeuvre pour le futur et rassurer l'engagement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coûts hospitaliers : les limites du coût complet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean de Kerguiziau de Kervasdoué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé RH. Revue de gestion du personnel médical et hospitalier des établissements de santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 86, pp.11-17</w:t>
+              <w:t xml:space="preserve">Finances hospitalières </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 107, pp.20-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621857v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05337556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coûts hospitaliers : les limites du coût complet</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le pilotage prospectif RH : connaître ses marges de manoeuvre pour le futur et rassurer l'engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean de Kerguiziau de Kervasdoué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finances hospitalières </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 107, pp.20-26</w:t>
+              <w:t xml:space="preserve">Santé RH. Revue de gestion du personnel médical et hospitalier des établissements de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 86, pp.11-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05337556v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La méthode TMCD (Taux de Marge sur Charges Directes) : une alternative aux coûts complets dans la gestion du résultat des pôles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finances hospitalières </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 96, pp.16-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2102,51 +2184,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la gestion de l’absentéisme à un management durable : Les freins et les leviers du contrôle de gestion social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Routelous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2162,65 +2244,65 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème colloque AIRMAP, « Un management public universel ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association internatiionale de Recheche en Management public (AIRMAP), Jun 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02860831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:footerReference w:type="default" r:id="rId52"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2288,51 +2370,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B5098F7D"/>
+    <w:nsid w:val="C7C34F4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2519,51 +2601,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-ollivier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-5312-7369" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230005063" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334782v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Ollivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infodium.fr/accueil/23-controle-de-gestion-et-pilotage-strategique-des-etablissements-de-sante.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04491668v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Louazel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/le-management-en-sante/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.louaz.2024.01" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02921688v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mourier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ollivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Courreges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621767v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Daran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.louaz.2018.01.0449" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337533v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herriau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621982v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621972v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Loiseau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Wyrwas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621959v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469470v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621949v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621798v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02611192v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Routelous" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621882v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02611175v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621925v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469517v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469485v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621781v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sommer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Kervasdou&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05337556v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Kerguiziau de Kervasdou&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621787v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02860831v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/erwan-ollivier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-5312-7369" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230005063" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334782v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Ollivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infodium.fr/accueil/23-controle-de-gestion-et-pilotage-strategique-des-etablissements-de-sante.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04491668v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Louazel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/le-management-en-sante/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.louaz.2024.01" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02921688v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mourier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Ollivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Courreges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565954v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herriau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621767v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Daran" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.louaz.2018.01.0449" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337533v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413807v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621972v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Loiseau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Wyrwas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621959v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469470v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621949v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02611175v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Routelous" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621925v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621798v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02611192v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621882v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469485v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469517v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621781v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sommer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Kervasdou&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05337556v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Kerguiziau de Kervasdou&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621857v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03621787v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02860831v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>