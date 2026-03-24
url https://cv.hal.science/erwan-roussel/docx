--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -5049,51 +5049,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01844912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic detection of archaeological structures in LiDAR data: a first approach</w:t>
+                <w:t xml:space="preserve">Automatic detection of archaeological structures in LiDAR data : a first approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
@@ -5124,97 +5124,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Rassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRAIL 2016 : Training and research on the Archaeological Interpretation of LiDAR</w:t>
+              <w:t xml:space="preserve">Training and Research on the Archaeological Interpretation of LiDAR 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Chambord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02057895v1</w:t>
+                <w:t xml:space="preserve">hal-01320249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic detection of archaeological structures in LiDAR data : a first approach</w:t>
+                <w:t xml:space="preserve">Automatic detection of archaeological structures in LiDAR data: a first approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
@@ -5245,73 +5245,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Rassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Training and Research on the Archaeological Interpretation of LiDAR 2016</w:t>
+              <w:t xml:space="preserve">TRAIL 2016 : Training and research on the Archaeological Interpretation of LiDAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Chambord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320249v1</w:t>
+                <w:t xml:space="preserve">hal-02057895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rivières de pierres, nouvelles données, nouvelles questions</w:t>
               </w:r>
@@ -5416,644 +5416,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur le pastoralisme à l'époque moderne dans la chaîne des Puys (Massif Central, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic detection and characteristics extraction of archaeological structures using coupled Geographic Information System software and Scilab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Florez</w:t>
+                <w:t xml:space="preserve">Marta Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études « Les espaces pastoraux : usages et enjeux environnementaux ».</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">th International SCILAB users conference SCILABTEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01628166v1</w:t>
+                <w:t xml:space="preserve">hal-01112566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic detection and characteristics extraction of archaeological structures using coupled Geographic Information System software and Scilab</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelles données sur le pastoralisme à l'époque moderne dans la chaîne des Puys (Massif Central, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">th International SCILAB users conference SCILABTEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d'études « Les espaces pastoraux : usages et enjeux environnementaux ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01112566v1</w:t>
+                <w:t xml:space="preserve">hal-01628166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic detection of archaeological structures from images derived from clouds of LiDAR points (a methodological research – LiDARCHEO program)</w:t>
+                <w:t xml:space="preserve">Utilisation d’images dérivées d’un jeu de données LIDAR pour la détection automatisée de vestiges archéologiques (programme de recherche méthodologique LiDARCHEO)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Abadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRAIL 2014 : Formation et recherche pour l’interprétation archéologique des données LiDAR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Frasne, France</w:t>
+              <w:t xml:space="preserve">technique du CRAIG: cartographie et archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116185v1</w:t>
+                <w:t xml:space="preserve">hal-01628158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d’images dérivées d’un jeu de données LIDAR pour la détection automatisée de vestiges archéologiques (programme de recherche méthodologique LiDARCHEO)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archaeomophological approaches and LIDAR data analysis to study a hidden mid-mountain cultural Landscape. The study case of Puy de Dôme (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Abadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">technique du CRAIG: cartographie et archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">3rd International landscape archaeology conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628158v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01627649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeomophological approaches and LIDAR data analysis to study a hidden mid-mountain cultural Landscape. The study case of Puy de Dôme (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Automatic detection of archaeological structures from images derived from clouds of LiDAR points (a methodological research – LiDARCHEO program)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International landscape archaeology conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Rome, Italy</w:t>
+              <w:t xml:space="preserve">TRAIL 2014 : Formation et recherche pour l’interprétation archéologique des données LiDAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Frasne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01627649v1</w:t>
+                <w:t xml:space="preserve">hal-01116185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic detection of archaeological structures from images derived from clouds of LiDAR points (a methodological research – LiDARCHEO program)</w:t>
               </w:r>
@@ -6078,51 +6078,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6190,51 +6190,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6279,307 +6279,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01627643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El fénoméno de las « structures en peigne » en el Macizo Central (Francia). Aportaciones a la caractérizacion de un paisaje cultural de montaña.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Restitution d’un paysage culturel de moyenne montagne dans la chaîne des Puys (Auvergne, France) : le projet LIDARCHEO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe Congreso Internacional de Arqueología Clásica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Merida, España</w:t>
+              <w:t xml:space="preserve">XIXe Colloque d’Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02281543v1</w:t>
+                <w:t xml:space="preserve">hal-01116192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution d’un paysage culturel de moyenne montagne dans la chaîne des Puys (Auvergne, France) : le projet LIDARCHEO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">El fénoméno de las « structures en peigne » en el Macizo Central (Francia). Aportaciones a la caractérizacion de un paisaje cultural de montaña.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe Colloque d’Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">XVIIIe Congreso Internacional de Arqueología Clásica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Merida, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01116192v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02281543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing the ancient Chaîne de Puys cultural landscape (Auvergne, France) through Landscape Archaeologie and airborne LIDAR data : the LIDARCHEO Projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6654,454 +6654,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genèse des paysages culturels de montagne sur la longue durée : Apport d’une démarche interdisciplinaire. Cas d’étude pyrénéens et auvergnats.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-image unordered photogrammetry applied to the reconstruction of volcanic edifices : preliminary results and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolanda Llergo</w:t>
+                <w:t xml:space="preserve">Raphael Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Beauger</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du GIS Réseau National des MSH, Maison de la Recherche en Sciences Humaines de Caen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Caen, France</w:t>
+              <w:t xml:space="preserve">Séminaire Imagerie à Haute Résolution - Applications en archéologie et géosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116195v1</w:t>
+                <w:t xml:space="preserve">hal-01116157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-image unordered photogrammetry applied to the reconstruction of volcanic edifices : preliminary results and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genèse des paysages culturels de montagne sur la longue durée : Apport d’une démarche interdisciplinaire. Cas d’étude pyrénéens et auvergnats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Miras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Llergo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Paris</w:t>
+                <w:t xml:space="preserve">B. Beauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Etienne</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ramon Julia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Imagerie à Haute Résolution - Applications en archéologie et géosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Congrès du GIS Réseau National des MSH, Maison de la Recherche en Sciences Humaines de Caen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01116157v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01116195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photogrammetric reconstruction of postglacial rockfalls in Haute-Romanche (Massif des Ecrins, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantitative assessment of post-restoration accelerated stone decay due to compatibility problems (St. Sebastian’s abbey church, Manglieu, French Massif Central)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Phalip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Voldoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Imagerie à Haute Résolution - Applications en archéologie et géosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">12th International Congress on the Deterioration and Conservation of Stone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, George Wheeler, Columbia University, 2012, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116135v1</w:t>
+                <w:t xml:space="preserve">hal-01115992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative assessment of post-restoration accelerated stone decay due to compatibility problems (St. Sebastian’s abbey church, Manglieu, French Massif Central)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photogrammetric reconstruction of postglacial rockfalls in Haute-Romanche (Massif des Ecrins, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Congress on the Deterioration and Conservation of Stone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, George Wheeler, Columbia University, 2012, New York, United States</w:t>
+              <w:t xml:space="preserve">Séminaire Imagerie à Haute Résolution - Applications en archéologie et géosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01115992v1</w:t>
+                <w:t xml:space="preserve">hal-01116135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution to the international cooperation project for the conservation of the decorated pyramid steps of Ta Keo temple</w:t>
               </w:r>
@@ -7622,51 +7622,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presentation of the GEOMORPHIS program (Postglacial geomorphic dynamics in south-Iceland, 2006-2009)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8297,51 +8297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Abadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée régionale de l'archéologie 2016 - DRA Auvergne - Rhône - Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Clermont-Ferrand, France</w:t>
@@ -8642,51 +8642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8856,398 +8856,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01951693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of cement repointing on rates of sandstone deterioration in medieval churches of the French Massif Central</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Postglacial rockfalls controls on environmental partitioning of the Haute-Romanche valley (Massif des Écrins, french Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Voldoire</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">, Aug 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01115997v1</w:t>
+                <w:t xml:space="preserve">hal-01116101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postglacial rockfalls controls on environmental partitioning of the Haute-Romanche valley (Massif des Écrins, french Alps)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">El fenomeno de las «STRUCTURES EN PEIGNE» en el Macizo Central (Francia). Aportaciones a la caracterzacion de un paisaje cultural de montana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Florez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Toumazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Paris, France. 2013</w:t>
+              <w:t xml:space="preserve">18th International Congress of Classical Archaeology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Merida, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116101v1</w:t>
+                <w:t xml:space="preserve">hal-01627620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El fenomeno de las «STRUCTURES EN PEIGNE» en el Macizo Central (Francia). Aportaciones a la caracterzacion de un paisaje cultural de montana</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
+                <w:t xml:space="preserve">Impact of cement repointing on rates of sandstone deterioration in medieval churches of the French Massif Central</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Phalip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Vautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Voldoire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Congress of Classical Archaeology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Merida, España</w:t>
+              <w:t xml:space="preserve">8th International Conference on Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01627620v1</w:t>
+                <w:t xml:space="preserve">hal-01115997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genesis of a cultural landscape : the Chaîne des puys (Massif central, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Miras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9315,64 +9315,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genesis of a cultural landscape : the Chaîne des puys (Massif central, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Miras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9388,116 +9388,116 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque MINaH – Managing Inhabited Natural Heritage</w:t>
+              <w:t xml:space="preserve">MINaH – Managing Inhabited Natural Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01627629v1</w:t>
+                <w:t xml:space="preserve">hal-01112302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genesis of a cultural landscape : the Chaîne des puys (Massif central, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Florez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Miras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9513,73 +9513,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dousteyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MINaH – Managing Inhabited Natural Heritage</w:t>
+              <w:t xml:space="preserve">Colloque MINaH – Managing Inhabited Natural Heritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01112302v1</w:t>
+                <w:t xml:space="preserve">hal-01627629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a paraglacial crisis on slopes deglaciated since the Little Ice Age in South-east Iceland</w:t>
               </w:r>
@@ -10047,51 +10047,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La beauté maladive de la pierre monumentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10798,51 +10798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Phalip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UNESCO - Comité International de Coordination pour la Sauvegarde et le développement du Site Historique d’Angkor, 20ème Session Technique. 2011, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -11449,51 +11449,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005812v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Arfeuill&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13052981" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981196v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bayle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Carlson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Zimmer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vall&#233;e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-1649-2023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071904v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Moiroux-Arvis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Royer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarramia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil de Sousa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Claude" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062896" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373919v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Delorme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Koumba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delor-Jestin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Peiry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2021.117656" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03289150v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Francon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Till-Bottraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac0b67" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113888v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vautier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Andr&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joann Cassar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.107614" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736426v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Z Carlson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brossard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.15.044508" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018265v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Corenblit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Walcker" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4535" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123568v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Darrozes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Julien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Otto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2018.1969" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869431v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourriquen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fournier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3149" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897894v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Marren" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toumazet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chenet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3127" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900830v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado Casado" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borb&#225;la Hortob&#225;gyi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658816.2018.1511795" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01713217v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Gar&#243;fano-G&#243;mez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2017.09.016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627607v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dousteyssier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.03.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739824v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez Saez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.02.083" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426679v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.08.069" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGJN2NKV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381840v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vidal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2016.02.015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-73DLX40B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rinterknecht" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.07.025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6BHCNCZJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381848v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Charrier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3954" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01836277v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Phalip" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312715v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marren Philip" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11229" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664233v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boivin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Miallier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Merciecca" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059244v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Gurnell" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3515" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VZGJ9XFS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115192v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987405v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4461/GFDQ.2013.36.14" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115157v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186485v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cooley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2010.12.024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZ7NFTVK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905130v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2009.07.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WCGL0QD9-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987429v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00468645v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Moreau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laffly" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2006.07.031" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKD0XMDZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449477v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.1883" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449490v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2008.2611" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449479v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449560v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095356v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Alexandra Fernandez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boul&#234;treau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil S. Davies" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709372v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1912.02781" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963595v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Vautier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tabacchi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531965v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lopez-Saez Lopez Saez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Saulnier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901006v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Gil" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Picone" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844912v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ameglio" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Till Bottraud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charrier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057895v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Rassat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320249v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628174v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Peignelin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Le Coeur" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628166v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Florez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112566v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Flores" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116185v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Faure" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628158v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abadi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627649v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627632v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627643v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281543v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lefeuvre" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Nicolas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116192v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628154v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116195v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Llergo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beauger" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Julia" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116157v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Paris" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116135v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115992v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116047v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116200v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116204v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116209v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116210v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116220v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116212v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116538v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Comte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priet-Maheo Morgane" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116532v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640509v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mazal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706578v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verney" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bissagou Koumba" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delor Jestin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Zdybal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroutioun Askanian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899796v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057958v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115999v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Gruson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131185v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Coeur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116076v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01951693v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115997v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116101v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627620v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281698v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627629v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112302v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116169v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466850v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003469v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fernandes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Galinon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Luis" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Streith" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.msh-clermont.fr/content/interdisciplinarit%C3%A9-parution-de-louvrage-%C2%AB-ab%C3%A9c%C3%A9daire-de-la-rupture-%C2%BB-aux-presses" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128299v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steiger" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charrier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865672v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02106814v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audouy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115182v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115104v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141809v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabanon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116004v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Goron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116072v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116065v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00987419v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00705325v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011CLF20004" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522471v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fayet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005812v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Arfeuill&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#232;le Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13052981" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981196v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bayle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Carlson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Zimmer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vall&#233;e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-1649-2023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071904v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Moiroux-Arvis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Royer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarramia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil de Sousa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Claude" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062896" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373919v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Delorme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Koumba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delor-Jestin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Peiry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2021.117656" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03289150v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Francon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Corona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Till-Bottraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac0b67" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113888v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vautier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Andr&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joann Cassar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.107614" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736426v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Z Carlson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brossard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.15.044508" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018265v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Corenblit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Walcker" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4535" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123568v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Darrozes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Julien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Otto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ast.2018.1969" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869431v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourriquen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mercier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fournier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3149" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897894v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Marren" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cossart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toumazet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chenet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3127" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900830v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado Casado" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borb&#225;la Hortob&#225;gyi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658816.2018.1511795" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01713217v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Gar&#243;fano-G&#243;mez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2017.09.016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627607v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dousteyssier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.03.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739824v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez Saez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.02.083" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426679v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.08.069" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGJN2NKV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381840v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vidal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2016.02.015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-73DLX40B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rinterknecht" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.07.025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6BHCNCZJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381848v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Charrier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3954" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01836277v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Phalip" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312715v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marren Philip" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11229" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664233v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boivin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Miallier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Merciecca" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059244v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Gurnell" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3515" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VZGJ9XFS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115192v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987405v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4461/GFDQ.2013.36.14" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115157v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186485v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cooley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2010.12.024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZ7NFTVK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905130v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2009.07.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WCGL0QD9-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987429v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00468645v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Moreau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laffly" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2006.07.031" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKD0XMDZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449477v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.1883" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449490v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2008.2611" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449479v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449560v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095356v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Alexandra Fernandez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boul&#234;treau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil S. Davies" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709372v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1912.02781" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963595v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Vautier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tabacchi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531965v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lopez-Saez Lopez Saez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Saulnier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901006v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Gil" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Picone" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844912v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ameglio" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Till Bottraud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charrier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320249v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Rassat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057895v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628174v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Peignelin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Le Coeur" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112566v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Flores" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628166v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Florez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628158v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Faure" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627649v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116185v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627632v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627643v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116192v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281543v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lefeuvre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Nicolas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628154v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116157v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Paris" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116195v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Llergo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beauger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Julia" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115992v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116135v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116047v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116200v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116204v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116209v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116210v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116220v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116212v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116538v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Comte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priet-Maheo Morgane" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116532v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640509v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mazal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706578v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verney" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bissagou Koumba" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delor Jestin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Zdybal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroutioun Askanian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899796v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057958v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115999v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Gruson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131185v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Coeur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116076v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01951693v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116101v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627620v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115997v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281698v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112302v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627629v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116169v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466850v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Decaulne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003469v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fernandes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Galinon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Luis" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Streith" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.msh-clermont.fr/content/interdisciplinarit%C3%A9-parution-de-louvrage-%C2%AB-ab%C3%A9c%C3%A9daire-de-la-rupture-%C2%BB-aux-presses" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128299v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steiger" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charrier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865672v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02106814v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audouy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115182v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115104v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141809v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabanon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116004v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Goron" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116072v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116065v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00987419v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00705325v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011CLF20004" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522471v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fayet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>