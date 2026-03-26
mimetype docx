--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -368,1195 +368,1329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04487695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic neural networks construction and causality ranking for faster and more consistent decision making</w:t>
+                <w:t xml:space="preserve">KARMEN: Redefining collaboration and expertise sharing through an innovative knowledge graph framework: a case study in additive manufacturing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenza Amzil</w:t>
+                <w:t xml:space="preserve">Jean René Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Klement</w:t>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Roucoules</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/0951192X.2022.2134930⟩</w:t>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (6), pp.4193 - 4214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12008-024-02015-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03949215v1</w:t>
+                <w:t xml:space="preserve">hal-05551919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic neural networks construction and causality ranking for faster and more consistent decision making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Amzil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Klement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.1-21</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0951192X.2022.2134930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889532v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key issues for a manufacturing data query system based on graph</w:t>
+                <w:t xml:space="preserve">Automatic neural networks construction and causality ranking for faster and more consistent decision making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Kim</w:t>
+                <w:t xml:space="preserve">Kenza Amzil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+                <w:t xml:space="preserve">Nathalie Klement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Véron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Victor Fau</w:t>
+                <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Computer Integrated Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12008-021-00768-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03335318v1</w:t>
+                <w:t xml:space="preserve">hal-03889532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">i-Dataquest: A heterogeneous information retrieval tool using data graph for the manufacturing industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Key issues for a manufacturing data query system based on graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Mallet</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2021.103527⟩</w:t>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12008-021-00768-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03330584v1</w:t>
+                <w:t xml:space="preserve">hal-03335318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering design memory for design rationale and change management toward innovation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">i-Dataquest: A heterogeneous information retrieval tool using data graph for the manufacturing industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Roucoules</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Serge Tichkiewitch</w:t>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIRP Annals - Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 65 (1), pp.193-196. </w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 132, pp.103527. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cirp.2016.04.046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2021.103527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01403255v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03330584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal measures for semantic interoperability assessment in cooperative enterprise information systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Engineering design memory for design rationale and change management toward innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roucoules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Aubry</w:t>
+                <w:t xml:space="preserve">Widad Es Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Panetto</w:t>
+                <w:t xml:space="preserve">Serge Tichkiewitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 63 (5), pp.443-457. </w:t>
+              <w:t xml:space="preserve">CIRP Annals - Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65 (1), pp.193-196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2012.01.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cirp.2016.04.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00662878v1</w:t>
+                <w:t xml:space="preserve">hal-01403255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantics enactment for interoperability assessment in Enterprise Information Systems</w:t>
+                <w:t xml:space="preserve">Formal measures for semantic interoperability assessment in cooperative enterprise information systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Lezoche</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Reviews in Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.arcontrol.2012.03.008⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (5), pp.443-457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2012.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00671856v1</w:t>
+                <w:t xml:space="preserve">hal-00662878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptualising and structuring semantics in Cooperative Enterprise Information Systems Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semantics enactment for interoperability assessment in Enterprise Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Lezoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Lezoche</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milan Zdravković</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2012.08.006⟩</w:t>
+              <w:t xml:space="preserve">Annual Reviews in Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36 (1), pp.101-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcontrol.2012.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00722419v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00671856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de la structure de la sémantique dans les modèles de système d'information d'entreprises collaboratives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conceptualising and structuring semantics in Cooperative Enterprise Information Systems Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Lezoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Lezoche</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milan Zdravković</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (8), pp.775-787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2012.08.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/ISI.17.4.49-77⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00722247v1</w:t>
+                <w:t xml:space="preserve">hal-00722419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Extraction de la structure de la sémantique dans les modèles de système d'information d'entreprises collaboratives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Lezoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Panetto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 17 (4), pp.49-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ISI.17.4.49-77⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00722247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Systems Interoperability Evaluation through Formalisation of Semantic Relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INSIGHT - International Council on Systems Engineering (INCOSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (4), pp.9-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/inst.201114411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00653690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1566,51 +1700,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Effects of Industry 4.0/5.0 on Human Factors: A Preliminary Systematic Literature Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1665,552 +1799,552 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th IFAC Symposium on Information Control Problems in Manufacturing (INCOM 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Twin Framework For Fault Detection and Diagnosis in Smart Buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fakhreddine Ababsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiyu Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elham Farazdaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rani El Meouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 10th IEEE International Smart Cities Conference on Smart Cities : Revolution for Mankind</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Pattaya City, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A data framework enabling BEM and BMS interoperability based on semantic web technologies and Brick ontology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiyu Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elham Farazdaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmeouche Rani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fakhreddine Ababsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International IBPSA Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04258498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards linked building data: A data framework enabling BEM interoperability with extended Brick ontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhiyu Zheng</w:t>
+                <w:t xml:space="preserve">Etude comparative des méthodes de création des modèles de transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Esma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roucoules</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Smart City Applications (SCA'23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">S-MART 2023 : 18ème Colloque national S.mart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arts et Métiers Paristech ENSAM Aix-en-Provence, Université de Toulon [UTLN], Apr 2023, Carry-le-Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270885v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude comparative des méthodes de création des modèles de transformation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Roucoules</w:t>
+                <w:t xml:space="preserve">Towards linked building data: A data framework enabling BEM interoperability with extended Brick ontology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiyu Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Farazdaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rani El Meouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fakhreddine Ababsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">S-MART 2023 : 18ème Colloque national S.mart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arts et Métiers Paristech ENSAM Aix-en-Provence, Université de Toulon [UTLN], Apr 2023, Carry-le-Rouet, France</w:t>
+              <w:t xml:space="preserve">8th International Conference on Smart City Applications (SCA'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278705v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'origine de l'objectif est-elle importante? Effets motivationnels d'objectifs autodéfinis en production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2269,1578 +2403,1578 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIGI QUALITA MOSIM 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Trois Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04194364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">i-DATAQUEST : a Proposal for a Manufacturing Data Query System Based on a Graph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP 17th International Conference on Product Lifecycle Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Rapperswil, Switzerland. pp.xx-xx</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causality learning approach for supervision in the context of Industry 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Amzil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Klement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Conference on Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essential issues to consider for a manufacturing data query system based on graph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing (JCM 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Aix-en-Provence, France. pp.xx-xx</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">i-DATAQUEST: A Proposal for a Manufacturing Data Query System Based on a Graph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Segonds</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Rapperswil, Switzerland. pp.227-238, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-62807-9_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03753108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dynamic Contextual Change Management Application for Real Time Decision-Making Support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widad Es-Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th working conference of the IFIP Working Group 7.5 on Reliability and Optimization of Structural Systems (IFIP 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, ETH Zurich, Switzerland. pp.NO IDEA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dynamic Contextual Change Management Application for Real Time Decision-Making Support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widad Es-Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Turin, Italy. pp.759-767, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-01614-2_69⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Process Mining Based Approach to Support Decision Making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widad Es-Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Seville, Spain. pp.264-274, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-72905-3_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01764180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the use of Process Mining and Machine Learning to support decision making in systems design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widad Es Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Columbia, United States. pp.56-66, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-54660-5_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01403073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design process and trace modelling for design rationale capture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Moones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01143055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantics enactment in Enterprise Information Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Lezoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Lezoche</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th IFAC World Congress, IFAC WC'2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.13064-13073, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3182/20110828-6-IT-1002.03597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00582507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explicitation de la sémantique de modèles de systèmes d'information d'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées Doctorales / Journées Nationales MACS, JD-JN-MACS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Marseille, France. pp.CDROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00582443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction de la sémantique dans les modèles de systèmes d'information d'entreprises collaboratifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Lezoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Lezoche</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Nationale du GT Easy-DIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00586779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Use of Description Logic for Semantic Interoperability of Enterprise Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Panetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th IFAC/IFIP EI2N'2009 workshop on Enterprise Integration, Interoperability and Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Vilamoura, Portugal. pp.205-215, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-05290-3_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00416386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supply chain business patterns definition for process interoperability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Bourey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th IFAC Symposium on Information Control Problems in Manufacturing, INCOM'2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Moscou, Russia. pp.CDROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00403789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3850,250 +3984,250 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causality Learning Approach for Supervision in the Context of Industry 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Amzil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Klement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances on Mechanics, Design Engineering and Manufacturing III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing; Springer International Publishing, pp.316-322, 2021, Lecture Notes in Mechanical Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-70566-4_50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03949196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaborative Design and Supervision Processes Meta-Model for Rationale Capitalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widad Es Soufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Roucoules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances on Mechanics, Design Engineering and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Part VIII, Springer International Publishing, pp.1123-1130, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-45781-9_112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01394738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4103,114 +4237,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'évaluation de l'interopérabilité sémantique entre systèmes d'information d'entreprise : Application aux systèmes d'information de pilotage de la production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université Henri Poincaré - Nancy 1, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011NAN10049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01746201v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId96"/>
+      <w:footerReference w:type="default" r:id="rId100"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4357,51 +4491,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345071v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Passalacqua" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pellerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Magnani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joblot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rosin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2025.103649" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487695v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Yahia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2024.2319914" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949215v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Amzil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Klement" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0951192X.2022.2134930" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889532v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335318v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Kim" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Segonds" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-021-00768-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330584v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mallet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103527" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403255v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Es Soufi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Tichkiewitch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirp.2016.04.046" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662878v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aubry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Panetto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2012.01.010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671856v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lezoche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2012.03.008" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722419v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Zdravkovi&#263;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2012.08.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722247v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.17.4.49-77" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653690v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/inst.201114411" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694972v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787550v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhreddine Ababsa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyu Zheng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Farazdaghi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani El Meouche" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258498v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmeouche Rani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270885v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278705v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Esma" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194364v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973983v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973931v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03753108v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Segonds" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62807-9_19" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922617v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Es-Soufi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02075584v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01614-2_69" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01764180v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72905-3_24" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403073v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54660-5_6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143055v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Moones" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582507v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.03597" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582443v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586779v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416386v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-05290-3_31" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403789v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bigand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bourey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Castelain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949196v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70566-4_50" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394738v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45781-9_112" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01746201v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10049" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345071v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Passalacqua" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pellerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Magnani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joblot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rosin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2025.103649" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487695v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Yahia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2024.2319914" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551919v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Camara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mallet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deguilhem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-024-02015-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949215v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Amzil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Klement" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0951192X.2022.2134930" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335318v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Kim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Segonds" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-021-00768-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330584v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103527" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403255v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Es Soufi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Tichkiewitch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirp.2016.04.046" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aubry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Panetto" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2012.01.010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671856v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lezoche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcontrol.2012.03.008" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722419v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Zdravkovi&#263;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2012.08.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722247v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.17.4.49-77" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653690v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/inst.201114411" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694972v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787550v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhreddine Ababsa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyu Zheng" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Farazdaghi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani El Meouche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258498v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmeouche Rani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278705v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Esma" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270885v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194364v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973930v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973983v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973931v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03753108v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Segonds" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62807-9_19" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922617v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Es-Soufi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02075584v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01614-2_69" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01764180v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72905-3_24" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403073v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54660-5_6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143055v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Moones" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582507v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.03597" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582443v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416386v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-05290-3_31" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403789v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bigand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bourey" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Castelain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949196v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70566-4_50" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394738v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45781-9_112" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01746201v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10049" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>