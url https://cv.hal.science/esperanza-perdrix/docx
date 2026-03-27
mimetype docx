--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -200,295 +200,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interlaboratory comparison to quantify oxidative potential measurement in aerosol particles: challenges and recommendations for harmonisation</w:t>
+                <w:t xml:space="preserve">Railway braking wear dynamics and particle emissions: Relationship between tribological circuit and pad design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pamela A Dominutti</w:t>
+                <w:t xml:space="preserve">Joseph Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+                <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouk Marsal</w:t>
+                <w:t xml:space="preserve">Edouard Davin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takoua Mhadhbi</w:t>
+                <w:t xml:space="preserve">Florent Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhabira Elazzouzi</w:t>
+                <w:t xml:space="preserve">Raafa Al-Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (1), pp.177-195. </w:t>
+              <w:t xml:space="preserve">Wear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 571, pp.205854. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/amt-18-177-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.wear.2025.205854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04661735v1</w:t>
+                <w:t xml:space="preserve">hal-05169996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Railway braking wear dynamics and particle emissions: Relationship between tribological circuit and pad design</w:t>
+                <w:t xml:space="preserve">An interlaboratory comparison to quantify oxidative potential measurement in aerosol particles: challenges and recommendations for harmonisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Frangieh</w:t>
+                <w:t xml:space="preserve">Pamela A Dominutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Grira</w:t>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Davin</w:t>
+                <w:t xml:space="preserve">Anouk Marsal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Brunel</w:t>
+                <w:t xml:space="preserve">Takoua Mhadhbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raafa Al-Kaderi</w:t>
+                <w:t xml:space="preserve">Rhabira Elazzouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wear</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 571, pp.205854. </w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (1), pp.177-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wear.2025.205854⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/amt-18-177-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05169996v1</w:t>
+                <w:t xml:space="preserve">hal-04661735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-organ toxicity of ultrafine particles derived from air pollution: a sub-chronic exposure study in mice</w:t>
               </w:r>
@@ -602,274 +602,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05453892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origins of the seasonal variability of PM2.5 sources in a rural site in Northern France</w:t>
+                <w:t xml:space="preserve">Experimental factors influencing the bioaccessibility and the oxidative potential of transition metals from welding fumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Espina-Martin</w:t>
+                <w:t xml:space="preserve">Manuella Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Perdrix</w:t>
+                <w:t xml:space="preserve">Davy Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.Y. Alleman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Coddeville</w:t>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2024.120660⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26, pp.843-857. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3EM00546A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04616651v1</w:t>
+                <w:t xml:space="preserve">hal-04550144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental factors influencing the bioaccessibility and the oxidative potential of transition metals from welding fumes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Origins of the seasonal variability of PM2.5 sources in a rural site in Northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Espina-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuella Ghanem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Alleman</w:t>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davy Rousset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+                <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+                <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 26, pp.843-857. </w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 333, pp.120660. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3EM00546A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2024.120660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04550144v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidative stress and inflammation induced by air pollution-derived pm2.5 persist in the lungs of mice after cessation of their sub-chronic exposure</w:t>
               </w:r>
@@ -989,90 +989,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Practical approach for an easy determination of the limit of detection and uncertainty budget associated with on-line measurements of gas and aerosols by ion chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Espina-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 287, pp.119285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1100,2042 +1100,2042 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphate Buffer Solubility and Oxidative Potential of Single Metals or Multielement Particles of Welding Fumes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emerging role of epigenetic alterations in the lung inflammation and tissue remodeling induced by air pollution-derived PM2.5 in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Yves Alleman</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Anthérieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Theerens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/atmos12010030⟩</w:t>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 350, pp.S66-S67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00403-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04194606v1</w:t>
+                <w:t xml:space="preserve">hal-03544957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal enriched quasi-ultrafine particles from gas metal arc welding-stainless steel induced genetic and epigenetic alterations in BEAS-2B cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Grare</w:t>
+                <w:t xml:space="preserve">Oxidative stress and inflammation induced by air pollution-derived PM2.5 persist in the lungs of mice after cessation of their subchronic exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Anthérieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Happillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Rousset</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 350, pp.S208-S209. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00726-8⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 350, pp.S197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00703-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544960v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging role of epigenetic alterations in the lung inflammation and tissue remodeling induced by air pollution-derived PM2.5 in mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal enriched quasi-ultrafine particles from stainless steel gas metal arc welding induced genetic and epigenetic alterations in BEAS-2B cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Anthérieu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">J. Boudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00403-3⟩</w:t>
+              <w:t xml:space="preserve">NanoImpact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.100346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.impact.2021.100346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544957v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative stress and inflammation induced by air pollution-derived PM2.5 persist in the lungs of mice after cessation of their subchronic exposure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal enriched quasi-ultrafine particles from gas metal arc welding-stainless steel induced genetic and epigenetic alterations in BEAS-2B cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Anthérieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Happillon</w:t>
+                <w:t xml:space="preserve">J. Boudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 350, pp.S197. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00703-7⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 350, pp.S208-S209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00726-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544975v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal enriched quasi-ultrafine particles from stainless steel gas metal arc welding induced genetic and epigenetic alterations in BEAS-2B cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phosphate Buffer Solubility and Oxidative Potential of Single Metals or Multielement Particles of Welding Fumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Yves Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NanoImpact</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 23, pp.100346. </w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.impact.2021.100346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/atmos12010030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321110v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-range and local air pollution: what can we learn from chemical speciation of particulate matter at paired sites?</w:t>
+                <w:t xml:space="preserve">Study of in vitro and in vivo genotoxic effects of air pollution fine (PM2.5-0.18) and quasi-ultrafine (PM0.18) particles on lung models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Pandolfi</w:t>
+                <w:t xml:space="preserve">A. Platel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dennis Mooibroek</w:t>
+                <w:t xml:space="preserve">K. Privat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Hopke</w:t>
+                <w:t xml:space="preserve">S. Talahari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominik van Pinxteren</w:t>
+                <w:t xml:space="preserve">A. Delobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Querol</w:t>
+                <w:t xml:space="preserve">G. Dourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (1), pp.409-429. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 711, pp.134666. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-20-409-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.134666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567678v1</w:t>
+                <w:t xml:space="preserve">hal-02913612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial alterations triggered by repeated exposure to fine (PM2.5-0.18) and quasi-ultrafine (PM0.18) fractions of ambient particulate matter</w:t>
+                <w:t xml:space="preserve">Long-range and local air pollution: what can we learn from chemical speciation of particulate matter at paired sites?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Sotty</w:t>
+                <w:t xml:space="preserve">Marco Pandolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Kluza</w:t>
+                <w:t xml:space="preserve">Dennis Mooibroek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. de Sousa</w:t>
+                <w:t xml:space="preserve">Philip Hopke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Tardivel</w:t>
+                <w:t xml:space="preserve">Dominik van Pinxteren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Antherieu</w:t>
+                <w:t xml:space="preserve">Xavier Querol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 142, pp.105830. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.409-429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.105830⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-20-409-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913607v1</w:t>
+                <w:t xml:space="preserve">hal-02567678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of in vitro and in vivo genotoxic effects of air pollution fine (PM2.5-0.18) and quasi-ultrafine (PM0.18) particles on lung models</w:t>
+                <w:t xml:space="preserve">Mitochondrial alterations triggered by repeated exposure to fine (PM2.5-0.18) and quasi-ultrafine (PM0.18) fractions of ambient particulate matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Platel</w:t>
+                <w:t xml:space="preserve">J. Sotty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Privat</w:t>
+                <w:t xml:space="preserve">J. Kluza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Talahari</w:t>
+                <w:t xml:space="preserve">C. de Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Delobel</w:t>
+                <w:t xml:space="preserve">M. Tardivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Dourdin</w:t>
+                <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 711, pp.134666. </w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 142, pp.105830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.134666⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.105830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913612v1</w:t>
+                <w:t xml:space="preserve">hal-02913607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyols and glucose particulate species as tracers of primary biogenic organic aerosols at 28 French sites</w:t>
+                <w:t xml:space="preserve">Real-time assessment of wintertime organic aerosol characteristics and sources at a suburban site in northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoulaye Samake</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+                <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Favez</w:t>
+                <w:t xml:space="preserve">Abhishek Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Weber</w:t>
+                <w:t xml:space="preserve">Emmanuel Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Jacob</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Véronique Riffault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 19 (5), pp.3357-3374. </w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 203, pp.48-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-19-3357-2019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2019.01.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02442703v1</w:t>
+                <w:t xml:space="preserve">hal-02567664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the regional contribution to PM10 pollution over northern France using two complementary approaches: Chemistry transport and trajectory-based receptor models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization and variability of inorganic aerosols and their gaseous precursors at a suburban site in northern France over one year (2015–2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Potier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoît Herbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Riffault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2019.03.002⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 200, pp.142-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2018.11.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02552748v1</w:t>
+                <w:t xml:space="preserve">hal-02567662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time assessment of wintertime organic aerosol characteristics and sources at a suburban site in northern France</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Toxicological effects of ambient fine (PM2.5-0.18) and ultrafine (PM0.18) particles in healthy and diseased 3D organo-typic mucocilary-phenotype models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sotty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Garçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-O. Denayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.-Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2019.01.035⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 176, pp.108538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2019.108538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567664v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02552738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and variability of inorganic aerosols and their gaseous precursors at a suburban site in northern France over one year (2015–2016)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+                <w:t xml:space="preserve">Exposure to Atmospheric Ultrafine Particles Induces Severe Lung Inflammatory Response and Tissue Remodeling in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Antherieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dusautoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Herbin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jules Sotty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 200, pp.142-157. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (7), pp.1210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2018.11.041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph16071210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567662v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02552745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicological effects of ambient fine (PM2.5-0.18) and ultrafine (PM0.18) particles in healthy and diseased 3D organo-typic mucocilary-phenotype models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arabitol, mannitol, and glucose as tracers of primary biogenic organic aerosol: the influence of environmental factors on ambient air concentrations and spatial distribution over France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Garçon</w:t>
+                <w:t xml:space="preserve">Abdoulaye Samake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.-O. Denayer</w:t>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.-Y. Alleman</w:t>
+                <w:t xml:space="preserve">Samuel Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Saleh</w:t>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 176, pp.108538. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19, pp.11013-11030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2019.108538⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-19-11013-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02552738v1</w:t>
+                <w:t xml:space="preserve">hal-02442664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabitol, mannitol, and glucose as tracers of primary biogenic organic aerosol: the influence of environmental factors on ambient air concentrations and spatial distribution over France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Jacob</w:t>
+                <w:t xml:space="preserve">Characterizing the regional contribution to PM10 pollution over northern France using two complementary approaches: Chemistry transport and trajectory-based receptor models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Péré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-19-11013-2019⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 223, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2019.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02442664v1</w:t>
+                <w:t xml:space="preserve">hal-02552748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to Atmospheric Ultrafine Particles Induces Severe Lung Inflammatory Response and Tissue Remodeling in Mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jules Sotty</w:t>
+                <w:t xml:space="preserve">Polyols and glucose particulate species as tracers of primary biogenic organic aerosols at 28 French sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Samake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 16 (7), pp.1210. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (5), pp.3357-3374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph16071210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-19-3357-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02552745v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02442703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the geographical origins of PM10 based on long, medium and short-range air mass back-trajectories impacting Northern France during the period 2009–2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Waked</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3238,90 +3238,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Air pollution-derived PM2.5 impairs mitochondrial function in healthy and chronic obstructive pulmonary diseased human bronchial epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kluza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sotty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 243, pp.1434-1449. </w:t>
@@ -3384,77 +3384,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and epigenetic alterations in normal and sensitive COPD-diseased human bronchial epithelial cells repeatedly exposed to air pollution-derived PM 2.5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Platel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.M. Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3505,77 +3505,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of ultrafine atmospheric particles on the respiratory system in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yara Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Sotty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3786,77 +3786,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particulate metal bioaccessibility in physiological fluids and cell culture media: Toxicological perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Yves Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Happillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3932,90 +3932,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential responses of healthy and chronic obstructive pulmonary diseased human bronchial epithelial cells repeatedly exposed to air pollution-derived PM4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Happillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.M. Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 218, pp.1074-1088. </w:t>
@@ -4104,51 +4104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Falgayrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz-Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brémard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4483,51 +4483,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PM&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt; air quality variations in an urbanized and industrialized harbor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz-Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4605,437 +4605,437 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast evolution of tropospheric Pb- and Zn-rich particles in the vicinity of a lead smelter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Choël</w:t>
+                <w:t xml:space="preserve">M. Choël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deboudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Lecornet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+                <w:t xml:space="preserve">G. Lecornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 40, pp.4439. </w:t>
+              <w:t xml:space="preserve">, 2006, 40, pp.4439-4449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2006.04.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00113563v1</w:t>
+                <w:t xml:space="preserve">hal-00268152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast evolution of tropospheric Pb- and Zn-rich particles in the vicinity of a lead smelter</w:t>
+                <w:t xml:space="preserve">Tracing source pollution in soils using cadmium and lead isotopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Choël</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Flament</w:t>
+                <w:t xml:space="preserve">C. Cloquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Lecornet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">J. Carignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Libourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Sterckeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2006.04.027⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 40 (8), pp.2525-2530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/es052232+⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00268152v1</w:t>
+                <w:t xml:space="preserve">hal-01486237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing source pollution in soils using cadmium and lead isotopes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast evolution of tropospheric Pb- and Zn-rich particles in the vicinity of a lead smelter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Sterckeman</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Choël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Deboudt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Lecornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/es052232+⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 40, pp.4439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2006.04.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01486237v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00113563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speciation of PM&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt; sources of airborne non-ferrous metals within the 3-km zone of lead/zinc smelters</w:t>
               </w:r>
@@ -5167,64 +5167,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speciation of lead in ambient air dust combining individual particle analysis by ESEM-EDS, micro-Raman, micro-PIXE and bulk analysis by ICP-MS and selective chemical extractions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lecornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5358,90 +5358,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation en laboratoire d'un dispositif de mesure en ligne du potentiel oxydant des aérosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Audoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuella Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Yves Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ème congrès français sur les aérosols (CFA 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ASFERA, Mar 2025, Paris, France</w:t>
@@ -5470,90 +5470,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Railway braking wear dynamics and particle emissions: relationship between tribological circuit and pad stiffness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Davin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5621,51 +5621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Audoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Sauvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuella Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5720,90 +5720,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of operating conditions on particulates emitted from the friction between railway brake pads and discs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Davin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5858,64 +5858,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gas and Particle Emissions from Representative Railway Braking Systems: A Comprehensive Study at Two Scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Jamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6022,51 +6022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère Journée scientifique du WP2 du CPER ECRIN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CPER ECRIN, May 2024, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6085,1007 +6085,1007 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04587557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting aerosol composition in and out of Paris plume during the ACROSS campaign at the Rambouillet supersite</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of the experimental conditions on manganese bioaccessibility and oxidative potential of welding fumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Yves Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Aerosol Assembly; Spanish Association for Aerosol Science and Technology (AECyTA); University of Malaga (UMA); Universidad Nacional de Educacion a Distancia (UNED), Sep 2023, Malaga, Spain, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04148986v1</w:t>
+                <w:t xml:space="preserve">hal-04648919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the experimental conditions on manganese bioaccessibility and oxidative potential of welding fumes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Davy Rousset</w:t>
+                <w:t xml:space="preserve">INFLUENCE OF WEATHER AND CHEMICAL COMPOSITION ON PMX MICROSENSORS MEASUREMENTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Espina-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bossuyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC) 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Aerosol Assembly; Spanish Association for Aerosol Science and Technology (AECyTA); University of Malaga (UMA); Universidad Nacional de Educacion a Distancia (UNED), Sep 2023, Malaga, Spain, Spain</w:t>
+              <w:t xml:space="preserve">CFA2023 - 36ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASFERA, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04648919v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INFLUENCE OF WEATHER AND CHEMICAL COMPOSITION ON PMX MICROSENSORS MEASUREMENTS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
+                <w:t xml:space="preserve">P10-12: Toxicological impact of biogenic and anthropogenic secondary organic aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Houzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA2023 - 36ème Congrès Français sur les Aérosols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurotox 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Ljubljana, Slovenia. pp.S154, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-4274(23)00621-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291666v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P10-12: Toxicological impact of biogenic and anthropogenic secondary organic aerosols</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Houzel</w:t>
+                <w:t xml:space="preserve">99 Influence of Storage Conditions on the Evaluation of Metal Bioaccessibility and Oxidative Potential of Welding Fumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.Y. Alleman</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Antherieu</w:t>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotox 2023</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0378-4274(23)00621-5⟩</w:t>
+              <w:t xml:space="preserve">Airmon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Bristol, United Kingdom. pp.i12-i12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/annweh/wxac087.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643271v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">99 Influence of Storage Conditions on the Evaluation of Metal Bioaccessibility and Oxidative Potential of Welding Fumes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+                <w:t xml:space="preserve">Processus d'usure en freinage par friction : quelle clé pour atténuer à la source les émissions de particules ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Desplanques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Briatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Grira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Frangie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Airmon</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Tribologie et Traitements de surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Senlis, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04138490v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P14-03: Transcriptomic alterations induced by air pollution-derived ultrafine particles in lungs of mice chronically exposed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Carpentier</w:t>
+                <w:t xml:space="preserve">M. Figeac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sebda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurotox 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Ljubljana, Slovenia. pp.S171, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0378-4274(23)00660-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus d'usure en freinage par friction : quelle clé pour atténuer à la source les émissions de particules ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasting aerosol composition in and out of Paris plume during the ACROSS campaign at the Rambouillet supersite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Formenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Desplanques</w:t>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathis Briatte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Asma Grira</w:t>
+                <w:t xml:space="preserve">Jamar Marina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Frangie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
+                <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Tribologie et Traitements de surface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Senlis, France</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04315529v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOC-III-04 Oxidative stress and inflammation induced by air pollution-derived ultrafine particles chronic exposure in mice: a multiorgan approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Anthérieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIth International Congress of Toxicology (ICT 2022) - UNITING IN TOXICOLOGY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUTOX and EUROTOX, Sep 2022, Maastricht, Netherlands. pp.S44, </w:t>
@@ -7123,103 +7123,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled generation and determination of the toxicological impact of secondary organic aerosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Air Quality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Thessalonique, Greece</w:t>
@@ -7248,130 +7248,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of storage conditions on the evaluation of metal bioaccessibility and oxidative potential of welding fumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuella Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 10th International Symposium on modern principles of air monitoring and biomonitoring (Airmon 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, British Occupational Hygiene Safety, Nov 2022, Bristol, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/annweh/wxac087.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221787v1</w:t>
@@ -7520,64 +7520,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spéciation chimique des PM2,5 : variations en lien avec la météorologie observées sur 5 stations rurales de fond françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Debevec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7654,64 +7654,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Espina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Debevec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7805,51 +7805,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasilis Bampouris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MED2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Marseille, France</w:t>
@@ -7904,77 +7904,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference – EAC 2020, Germany, 30/08-04/09 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8012,64 +8012,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spéciation chimique des PM2,5 : variations en lien avec la météorologie observées sur 5 stations rurales de fond françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Debevec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8159,51 +8159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Gothenburg ( Virtual Congress ), Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8310,90 +8310,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Importance of the PBOA fraction of PM10</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Samaké</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jaffrezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque sur la Chimie Atmosphérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Villeurbanne, France</w:t>
@@ -8416,739 +8416,739 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMS/ACSM intercomparison with co-located instruments in northern France and other locations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Crumeyrolle</w:t>
+                <w:t xml:space="preserve">Seasonal PM2.5 concentrations and sources at urban, rural and remote sites in the North of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Espina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST COLOSSAL meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">Conseil Scientifique du Labex Cappa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03144276v1</w:t>
+                <w:t xml:space="preserve">hal-04251005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal PM2.5 concentrations and sources at urban, rural and remote sites in the North of France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aude Bourin</w:t>
+                <w:t xml:space="preserve">AMS/ACSM intercomparison with co-located instruments in northern France and other locations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Riffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conseil Scientifique du Labex Cappa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">COST COLOSSAL meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251005v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential sources of PM10 impacting the Hauts-de-France region over a 5-year period (2009-2013) identified by receptor modeling: Influence of precipitation, air mass altitude, length of backward trajectories and the use of a weighting function</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Alleman</w:t>
+                <w:t xml:space="preserve">Transcriptomic alterations induced by air pollution-derived PM2.5 reflect the shift from healthy to COPD-diseased human bronchial epithelium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Anthérieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Sauvage</w:t>
+                <w:t xml:space="preserve">Laurent-Yves Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Air Quality Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ERS International Congress 2018 abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris ( France), France. pp.PA1268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/13993003.congress-2018.PA1268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03123870v1</w:t>
+                <w:t xml:space="preserve">hal-04194609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic alterations induced by air pollution-derived PM2.5 reflect the shift from healthy to COPD-diseased human bronchial epithelium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Anthérieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent-Yves Alleman</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent-Yvon Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERS International Congress 2018 abstracts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+              <w:t xml:space="preserve">ERS International Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ERS, Sep 2018, Paris, France. pp.PA1268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1183/13993003.congress-2018.PA1268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04194609v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic alterations induced by air pollution-derived PM2.5 reflect the shift from healthy to COPD-diseased human bronchial epithelium</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bérénice Leclercq</w:t>
+                <w:t xml:space="preserve">Potential sources of PM10 impacting the Hauts-de-France region over a 5-year period (2009-2013) identified by receptor modeling: Influence of precipitation, air mass altitude, length of backward trajectories and the use of a weighting function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Michoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent-Yvon Alleman</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+                <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERS International Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Air Quality Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Barcelone, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151575v1</w:t>
+                <w:t xml:space="preserve">hal-03123870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the gas-aerosol partitioning of Secondary Inorganic Aerosols at an urban site in Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Herbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Aerosol Cycle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9173,51 +9173,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et origine des aérosols inorganiques dans un site urbain du nord de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9225,51 +9225,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Herbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Villeneuve d’Ascq, France</w:t>
@@ -9337,64 +9337,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Villeneuve d’Ascq, France</w:t>
@@ -9423,90 +9423,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the temporal variability and gas-aerosol partitioning of ammonium nitrate at an urban site in Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Herbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RICTA 2017 - 5th Iberian Meeting on Aerosol Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9544,90 +9544,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France: a comprehensive source apportionment study with PMF5 at five sampling sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Miguel Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RICTA 2016 - 4th Iberian Meeting on Aerosol Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9678,51 +9678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Michoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9790,64 +9790,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des principales sources de PM10 impactant le nord de la France : Résultats préliminaires pour un site urbain à Nogent-Sur-Oise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9915,77 +9915,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation, origin, fate and health impact of atmospheric pollutants: A few perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10040,90 +10040,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10174,51 +10174,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mbengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10282,51 +10282,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Local and Remote Sources Areas of PM10 In Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10550,51 +10550,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Molcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10675,103 +10675,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Caboche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mbengue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium Ultrafine Particles Sources, Effects, Risks and Mitigation Strategies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Federation of Clean Air and Environmental Protection Associations, May 2011, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">, European Federation of Clean Air and Environmental Protection Associations (EFCA), May 2011, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04227590v1</w:t>
+                <w:t xml:space="preserve">hal-04223909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lung-bioaccessibility of trace elements in size-resolved urban atmospheric</w:t>
               </w:r>
@@ -10783,103 +10783,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Caboche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mbengue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium Ultrafine Particles Sources, Effects, Risks and Mitigation Strategies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Federation of Clean Air and Environmental Protection Associations (EFCA), May 2011, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">, European Federation of Clean Air and Environmental Protection Associations, May 2011, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04223909v1</w:t>
+                <w:t xml:space="preserve">hal-04227590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic mapping algorithm of nitrogen dioxide levels from monitoring air pollution data using classical geostistical approach : application to the French Lille city</w:t>
               </w:r>
@@ -10982,51 +10982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz-Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11103,51 +11103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz-Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11224,51 +11224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz-Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Laureyns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11336,51 +11336,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographies de polluants atmosphériques : influence de l’échantillonnage spatial sur la qualité de l’estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malherbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Wroblewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11470,51 +11470,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lamaison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11550,545 +11550,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00333638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elemental and molecular micro imaging of urban aerosol particles from a coastal city</w:t>
+                <w:t xml:space="preserve">Characterization of PM10 collected in a coastal urban atmosphere (Dunkerque, France) using elemental and molecular micro imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Laureyns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brémard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Saint Paul, United States</w:t>
+              <w:t xml:space="preserve">International Union of Air Pollution Prevention and environmental Protection Associations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Paris-Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00338479v1</w:t>
+                <w:t xml:space="preserve">hal-00338466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of PM10 collected in a coastal urban atmosphere (Dunkerque, France) using elemental and molecular micro imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Source Tracer Identification in the Urban and Industrialized Coastal Site, Dunkerque, Northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lamaison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Robache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Union of Air Pollution Prevention and environmental Protection Associations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Paris-Lille, France</w:t>
+              <w:t xml:space="preserve">International Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, St Paul Minnesota, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00338466v1</w:t>
+                <w:t xml:space="preserve">hal-04227311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source Tracer Identification in the Urban and Industrialized Coastal Site, Dunkerque, Northern France</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Size resolved inorganic chemical composition of PM10 in an urban and industrial coastal site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sobanska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brémard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, St Paul Minnesota, United States</w:t>
+              <w:t xml:space="preserve">7th International Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Saint Paul, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04227311v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size resolved inorganic chemical composition of PM10 in an urban and industrial coastal site</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Sobanska</w:t>
+                <w:t xml:space="preserve">The &amp;quot;IRENI&amp;quot; project: an integrated approach for the assessment of industrial aerosol sources in urbanised areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Aboukais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aimoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brémard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Saint Paul, United States</w:t>
+              <w:t xml:space="preserve">International Union of Air Pollution Prevention and Environmental Protection Associations (IUAPPA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Paris-Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00338484v1</w:t>
+                <w:t xml:space="preserve">hal-00338469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of statistical tools to describe the influence of anthropogenic sources and meteorological parameters on the temporal variations of PM10 in a multi-influenced coastal city</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12103,182 +12107,165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Saint Paul, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00338483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The &amp;quot;IRENI&amp;quot; project: an integrated approach for the assessment of industrial aerosol sources in urbanised areas</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Robin Bocquet</w:t>
+                <w:t xml:space="preserve">Influences of anthropogenic sources and meteorological parameters on the temporal variations of PM10 in Dunkerque conurbation, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rimetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brémard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Union of Air Pollution Prevention and Environmental Protection Associations (IUAPPA)</w:t>
+              <w:t xml:space="preserve">International Union of Air Pollution Prevention and environmental Protection Associations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Paris-Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00338469v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic mapping algorithm of nitrogen dioxide levels from monitoring air pollution data using classical geostistical approach : application to the French Lille city</w:t>
               </w:r>
@@ -12340,135 +12327,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influences of anthropogenic sources and meteorological parameters on the temporal variations of PM10 in Dunkerque conurbation, France</w:t>
+                <w:t xml:space="preserve">Elemental and molecular micro imaging of urban aerosol particles from a coastal city</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sobanska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Laureyns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brémard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Union of Air Pollution Prevention and environmental Protection Associations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Paris-Lille, France</w:t>
+              <w:t xml:space="preserve">7th International Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Saint Paul, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00338467v1</w:t>
+                <w:t xml:space="preserve">hal-00338479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source and identification of particulate matter in an urban and industrial area, Dunkerque, northern France</w:t>
               </w:r>
@@ -12493,64 +12493,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Robache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Ghent, Belgium</w:t>
@@ -12592,51 +12592,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inorganic soluble fraction in PM10: use of a denuder filter-pack system in an urban and industrialised coastal site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sobanska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12713,64 +12713,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Robache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Ghent, Belgium</w:t>
@@ -12799,51 +12799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spéciation des métaux Pb, Zn, Cd dans les poussières en suspension dans l'air ambiant par extractions chimiques et pae ESEM-EDS automatisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Lecornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12886,51 +12886,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00972400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (38)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -12952,51 +12952,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Audoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Sauvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuella Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13103,51 +13103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique du CPER ECRIN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13185,64 +13185,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the relative contributions of the disc and pad to the particles emitted by mechanical braking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Frangieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Kasongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13291,195 +13291,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Volatile Organic Compounds (VOCs) in the emissions of representative railway braking systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Alleman</w:t>
+                <w:t xml:space="preserve">Spatial and temporal variability of atmospheric NH3 concentrations in northwestern Europe from in situ and satellite observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varun Katoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Font</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark W Shephard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurobrake</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">1ère Journée Scientifique du CDP AREA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04743414v1</w:t>
+                <w:t xml:space="preserve">hal-05551556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Volatile Organic Compounds (VOCs) in the emissions of representative railway braking systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Jamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13499,2037 +13499,2037 @@
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurobrake</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">, Oct 2024, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643968v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04743414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Storage Conditions on the Metal Bioaccessibility and the Oxidative Potential of Welding Fumes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Davy Rousset</w:t>
+                <w:t xml:space="preserve">Characterization of Volatile Organic Compounds (VOCs) in the emissions of representative railway braking systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafa Al Kaderi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Grira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Jamar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Aerosol Conference (IAC 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Athens, Greece. </w:t>
+              <w:t xml:space="preserve">Eurobrake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221727v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P12-22 Transcriptome and proteome profiling of normal human bronchial epithelial cells cocultured with human airway fibroblasts after their exposure to air pollution-derived PM2.5 predicts a shift from healthy to COPD-phenotype</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Alleman</w:t>
+                <w:t xml:space="preserve">Influence of Storage Conditions on the Metal Bioaccessibility and the Oxidative Potential of Welding Fumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIth International Congress of Toxicology (ICT 2022) - UNITING IN TOXICOLOGY</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">11th International Aerosol Conference (IAC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Athens, Greece. </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04593701v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P20-06 Profile signatures of circulating miRNAs and contribution of organ-specific miRNAs in a mouse model chronically exposed to air pollution-derived ultrafine particles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">P12-22 Transcriptome and proteome profiling of normal human bronchial epithelial cells cocultured with human airway fibroblasts after their exposure to air pollution-derived PM2.5 predicts a shift from healthy to COPD-phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Anthérieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Zarcone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIth International Congress of Toxicology (ICT 2022) - UNITING IN TOXICOLOGY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Maastricht, Netherlands. Toxicology Letters, 368, pp.S252-253, 2022, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Sep 2022, Maastricht, Netherlands. Toxicology Letters, 368, pp.S183, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2022.07.501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2022.07.501⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04593780v1</w:t>
+                <w:t xml:space="preserve">hal-04593701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OXIDATIVE STRESS AND INFLAMMATION INDUCED BY AIR POLLUTION-DERIVED PM2.5 PERSIST IN THE LUNGS OF MICE AFTER CESSATION OF THEIR SUBCHRONIC EXPOSURE</w:t>
+                <w:t xml:space="preserve">P20-06 Profile signatures of circulating miRNAs and contribution of organ-specific miRNAs in a mouse model chronically exposed to air pollution-derived ultrafine particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Figeac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Anthérieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès EUROTOX</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XVIth International Congress of Toxicology (ICT 2022) - UNITING IN TOXICOLOGY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Maastricht, Netherlands. Toxicology Letters, 368, pp.S252-253, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2022.07.501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221523v1</w:t>
+                <w:t xml:space="preserve">hal-04593780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study on the factors influencing the metal bioaccessibility and the oxidative potential of aging welding fumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, UK-Ireland virtual event, United Kingdom</w:t>
+              <w:t xml:space="preserve">, Aug 2021, UK, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223884v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric study on the factors influencing the metal bioaccessibility and the oxidative potential of aging welding fumes</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">EMERGING ROLE OF EPIGENETIC ALTERATIONS IN THE LUNG INFLAMMATION AND TISSUE REMODELING INDUCED BY AIR POLLUTION-DERIVED PM2.5 IN MICE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Antherieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Theerens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grare Céline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, UK, France</w:t>
+              <w:t xml:space="preserve">Congrès EUROTOX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221601v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EMERGING ROLE OF EPIGENETIC ALTERATIONS IN THE LUNG INFLAMMATION AND TISSUE REMODELING INDUCED BY AIR POLLUTION-DERIVED PM2.5 IN MICE</w:t>
+                <w:t xml:space="preserve">OXIDATIVE STRESS AND INFLAMMATION INDUCED BY AIR POLLUTION-DERIVED PM2.5 PERSIST IN THE LUNGS OF MICE AFTER CESSATION OF THEIR SUBCHRONIC EXPOSURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Happillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EUROTOX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221502v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physicochemical composition, bioaccessible fraction and oxidative potential of welding fumes</w:t>
+                <w:t xml:space="preserve">Parametric study on the factors influencing the metal bioaccessibility and the oxidative potential of aging welding fumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2020, Aachen, France</w:t>
+              <w:t xml:space="preserve">, Aug 2021, UK-Ireland virtual event, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221571v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing PM2.5 levels in periurban, rural and remote sites in North of France: from local to transported sources</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Alleman</w:t>
+                <w:t xml:space="preserve">Physicochemical composition, bioaccessible fraction and oxidative potential of welding fumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Coddeville</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Journée Scientifique du Labex CaPPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Aachen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04250929v1</w:t>
+                <w:t xml:space="preserve">hal-04221571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PM2.5 Chemical Speciation: Long-term Trends and Climatology Observed at 5 French Background Monitoring Stations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cecile Debevec</w:t>
+                <w:t xml:space="preserve">Comparing PM2.5 levels in periurban, rural and remote sites in North of France: from local to transported sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Espina-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Gothenburg ( Virtual Congress ), Sweden</w:t>
+              <w:t xml:space="preserve">5ème Journée Scientifique du Labex CaPPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04222213v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions Air et Climat: 2. Effet des polluants de l’air - Cas des polluants émis par combustion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PM2.5 Chemical Speciation: Long-term Trends and Climatology Observed at 5 French Background Monitoring Stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Debevec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Y. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climatour "Air &amp; Climat : inspirons-nous"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Douai, France. Climatour</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Gothenburg ( Virtual Congress ), Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04291286v1</w:t>
+                <w:t xml:space="preserve">hal-04222213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions Air et Climat: 1. Les gaz à effet de serre</w:t>
+                <w:t xml:space="preserve">Interactions Air et Climat: 2. Effet des polluants de l’air - Cas des polluants émis par combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climatour "Air &amp; Climat : inspirons-nous"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Douai, France. Climatour</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251435v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions Air et Climat: 3. Synergies et antagonismes - Actions locales en faveur du climat et de la qualité de l'air</w:t>
+                <w:t xml:space="preserve">Interactions Air et Climat: 1. Les gaz à effet de serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climatour "Air &amp; Climat : inspirons-nous"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Douai, France. Climatour</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291336v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and origin of inorganic aerosols at an urban site in Northern France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interactions Air et Climat: 3. Synergies et antagonismes - Actions locales en faveur du climat et de la qualité de l'air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Journée Scientifique et Prospective du Labex CaPPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">Climatour "Air &amp; Climat : inspirons-nous"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Douai, France. Climatour</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251329v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic alterations induced by air pollution-derived PM2.5 reflect the shift from healthy to COPD-diseased human bronchial epithelium</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization and origin of inorganic aerosols at an urban site in Northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Herbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Riffault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERS International Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">4ème Journée Scientifique et Prospective du Labex CaPPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221708v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigate the potential transport of pollution to provide meaningful information in chemistry-transport modelling of aerosols in the Hauts-de-France area</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptomic alterations induced by air pollution-derived PM2.5 reflect the shift from healthy to COPD-diseased human bronchial epithelium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Anthérieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Potier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D. Oliveira</w:t>
+                <w:t xml:space="preserve">D. Achour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de lancement du projet Climibio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">ERS International Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04291602v1</w:t>
+                <w:t xml:space="preserve">hal-04221708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usefulness of normal or diseased human bronchial epithelial cell models differentiated at air-liquid interface to study the effects of air pollution-derived PM4</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Perdrix</w:t>
+                <w:t xml:space="preserve">Investigate the potential transport of pollution to provide meaningful information in chemistry-transport modelling of aerosols in the Hauts-de-France area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Waked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Michoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Tour, France</w:t>
+              <w:t xml:space="preserve">Journée de lancement du projet Climibio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04229045v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of secondary inorganic aerosol and their precursor gases at a suburban site in Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15537,1251 +15537,1255 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Herbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03122237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative air quality assessment at the street level with a mobile laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Wroblewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03122265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of main sources of PM2.5 during winter at a suburban site in Douai, Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Roig Rodelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Herbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03122250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-site Concentration Field method applied to the outputs of a comprehensive source apportionment study (PMF) in the north of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usefulness of normal or diseased human bronchial epithelial cell models differentiated at air-liquid interface to study the effects of air pollution-derived PM4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Happillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tour, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France : a comprehensive source apportionment study with PMF5 at five sampling sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed characterisation of PM2.5 inside a 25 MW spreader stoker biomass boiler</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Prouff</w:t>
+                <w:t xml:space="preserve">Usefulness of normal or diseased human bronchial epithelial cell models differentiated at air-liquid interface to study the effects of air pollution-derived PM4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Happillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Antherieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Conference on Industrial Furnaces and Boilers (INFUB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Tour, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03119121v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification statistique des déterminants des concentrations en PM10 dans le nord de la France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diogo Oliveira</w:t>
+                <w:t xml:space="preserve">Detailed characterisation of PM2.5 inside a 25 MW spreader stoker biomass boiler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tudor Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Caillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Prouff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l'Air (JIQA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France. Actes de la 8ème édition des Journées interdisciplinaires de la qualité de l'air (JIQA), 2014</w:t>
+              <w:t xml:space="preserve">10th European Conference on Industrial Furnaces and Boilers (INFUB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01862259v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03119121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-04306162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the main sources of PM10 impacting the North of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Miguel Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants PC2A-EMD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04638166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des sources de PM10 impliquées dans les dépassements de la valeur limite journalière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16800,659 +16804,780 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric investigations on the formation and concentration of fine particles in a small scale biomass combustion unit</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Caillat</w:t>
+                <w:t xml:space="preserve">Identification statistique des déterminants des concentrations en PM10 dans le nord de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diogo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Favez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Prague, France</w:t>
+              <w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l'Air (JIQA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France. Actes de la 8ème édition des Journées interdisciplinaires de la qualité de l'air (JIQA), 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251819v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01862259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric investigations on the formation and concentration of fine particles in a small scale biomass combustion unit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Marris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">, Sep 2013, Prague, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865791v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Numerical Tools for Large Biomass Combustion Utilities. Application to a 25 MWTH Spreader Stoker Boiler,</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Molcan</w:t>
+                <w:t xml:space="preserve">Parametric investigations on the formation and concentration of fine particles in a small scale biomass combustion unit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Marris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Caillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st European Biomass Conference and Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Cppenhague, Denmark</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04227918v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Lung Bioaccessibility of Metals in the Airborne Particles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Experimental and Numerical Tools for Large Biomass Combustion Utilities. Application to a 25 MWTH Spreader Stoker Boiler,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Caillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Marris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Molcan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Aerosol Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Helsinky, Finland</w:t>
+              <w:t xml:space="preserve">21st European Biomass Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Cppenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223907v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size-resolved inorganic chemical composition of PM10 in an urban and industrialised coastal site</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Lamaison</w:t>
+                <w:t xml:space="preserve">Determination of Lung Bioaccessibility of Metals in the Airborne Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Caboche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Helsinky, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Size-resolved inorganic chemical composition of PM10 in an urban and industrialised coastal site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rimetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lamaison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sobanska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Aerosol Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, St Paul Minnesota, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04227317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17462,424 +17587,424 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P20-06 Profile signatures of circulating miRNAs and contribution of organ-specific miRNAs in a mouse model chronically exposed to air pollution-derived ultrafine particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Carpentier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">M. Figeac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Anthérieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 368 (21), pp.S252-S253, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.toxlet.2022.07.672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P12-22 Transcriptome and proteome profiling of normal human bronchial epithelial cells cocultured with human airway fibroblasts after their exposure to air pollution-derived PM2.5 predicts a shift from healthy to COPD-phenotype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Anthérieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Zarcone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.Y. Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 368, pp.S183, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.toxlet.2022.07.501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alteration of lung defense mechanisms after acute and chronic exposure to urban coarse PM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Pichavant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Kervoaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madjid Djouina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Waxin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">European Respiratory Society, pp.PA1190, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/13993003.congress-2018.PA1190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04151578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17889,104 +18014,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La qualité de l'air est-elle améliorée quand l'homme est confiné?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Pihen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17996,157 +18121,157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des sources d'aérosols dans le Douaisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Episode de pollution de mi-février 2018 : Eléments de compréhension à partir de mesures automatiques lors des premiers jours de l’épisode (21 au 23 février 2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18158,113 +18283,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laboratoire Central de Surveillance de la Qualité de l'Air (LCSQA). 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses physico-chimiques des prélèvements sur réacteur de laboratoire (combustible industriel) - Rapport L5c du projet EMIPAR « Particules fines PM2.5 et ultrafines PM0.1 à l’émission des chaudières collectives et industrielles »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fronval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18280,310 +18405,310 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Possibilities of NOx emissions reduction in small scale biomass combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Molcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Alleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’activités de l’Ecole des Mines de Douai, Département Chimie et Environnement - Programme IRENI / ACTION 1 : QUALITE DE L’AIR / AXE 2 : AEROSOLS / PROJET 1 : Évaluation du comportement et des impacts de l’aérosol d’origine industrielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Mirivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rimetz-Planchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FEDER. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation des plans d'échantillonnage aux objectifs de campagne : Echantillonnage spatial – Guide de recommandations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Wroblewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18595,73 +18720,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malherbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laboratoire Central de Surveillance de la Qualité de l'Air (LCSQA). 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de surveillance des concentrations de NO2 : cartographie automatique à partir de stations fixes et prise en compte de la proximité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Cardenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18683,95 +18808,95 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Wroblewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laboratoire Central de Surveillance de la Qualité de l'Air (LCSQA). 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId428"/>
+      <w:footerReference w:type="default" r:id="rId430"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18839,51 +18964,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="395D7FEF"/>
+    <w:nsid w:val="2C9FD231"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19070,51 +19195,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/esperanza-perdrix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2459-052X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661735v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela A Dominutti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jaffrezo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Marsal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takoua Mhadhbi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhabira Elazzouzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-177-2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169996v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Frangieh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Grira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Davin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brunel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafa Al-Kaderi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2025.205854" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05453892v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Barbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Carpentier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Perdrix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-37187-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616651v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Espina-Martin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdrix" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Y. Alleman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120660" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04550144v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Ghanem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Rousset" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3EM00546A" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246179v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Simonin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Platel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2023.108248" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970389v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2022.119285" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04194606v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Yves Alleman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12010030" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544960v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boudjema" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lima" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grare" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rousset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00726-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544957v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Barbier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Theerens" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00403-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544975v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Happillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00703-7" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321110v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2021.100346" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567678v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pandolfi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Mooibroek" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hopke" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik van Pinxteren" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Querol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-409-2020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913607v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sotty" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kluza" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Sousa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tardivel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antherieu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.105830" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913612v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Platel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Privat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Talahari" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delobel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dourdin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.134666" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442703v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samake" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Weber" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jacob" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-3357-2019" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552748v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Potier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Waked" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Minvielle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2019.03.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567664v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Roig Rodelas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chakraborty" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tison" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riffault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2019.01.035" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567662v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Herbin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.11.041" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552738v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gar&#231;on" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-O. Denayer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-Y. Alleman" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Saleh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2019.108538" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442664v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-11013-2019" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552745v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Saleh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Antherieu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dusautoir" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y. Alleman" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sotty" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16071210" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552756v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bourin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michoud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.08.015" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552778v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leclercq" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.09.062" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXW2M0Q4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552768v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Hardy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.06.028" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194190v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Antherieu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Canivet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2017.07.563" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935778v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vignal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pichavant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Djouina" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dingreville" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-017-0227-z" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552772v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Leclercq" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Happillon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2017.03.029" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CF0WDWQD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552782v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.08.059" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SN6MCG8W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940867v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sobanska" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Falgayrac" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rimetz-Planchon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Br&#233;mard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2013.12.007" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FX0KSF8R-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552812v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caboche Julien" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perdrix Esperanza" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malet Bruno" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0em00439a" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552814v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lamaison" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Robache" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Galloo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2010.02.008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8JVR2ND-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372477v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.atmosenv.2008.07.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTWJZLS1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113563v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cho&#235;l" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deboudt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Flament" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lecornet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2006.04.027" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSGVDT87-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268152v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cho&#235;l" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lecornet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486237v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cloquet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carignan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Libourel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sterckeman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es052232+" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269860v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Batonneau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gengembre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laureyns" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Maguer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es0497173" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D5XGNM9X-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275861v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delalain" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guegan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20030476" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-GGNB2T4K-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287279v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Audoux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lily" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287257v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafa Al Kaderi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287263v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Sauvain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644040v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Malet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750175v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Jamar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587557v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Katoch" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Font" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148986v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Brito" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Formenti" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dusanter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamar Marina" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648919v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291666v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina-Martin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bossuyt" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Li" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643271v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacob" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Houzel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(23)00621-5" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138490v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annweh/wxac087.032" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643269v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carpentier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simonin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Figeac" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebda" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(23)00660-4" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315529v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Desplanques" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Briatte" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Frangie" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138499v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gosset" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2022.07.138" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223879v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houzel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221787v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249357v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacob" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221649v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debevec" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221627v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Espina" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222237v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilmara de Oliveira Alves" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Bampouris" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144186v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ghanem" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144218v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222207v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291565v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147058v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samak&#233;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144276v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brito" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Riffault" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tison" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crumeyrolle" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251005v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123870v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvage" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04194609v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Yves Alleman" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2018.PA1268" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04151575v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Yvon Alleman" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122283v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146031v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146088v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Miguel Oliveira" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122319v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119144v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229032v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Michoud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascaud" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852909v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Oliveira" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638823v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855107v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04224200v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mbengue" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Flament" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04224202v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delaunay" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210594v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marris" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Trouve" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gontrand Leyssens" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leyssens" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Schonnenbeck" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14644/dust.2014.028" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227591v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caillat" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molcan" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Naudy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227590v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caboche" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223909v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970331v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Cardenas" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6448-7_8" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223912v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bremard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227326v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483784v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125501v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malherbe" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Wroblewski" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333638v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lamaison" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338479v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rimetz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338466v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227311v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robache" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338484v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338483v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338469v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Aboukais" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aimoz" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bocquet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970136v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338467v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225653v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340173v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340176v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00972400v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Delalain" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264230v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255523v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287235v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Kasongo" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743414v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643968v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221727v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593701v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zarcone" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2022.07.501" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593780v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Figeac" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221523v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223884v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221601v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221502v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Theerens" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grare C&#233;line" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221571v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Y. Alleman" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250929v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222213v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Debevec" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291286v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251435v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291336v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251329v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221708v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Achour" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291602v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Potier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Waked" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oliveira" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229045v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122237v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122265v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122250v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854282v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223870v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854286v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119121v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Florea" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tesquet" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillat" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Prouff" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862259v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04306162v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638166v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145513v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Pascaud" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Delaunay" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251819v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865791v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227918v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Florea" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marris" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223907v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227317v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138496v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2022.07.672" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138497v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04151578v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Kervoaze" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Waxin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2018.PA1190" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251486v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pihen" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251135v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242369v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Amodeo" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199689v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fronval" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04259019v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199682v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mirivel" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244444v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244603v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/esperanza-perdrix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2459-052X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169996v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Frangieh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Grira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Davin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brunel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafa Al-Kaderi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2025.205854" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661735v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela A Dominutti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jaffrezo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Marsal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takoua Mhadhbi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhabira Elazzouzi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-177-2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05453892v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Barbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Carpentier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Perdrix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-37187-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04550144v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Ghanem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Rousset" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3EM00546A" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616651v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Espina-Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdrix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Y. Alleman" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120660" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246179v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Simonin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Platel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2023.108248" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970389v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2022.119285" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544957v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Barbier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grare" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Theerens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00403-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544975v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Happillon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00703-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321110v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boudjema" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lima" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rousset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.impact.2021.100346" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544960v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00726-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04194606v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Yves Alleman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12010030" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913612v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Platel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Privat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Talahari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delobel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dourdin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.134666" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567678v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pandolfi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Mooibroek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hopke" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik van Pinxteren" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Querol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-409-2020" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913607v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sotty" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kluza" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Sousa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tardivel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antherieu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.105830" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567664v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Roig Rodelas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chakraborty" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tison" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riffault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2019.01.035" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567662v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Herbin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.11.041" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552738v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gar&#231;on" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-O. Denayer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-Y. Alleman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Saleh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2019.108538" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552745v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Saleh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Antherieu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dusautoir" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y. Alleman" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sotty" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16071210" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442664v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samake" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Weber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jacob" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-11013-2019" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552748v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Potier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Waked" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Minvielle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2019.03.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442703v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-3357-2019" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552756v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bourin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michoud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.08.015" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552778v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leclercq" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.09.062" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXW2M0Q4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552768v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Hardy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.06.028" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194190v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Antherieu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Canivet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2017.07.563" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935778v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vignal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pichavant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Djouina" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dingreville" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-017-0227-z" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552772v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Leclercq" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Happillon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2017.03.029" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CF0WDWQD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552782v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.08.059" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SN6MCG8W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940867v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sobanska" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Falgayrac" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rimetz-Planchon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Br&#233;mard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2013.12.007" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FX0KSF8R-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552812v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caboche Julien" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perdrix Esperanza" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malet Bruno" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0em00439a" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552814v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lamaison" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Robache" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Galloo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2010.02.008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8JVR2ND-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372477v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.atmosenv.2008.07.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTWJZLS1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268152v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cho&#235;l" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deboudt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Flament" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lecornet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2006.04.027" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSGVDT87-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486237v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cloquet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carignan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Libourel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sterckeman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es052232+" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113563v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cho&#235;l" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lecornet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269860v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Batonneau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gengembre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laureyns" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Maguer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es0497173" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D5XGNM9X-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275861v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delalain" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guegan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20030476" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-GGNB2T4K-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287279v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Audoux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lily" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287257v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafa Al Kaderi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287263v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Sauvain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644040v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Malet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750175v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Jamar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587557v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Katoch" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Font" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648919v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291666v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina-Martin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bossuyt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Li" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643271v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacob" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Houzel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(23)00621-5" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138490v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annweh/wxac087.032" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315529v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Desplanques" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Briatte" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Frangie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643269v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carpentier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simonin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Figeac" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebda" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(23)00660-4" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148986v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Brito" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Formenti" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dusanter" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamar Marina" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138499v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gosset" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2022.07.138" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223879v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houzel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221787v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249357v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacob" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221649v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debevec" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221627v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Espina" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222237v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilmara de Oliveira Alves" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Bampouris" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144186v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ghanem" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144218v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222207v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291565v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147058v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samak&#233;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251005v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144276v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brito" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Riffault" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tison" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crumeyrolle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04194609v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Yves Alleman" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2018.PA1268" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04151575v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Yvon Alleman" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123870v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvage" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122283v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146031v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146088v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Miguel Oliveira" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122319v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119144v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229032v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Michoud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascaud" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852909v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Oliveira" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638823v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855107v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04224200v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mbengue" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Flament" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04224202v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delaunay" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210594v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marris" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Trouve" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gontrand Leyssens" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leyssens" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Schonnenbeck" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14644/dust.2014.028" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227591v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caillat" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molcan" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Naudy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223909v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caboche" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227590v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970331v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Cardenas" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6448-7_8" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223912v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bremard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227326v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483784v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125501v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malherbe" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Wroblewski" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333638v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lamaison" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338466v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rimetz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227311v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robache" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338484v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338469v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Aboukais" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aimoz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bocquet" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338483v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338467v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970136v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338479v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225653v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340173v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340176v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00972400v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Delalain" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264230v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255523v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287235v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Kasongo" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551556v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark W Shephard" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743414v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643968v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221727v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593701v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zarcone" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2022.07.501" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593780v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Figeac" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221601v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221502v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Theerens" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grare C&#233;line" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221523v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223884v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221571v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Y. Alleman" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250929v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222213v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Debevec" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291286v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251435v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291336v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251329v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221708v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Achour" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291602v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Potier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Waked" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oliveira" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122237v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122265v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122250v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854282v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223870v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854286v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229045v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119121v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Florea" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tesquet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillat" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Prouff" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04306162v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638166v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145513v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Pascaud" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Delaunay" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862259v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251819v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865791v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227918v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Florea" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marris" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223907v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227317v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138496v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2022.07.672" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04138497v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04151578v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Kervoaze" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Waxin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2018.PA1190" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251486v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pihen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251135v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242369v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Amodeo" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199689v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fronval" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04259019v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199682v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mirivel" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244444v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244603v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>