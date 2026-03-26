--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -789,477 +789,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alerting people prioritising territories over technologies. A design framework for local decision makers in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluer la perception de notifications d’alerte scénarisées dans différents contextes en France : enjeux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cavalière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Emsellen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeog.2022.102769⟩</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.39454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03921081v1</w:t>
+                <w:t xml:space="preserve">hal-03760289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluer la perception de notifications d’alerte scénarisées dans différents contextes en France : enjeux et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alerting people prioritising territories over technologies. A design framework for local decision makers in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.1029. </w:t>
+              <w:t xml:space="preserve">Applied Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 146, pp.102769. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.39454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeog.2022.102769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03760289v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are sirens effective tools to alert the population in France?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to improve alert systems: the technical, human, environmental and structural aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Gisclard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">G Mathias Kondolf</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Weiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Australian Journal of Emergency Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03716053v1</w:t>
+                <w:t xml:space="preserve">hal-03160422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to improve alert systems: the technical, human, environmental and structural aspects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are sirens effective tools to alert the population in France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Serra-Llobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Karine Weiss</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Mathias Kondolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Emergency Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (10), pp.2899 - 2920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-21-2899-2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03160422v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial performance of location-based alerts in France</w:t>
               </w:r>
@@ -1349,51 +1349,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sirènes sont-elles pertinentes pour alerter la population en cas de crues rapides en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2245,51 +2245,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Emsellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Nationale des Ingénieurs de Tarbes, May 2022, Tarbes, France</w:t>
@@ -2835,51 +2835,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La cinquième édition Assises Nationales des Risques Naturels (ANRN) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Strasbourg, France. 146, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apgeog.2022.102769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04128026v1</w:t>
@@ -3431,51 +3431,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03637612v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Bopp" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AVIG1211" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350705v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fabbri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lahousse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/153kk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335194v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Carles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Foulquier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2023.102055" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Houot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pujol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bernard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128552" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457155v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison C&#233;sar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.753.0041" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921081v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2022.102769" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760289v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavali&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Weiss" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716053v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Serra-Llobet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mathias Kondolf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-2899-2021" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160422v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266830v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101909" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398124v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993447v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508742v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974977v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794796v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Carles" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chapuis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77367-9_28" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460178v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487745v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567723v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677680v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavaliere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637101v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535719v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535231v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280433v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280430v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.21529.39528" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128026v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128199v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128194v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350047v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280401v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03637612v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Bopp" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AVIG1211" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350705v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fabbri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lahousse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/153kk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335194v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Carles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Foulquier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compenvurbsys.2023.102055" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Houot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pujol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bernard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128552" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457155v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison C&#233;sar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.753.0041" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760289v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavali&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Weiss" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39454" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921081v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2022.102769" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160422v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716053v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Serra-Llobet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mathias Kondolf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-2899-2021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266830v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101909" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398124v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993447v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508742v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974977v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794796v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Carles" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chapuis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77367-9_28" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460178v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487745v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567723v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03677680v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cavaliere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637101v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535719v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535231v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280433v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280430v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.21529.39528" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128026v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128199v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128194v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350047v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280401v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>