--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Estelle Guerry </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">estelle-guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3995-4245</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">263659488</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/AAK-3812-2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les interventions non médicamenteuses : Enjeux pour la filière santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et mesurer l’apparence visuelle et le rendu esthétique des « objets » scéniques sous un éclairage LED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanouk Anne-Claire Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Palermo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2025. Économie, management et ingénierie de l’innovation : trajectoires et perspectives des innovations systémiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couleur funéraire : Le cas d’une morgue hospitalière.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design sur la mort, les couleurs et au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Toulouse (Université Toulouse - Jean Jaurès), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La paillette en deuil, briller malgré la perte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paillettes Acte 2. Design sur la vie, les couleurs et au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of new funeral services in a global approach to care, from the dead to the living.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiart Nathalie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lohanne Beltra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethical Leadership : A New Frontier for Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cumulus Conference, Jun 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporéité post-mortem : cas des rituels funéraires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche-Création, Volet III : l’Archive en corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École doctorale ALLPH@, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire une thèse interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cérémonie de remise du Prix de thèse 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l’Homme et de la Société de Toulouse, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doctorat en recherche-création et recherche-action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d’été – La création au-delà de l’humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Passerelle Arts Sciences Technologies, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La technologie au service des troubles de la vision : restitution de la vision colorée aux personnes atteintes de daltonisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saturation : le numérique… couleurs naturelles ou couleurs artificielles ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le care de la vie à trépas, enjeux de design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investir et investiguer les terrains artistiques et créatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire LARA-SEPPIA, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevolent chromatic and lighting identity: case study “Salle des Départs” of Garche Hospital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colour Sense and Sensibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colour Society of Australia, Oct 2023, Perth (Australia), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color-design applied to the elderly’s nutrition: a public health issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensing Colour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Colour Association (AIC), Jun 2022, Toronto, Canada, Canada. pp.482-487</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Centric Lighting for the benefit of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorrain Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat et pratiques alternatives - Expérience du lieu et approche collaborative au service du bien-être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caumon Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Infantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Rencontres Doctorales Nationales en Architecture et Paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Paris, Oct 2021, Paris, France. pp.221-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prehension and qualification of chromatic and lighting environment. Study case -Païmio Sanatorium, Alvar Aalto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIC 14 th Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIC, International Colour Association, Aug 2021, Milano, Italy. pp.98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colours, light & well-being : Characterisation of chromatic phenomena in collective housing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caumon Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th AIC Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIC, International Colour Association, Aug 2021, Milano, Italy. pp.148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gourmet colors, vectors of good health for seniors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connecting colour in design, art &amp; science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Interdisciplinary Colour Association of Belgium, May 2019, Gent, Belgique, Belgium. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiels chromatiques de l’éclairage LED appliqués à la conception lumière en gérontologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Led Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couleur et Lumière, un environnement chromatique au service des pathologies cognitives – Restitution d’étude InSitu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Couleur et Soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Art et de Design de Nancy, Dec 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chromate-luminous identity vs the sundowning syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IES Research Symposium 2018 - Light + Human Health, April 8-10, 2018, Atlanta, GA (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design et gérontologie : enjeux d’un territoire de pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles de Gérontologies et Gériatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Gériatrie et Gérontologie, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light and color : a factor of safety in the everyday life of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Environmental and Electrical Engineering (EEEIC18), June 12-15, 2018, Palermo (ITALY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Palermo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light and Color: a Factor of Safety in the Everyday Life of the Elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2018.8494499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the color temperature of artificial lighting on the comfort of life of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIC Interim Meeting - Colour &amp; Human Comfort (AIC LISBOA 2018), Sept. 25-29, 2018, Lisbon (PORTUGAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lisbon, Portugal. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design-couleur et alimentation thérapeutique pour (re)donner le sens du goût au grand âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Gineste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jihane Sebai; Bérangère L. Szostak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’innovation sociale par le design en santé 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, ISTE Editions, pp.139-167, 2025, SANTÉ ET INNOVATION, 978-1-83612-056-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La marche, entre arts et sciences de la vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design-couleur. Marche chromatique et démarche de création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang Verlag, 2021, 9782807619678. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b18779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couleur et lumière, un environnement chromatique au service des pathologies cognitives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Couleur et soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses du réel, pp.143-151, 2021, 978-2-37896-220-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle interdisciplinaire de conception d’environnements adaptés : cas de l’usager âgé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (Technologies numériques appliquées)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colorants biosources pour une industrie de la couleur textile plus verte : cas de la synthèse enzymatique PILI©</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Diaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (La couleur : bioéconomie et design), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2025.1245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interventions aux stratégies non-médicamenteuses. Introduction aux typologies de prévention santé et de prise en charge patient.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of chromatic and luminous environment of healthcare establishment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura e Scienza del Colore - Color Culture and Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (1), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23738/CCSJ.150107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colours, light and well-being: characterizeation of chromatic phenomena in collective housing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorrain Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura e Scienza del Colore - Color Culture and Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (2), pp.7-13. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23738/CCSJ.140201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03912459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of chromatic and lighting on the visual environment of the elderly: A critical literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Color Research and Application</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (1), pp.117-124. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/col.22562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and survey of lighting and color ambiance for a suitable elderly's environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Light &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.79-89. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33383/2019-003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualization of color temperature scenario applied to quality lighting design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Color and Imaging Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2019 (1), pp.99-103. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2352/issn.2169-2629.2019.27.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminance Contrast Assessment for Elderly Visual Comfort Using Imaging Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cătălin Daniel Gălățanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32, pp.474-479. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.promfg.2019.02.242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the luminous environment using DiaLUX software at “Constantin and Elena” Elderly House – Study Case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cătălin Daniel Gălățanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32, pp.466-473. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.promfg.2019.02.241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light and color: a factor of safety in the everyday life of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of LED Technology in Stage Lighting: A Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Technical University of Eindhoven. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Eindhoven, Netherlands. IEEE, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776198v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromathérapie, le vert au service de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vert(s) et Design(s) : Expérience d’une couleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color And Therapeutic Lighting : An Alternative Treatment For The Sundowning Syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on the Science and Technology of Lighting (LS16), June 17-22, 2018, Sheffield (UK)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Sheffield, United Kingdom. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation alimentaire et plaisir du goût chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Francophone sur les Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the artificial lighting’s color temperature on the elderly’s circadian cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interim Meeting: Colour &amp; Human Comfort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Lisbonne, Portugal, Portugal. International Colour Association (AIC), pp.419-424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de santé alternatif : la révolution non-médicamenteuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La luminothérapie et la science des couleurs face au syndrome du sundowing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La couleur… au service des personnes âgées visuellement déficientes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer la qualité de vie des personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes et francophonie scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ο «ευφυής και ανθρωποκεντρικός» φωτισμός, μία επανάσταση στην υπηρεσία των υπερήλικων</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, pp.38-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La couleur dans l'environnement visuel : perception(s), lecture(s), interprétation(s) et impact(s) sur l'usager âgé. De l'approche de l'ingénieur lumière (science et technologies des systèmes d'éclairage) et du designer-coloriste (arts-appliqués, design)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gériatrie et gérontologie. Université Paul Sabatier - Toulouse III, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022TOU30044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03729495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des Sciences douces : Enjeux d’une rencontre disciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Estelle Guerry </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">estelle-guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3995-4245</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">263659488</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/AAK-3812-2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les interventions non médicamenteuses : Enjeux pour la filière santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colorants biosources pour une industrie de la couleur textile plus verte : cas de la synthèse enzymatique PILI©</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Diaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (La couleur : bioéconomie et design), </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2025.1245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle interdisciplinaire de conception d’environnements adaptés : cas de l’usager âgé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (Technologies numériques appliquées)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interventions aux stratégies non-médicamenteuses. Introduction aux typologies de prévention santé et de prise en charge patient.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of chromatic and luminous environment of healthcare establishment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura e Scienza del Colore - Color Culture and Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (1), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23738/CCSJ.150107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colours, light and well-being: characterizeation of chromatic phenomena in collective housing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorrain Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultura e Scienza del Colore - Color Culture and Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (2), pp.7-13. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23738/CCSJ.140201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03912459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of chromatic and lighting on the visual environment of the elderly: A critical literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Color Research and Application</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (1), pp.117-124. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/col.22562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and survey of lighting and color ambiance for a suitable elderly's environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Light &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (1), pp.79-89. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33383/2019-003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing the luminous environment using DiaLUX software at “Constantin and Elena” Elderly House – Study Case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cătălin Daniel Gălățanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32, pp.466-473. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.promfg.2019.02.241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminance Contrast Assessment for Elderly Visual Comfort Using Imaging Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cătălin Daniel Gălățanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32, pp.474-479. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.promfg.2019.02.242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualization of color temperature scenario applied to quality lighting design.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Color and Imaging Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2019 (1), pp.99-103. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2352/issn.2169-2629.2019.27.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light and color: a factor of safety in the everyday life of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design-couleur et alimentation thérapeutique pour (re)donner le sens du goût au grand âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Gineste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jihane Sebai; Bérangère L. Szostak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’innovation sociale par le design en santé 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, ISTE Editions, pp.139-167, 2025, SANTÉ ET INNOVATION, 978-1-83612-056-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La marche, entre arts et sciences de la vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design-couleur. Marche chromatique et démarche de création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang Verlag, 2021, 9782807619678. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b18779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couleur et lumière, un environnement chromatique au service des pathologies cognitives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Couleur et soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses du réel, pp.143-151, 2021, 978-2-37896-220-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bleu, couleur funéraire : cas d’une morgue hospitalière.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design sur la mort, les couleurs et au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Toulouse (Université Toulouse - Jean Jaurès), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of new funeral services in a global approach to care, from the dead to the living</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiart Nathalie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lohanne Beltra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethical Leadership : A New Frontier for Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cumulus Conference Proceedings, Jun 2025, Nantes, France. pp.211-223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La paillette en deuil, briller malgré la perte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paillettes Acte 2. Design sur la vie, les couleurs et au-delà</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et mesurer l’apparence visuelle et le rendu esthétique des « objets » scéniques sous un éclairage LED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanouk Anne-Claire Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Palermo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2025. Économie, management et ingénierie de l’innovation : trajectoires et perspectives des innovations systémiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La technologie au service des troubles de la vision : restitution de la vision colorée aux personnes atteintes de daltonisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saturation : le numérique… couleurs naturelles ou couleurs artificielles ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire une thèse interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cérémonie de remise du Prix de thèse 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l’Homme et de la Société de Toulouse, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doctorat en recherche-création et recherche-action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d’été – La création au-delà de l’humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Passerelle Arts Sciences Technologies, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporéité post-mortem : cas des rituels funéraires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche-Création, Volet III : l’Archive en corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École doctorale ALLPH@, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le care de la vie à trépas, enjeux de design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investir et investiguer les terrains artistiques et créatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire LARA-SEPPIA, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benevolent chromatic and lighting identity: case study “Salle des Départs” of Garche Hospital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colour Sense and Sensibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colour Society of Australia, Oct 2023, Perth (Australia), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Centric Lighting for the benefit of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorrain Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Joint Conference - 11th International Conference on Energy Efficiency in Domestic Appliances and Lighting &amp; 17th International Symposium on the Science and Technology of Lighting (EEDAL/LS:17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03861569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color-design applied to the elderly’s nutrition: a public health issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensing Colour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Colour Association (AIC), Jun 2022, Toronto, Canada, Canada. pp.482-487</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat et pratiques alternatives - Expérience du lieu et approche collaborative au service du bien-être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caumon Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Infantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Rencontres Doctorales Nationales en Architecture et Paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Paris, Oct 2021, Paris, France. pp.221-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prehension and qualification of chromatic and lighting environment. Study case -Païmio Sanatorium, Alvar Aalto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIC 14 th Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIC, International Colour Association, Aug 2021, Milano, Italy. pp.98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colours, light & well-being : Characterisation of chromatic phenomena in collective housing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caumon Lorrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th AIC Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIC, International Colour Association, Aug 2021, Milano, Italy. pp.148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gourmet colors, vectors of good health for seniors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connecting colour in design, art &amp; science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Interdisciplinary Colour Association of Belgium, May 2019, Gent, Belgique, Belgium. pp.n.c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiels chromatiques de l’éclairage LED appliqués à la conception lumière en gérontologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Led Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design et gérontologie : enjeux d’un territoire de pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles de Gérontologies et Gériatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Gériatrie et Gérontologie, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chromate-luminous identity vs the sundowning syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IES Research Symposium 2018 - Light + Human Health, April 8-10, 2018, Atlanta, GA (USA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couleur et Lumière, un environnement chromatique au service des pathologies cognitives – Restitution d’étude InSitu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Couleur et Soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Art et de Design de Nancy, Dec 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light and color : a factor of safety in the everyday life of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Environmental and Electrical Engineering (EEEIC18), June 12-15, 2018, Palermo (ITALY)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Palermo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light and Color: a Factor of Safety in the Everyday Life of the Elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2018.8494499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the color temperature of artificial lighting on the comfort of life of the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIC Interim Meeting - Colour &amp; Human Comfort (AIC LISBOA 2018), Sept. 25-29, 2018, Lisbon (PORTUGAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lisbon, Portugal. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of LED Technology in Stage Lighting: A Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Technical University of Eindhoven. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sustainable Smart Lighting World Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Eindhoven, Netherlands. IEEE, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776198v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromathérapie, le vert au service de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vert(s) et Design(s) : Expérience d’une couleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color And Therapeutic Lighting : An Alternative Treatment For The Sundowning Syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Canale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Becheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on the Science and Technology of Lighting (LS16), June 17-22, 2018, Sheffield (UK)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Sheffield, United Kingdom. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation alimentaire et plaisir du goût chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Francophone sur les Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the artificial lighting’s color temperature on the elderly’s circadian cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Becheras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dupuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interim Meeting: Colour &amp; Human Comfort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Lisbonne, Portugal, Portugal. International Colour Association (AIC), pp.419-424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de santé alternatif : la révolution non-médicamenteuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La luminothérapie et la science des couleurs face au syndrome du sundowing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La couleur… au service des personnes âgées visuellement déficientes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer la qualité de vie des personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes et francophonie scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ο «ευφυής και ανθρωποκεντρικός» φωτισμός, μία επανάσταση στην υπηρεσία των υπερήλικων</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Zissis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, pp.38-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La couleur dans l'environnement visuel : perception(s), lecture(s), interprétation(s) et impact(s) sur l'usager âgé. De l'approche de l'ingénieur lumière (science et technologies des systèmes d'éclairage) et du designer-coloriste (arts-appliqués, design)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gériatrie et gérontologie. Université Paul Sabatier - Toulouse III, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022TOU30044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03729495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des Sciences douces : Enjeux d’une rencontre disciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Caumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Bécheras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C1D53F97"/>
+    <w:nsid w:val="1A9104BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/estelle-guerry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3995-4245" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/263659488" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAK-3812-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776205v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535457v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanouk Anne-Claire Marty" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Palermo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535459v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114806v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114788v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caumon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiart Nathalie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Elalouf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lohanne Beltra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775605v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775607v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775599v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776220v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775598v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775611v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775581v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861569v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorrain Caumon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Zissis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Becheras" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437861v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caumon Lorrain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Infantes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333983v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333992v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie B&#233;cheras" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775613v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775620v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953722v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Canale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Becheras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775622v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953720v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435718v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2018.8494499" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953724v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774690v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gineste" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774677v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b18779" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774683v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774695v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Diaz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1245" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776210v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775553v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23738/CCSJ.150107" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03912459v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23738/CCSJ.140201" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04820812v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;cheras" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22562" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507321v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33383/2019-003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435194v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/issn.2169-2629.2019.27.19" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#259;t&#259;lin Daniel G&#259;l&#259;&#539;anu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2019.02.242" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435601v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2019.02.241" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183149v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776198v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775616v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953723v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775624v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775586v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupuis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619092v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775629v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619089v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775673v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172972v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03729495v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU30044" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183184v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wiart" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/estelle-guerry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3995-4245" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/263659488" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAK-3812-2020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776205v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016259v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Diaz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1245" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774695v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776210v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775553v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23738/CCSJ.150107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03912459v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorrain Caumon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Zissis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caumon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie B&#233;cheras" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23738/CCSJ.140201" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04820812v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;cheras" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/col.22562" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507321v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Canale" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33383/2019-003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435601v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#259;t&#259;lin Daniel G&#259;l&#259;&#539;anu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2019.02.241" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435598v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2019.02.242" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435194v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/issn.2169-2629.2019.27.19" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183149v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774690v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gineste" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774677v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b18779" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774683v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535459v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114788v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiart Nathalie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Elalouf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lohanne Beltra" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114806v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535457v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanouk Anne-Claire Marty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Palermo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776220v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775607v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775599v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775605v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775598v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775611v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861569v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Becheras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775581v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437861v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caumon Lorrain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Infantes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333983v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333992v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775618v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775613v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775622v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953722v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Becheras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775620v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435718v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2018.8494499" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953724v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776198v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775616v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953723v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775624v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775586v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupuis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619092v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775629v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619089v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775673v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172972v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03729495v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022TOU30044" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183184v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wiart" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>