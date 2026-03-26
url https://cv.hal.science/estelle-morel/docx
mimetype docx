--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Estelle MOREL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémento de l’accueillant prévoyant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Label</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Duperret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD - Mars 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/1T2E-6683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan du groupe de travail national AQNA Accueil Qualité Nouveaux Arrivants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD du 20 Mars 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2wf6-2513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097848v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page DEMARCHE QUALITE INRAE pour un livret d'accueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Duperret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD du 20 Mars 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Domaine Management par la Qualité, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/apza-dw36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la DÉMARCHE QUALITÉ À INRAE : ACCUEIL QUALITE NOUVEAUX ARRIVANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Etayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Label-Richardson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD du 20 Mars 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Domaine Management par la Qualité, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2QM2-1647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des acteurs qualité de proximité à vos côtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Duperret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD - Mars 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/59QE-A890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraintes thermiques stade-spécifiques et interrelation entre réponses phénologiques et distributionnelles au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Laparie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Robinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie A. S. Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles ADALEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Adaptation à l'environnement chez les Lépidoptères (ADALEP), Oct 2018, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;em&amp;gt;Ooencyrtus pityocampae&amp;lt;/em&amp;gt; Mercet rearing on three substitute hosts in laboratory to implement a biocontrol of &amp;lt;em&amp;gt;Thaumetopoea pityocampa&amp;lt;/em&amp;gt; Den. & Schiff.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Processionary meeting 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche en Génie Rural, Eaux et Forêts de Tunisie (INRGREF). TUN., Dec 2018, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact comparatif de trois hôtes d'élevage sur le développement du parasitoïde &amp;lt;em&amp;gt;Ooencyrtus pityocampae&amp;lt;/em&amp;gt; Mercet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du réseau ADALEP (Adaptation à l’environnement biotique chez les lépidoptères)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADALEP. FRA., Oct 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une production de masse d'[i]Ooencyrtus pityocampae[/i] et [i]Ooencyrtus kuvanae[/i] (Hymenoptera: Encyrtidae) pour le développement d'un biocontrôle en forêt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunca Hilal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Rencontres Annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Entomologistes Forestiers Francophones (GEFF). INT., Sep 2016, Ramatuelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude en mésocosme de parasitoïdes dans le cadre de la mise en place d'un programme de lutte biologique contre la pyrale du buis, [i]Cydalima perspectalis[/i] (Walker, 1859) (Lepidoptera : Crambidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enriquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Rencontres Annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Entomologistes Forestiers Francophones (GEFF). INT., Sep 2016, Ramatuelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel outil de régulation de la pyrale du buis, &amp;lt;em&amp;gt;Cydalima perspectalis&amp;lt;/em&amp;gt; (Walker): un kit piège et phéromone hautement attractif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième conférence internationale sur les méthodes alternatives de protection des plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., Mar 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle en forêt - Gestion du risque processionnaire du pin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. AFPP. Conférence sur l'Entretien des Espaces Verts, Jardins, Gazons, Forêts, Zones Aquatiques et Autres Zones Non Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La processionnaire du pin : des exemples de gestion utilisant les techniques de biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chambras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. AFPP. Conférence sur l'Entretien des Espaces Verts, Jardins, Gazons, Forêts, Zones Aquatiques et Autres Zones Non Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche d’essences végétales répulsives ou non appétantes contre les attaques massives de Bombyx disparate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Violette Lavoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Pringarbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Meeting Working Group “Integrated Protection in Quercus spp. Forests” 7ème Meeting / Groupe de travail “Protection Intégrée des Forêts à Quercus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UE Entomologie et Forêt Méditerranéenne (0348)., Oct 2013, Isle sur la Sorgue, France. 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codling moth proof hail nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Severac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7 International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD -Mars 2022 -Faits marquants Groupe de Travail national AQNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Label-Richardson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut - Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD - Mars 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/RD4V-2Y30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phéromones et mésanges à l'assaut de la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 717, pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processionnaire du pin : le piégeage se perfectionne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 709, pp.26-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles phéromones contre trois ravageurs en forêt et jardins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 692, pp.46-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles stratégies de piégeage de la processionnaire du pin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 680, pp.45-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un outil de biocontrôle innovant et performant contre la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 680, pp.41-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contre la processionnaire du pin - élargir la gamme du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 679, pp.8-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing naturally repulsive plant species against gypsy moth attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Violette Lavoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC WPRS Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 101, pp.213-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processionnaire du pin, l'INRA a invité le biocontrôle au SIA 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 662, pp.36-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles techniques de piégeage pour réguler la processionnaire du pin: piégeage phéromonal des adultes, piégeage comportemental des larves: des expériences prometteuses de piégeage de masse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 655, pp.17-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’évaluation de l’Unité expérimentale Entomologie et Forêt Méditerranéenne 2009-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] 2014, 100 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une régulation de la processionnaire plus respectueuse de l'environnement. Avancées 2007-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Pringarbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'unité expérimentale Environnement et Agronomie d'Avignon : rapport d'activité 2003-2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Unité Expérimentale Environnement Et Agronomie d'Avignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude des incidences du CABYV sur certaines variétés de melon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] Lycée Agricole, Aix-Valabre, FRA. 1996, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahier des charges accompagnement à la maîtrise des risques professionnels de l’Unité expérimentale Entomologie et Forêt Méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId87"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Estelle MOREL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémento de l’accueillant prévoyant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Label</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Duperret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD - Mars 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/1T2E-6683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan du groupe de travail national AQNA Accueil Qualité Nouveaux Arrivants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD du 20 Mars 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2wf6-2513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097848v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page DEMARCHE QUALITE INRAE pour un livret d'accueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Duperret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD du 20 Mars 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Domaine Management par la Qualité, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/apza-dw36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la DÉMARCHE QUALITÉ À INRAE : ACCUEIL QUALITE NOUVEAUX ARRIVANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Etayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Label-Richardson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD du 20 Mars 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Domaine Management par la Qualité, Mar 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2QM2-1647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des acteurs qualité de proximité à vos côtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Housseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut-Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Duperret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD - Mars 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/59QE-A890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contraintes thermiques stade-spécifiques et interrelation entre réponses phénologiques et distributionnelles au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Laparie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Robinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie A. S. Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles ADALEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Adaptation à l'environnement chez les Lépidoptères (ADALEP), Oct 2018, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03686465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;em&amp;gt;Ooencyrtus pityocampae&amp;lt;/em&amp;gt; Mercet rearing on three substitute hosts in laboratory to implement a biocontrol of &amp;lt;em&amp;gt;Thaumetopoea pityocampa&amp;lt;/em&amp;gt; Den. & Schiff.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Processionary meeting 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche en Génie Rural, Eaux et Forêts de Tunisie (INRGREF). TUN., Dec 2018, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact comparatif de trois hôtes d'élevage sur le développement du parasitoïde &amp;lt;em&amp;gt;Ooencyrtus pityocampae&amp;lt;/em&amp;gt; Mercet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du réseau ADALEP (Adaptation à l’environnement biotique chez les lépidoptères)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADALEP. FRA., Oct 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude en mésocosme de parasitoïdes dans le cadre de la mise en place d'un programme de lutte biologique contre la pyrale du buis, [i]Cydalima perspectalis[/i] (Walker, 1859) (Lepidoptera : Crambidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enriquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Rencontres Annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Entomologistes Forestiers Francophones (GEFF). INT., Sep 2016, Ramatuelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une production de masse d'[i]Ooencyrtus pityocampae[/i] et [i]Ooencyrtus kuvanae[/i] (Hymenoptera: Encyrtidae) pour le développement d'un biocontrôle en forêt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunca Hilal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Rencontres Annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Entomologistes Forestiers Francophones (GEFF). INT., Sep 2016, Ramatuelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel outil de régulation de la pyrale du buis, &amp;lt;em&amp;gt;Cydalima perspectalis&amp;lt;/em&amp;gt; (Walker): un kit piège et phéromone hautement attractif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième conférence internationale sur les méthodes alternatives de protection des plantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., Mar 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle en forêt - Gestion du risque processionnaire du pin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. AFPP. Conférence sur l'Entretien des Espaces Verts, Jardins, Gazons, Forêts, Zones Aquatiques et Autres Zones Non Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La processionnaire du pin : des exemples de gestion utilisant les techniques de biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chambras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. AFPP. Conférence sur l'Entretien des Espaces Verts, Jardins, Gazons, Forêts, Zones Aquatiques et Autres Zones Non Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche d’essences végétales répulsives ou non appétantes contre les attaques massives de Bombyx disparate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Violette Lavoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Pringarbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Meeting Working Group “Integrated Protection in Quercus spp. Forests” 7ème Meeting / Groupe de travail “Protection Intégrée des Forêts à Quercus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UE Entomologie et Forêt Méditerranéenne (0348)., Oct 2013, Isle sur la Sorgue, France. 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codling moth proof hail nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit B. Sauphanor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Severac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Romet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois Toubon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7 International Conference on Integrated Fruit Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD -Mars 2022 -Faits marquants Groupe de Travail national AQNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Label-Richardson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bosselut - Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Varamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CQC-CQD - Mars 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris, France. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/RD4V-2Y30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phéromones et mésanges à l'assaut de la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 717, pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processionnaire du pin : le piégeage se perfectionne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 709, pp.26-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles phéromones contre trois ravageurs en forêt et jardins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurane Buradino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 692, pp.46-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles stratégies de piégeage de la processionnaire du pin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 680, pp.45-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un outil de biocontrôle innovant et performant contre la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 680, pp.41-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contre la processionnaire du pin - élargir la gamme du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 679, pp.8-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing naturally repulsive plant species against gypsy moth attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Pal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Violette Lavoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC WPRS Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 101, pp.213-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processionnaire du pin, l'INRA a invité le biocontrôle au SIA 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 662, pp.36-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles techniques de piégeage pour réguler la processionnaire du pin: piégeage phéromonal des adultes, piégeage comportemental des larves: des expériences prometteuses de piégeage de masse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Brinquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 655, pp.17-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’évaluation de l’Unité expérimentale Entomologie et Forêt Méditerranéenne 2009-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] 2014, 100 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une régulation de la processionnaire plus respectueuse de l'environnement. Avancées 2007-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rene Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Correard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Pringarbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02808216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'unité expérimentale Environnement et Agronomie d'Avignon : rapport d'activité 2003-2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Unité Expérimentale Environnement Et Agronomie d'Avignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude des incidences du CABYV sur certaines variétés de melon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] Lycée Agricole, Aix-Valabre, FRA. 1996, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahier des charges accompagnement à la maîtrise des risques professionnels de l’Unité expérimentale Entomologie et Forêt Méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId87"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098546v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Label" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bosselut-Benoit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Duperret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varamo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1T2E-6683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097848v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Housseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2wf6-2513" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098585v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/apza-dw36" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098620v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Etayo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Label-Richardson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2QM2-1647" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098564v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/59QE-A890" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686465v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rousselet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laparie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Robinet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurane Buradino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie A. S. Brinquin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787072v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Tabone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal Tunca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etty Colombel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Venard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Defferier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786351v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Correard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379670v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunca Hilal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cartier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Enriquez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800288v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Brinquin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750018v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750251v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chambras" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jean" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Mazet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Pal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Violette Lavoir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Pringarbe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752181v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Sauphanor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Severac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Francois Toubon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097785v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bosselut - Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Poirel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/RD4V-2Y30" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623160v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Martin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brinquin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thevenet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622246v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349168v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636644v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630079v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gu&#233;rin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630540v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349164v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mazet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646543v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797624v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808216v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824752v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Unit&#233; Exp&#233;rimentale Environnement Et Agronomie d'Avignon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839716v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810949v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098546v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Morel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Label" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bosselut-Benoit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Duperret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varamo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1T2E-6683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097848v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Housseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2wf6-2513" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098585v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/apza-dw36" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098620v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Etayo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Label-Richardson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2QM2-1647" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098564v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/59QE-A890" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686465v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rousselet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laparie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Robinet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurane Buradino" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie A. S. Brinquin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787072v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Tabone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal Tunca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etty Colombel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Venard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Defferier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786351v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Correard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379674v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cartier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Enriquez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379670v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunca Hilal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800288v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Brinquin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750018v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750251v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chambras" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jean" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Mazet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Pal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Violette Lavoir" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Pringarbe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752181v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Sauphanor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Severac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Francois Toubon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097785v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bosselut - Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Poirel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/RD4V-2Y30" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623160v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Martin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brinquin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thevenet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622246v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349168v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636644v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630079v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gu&#233;rin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630540v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349164v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mazet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646543v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797624v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808216v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824752v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Unit&#233; Exp&#233;rimentale Environnement Et Agronomie d'Avignon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839716v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810949v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>