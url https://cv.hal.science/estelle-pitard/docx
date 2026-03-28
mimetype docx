--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -866,261 +866,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary constraints on population dynamics in a percolating habitat</w:t>
+                <w:t xml:space="preserve">Activity statistics in a colloidal glass former: experimental evidence for a dynamical transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Munoz</w:t>
+                <w:t xml:space="preserve">Bérengère Abou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Huth</w:t>
+                <w:t xml:space="preserve">Rémy Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric van Wijland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Complexity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecocom.2018.09.002⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 148 (16), pp.164502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5006924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025664v1</w:t>
+                <w:t xml:space="preserve">hal-01517340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activity statistics in a colloidal glass former: experimental evidence for a dynamical transition</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Boundary constraints on population dynamics in a percolating habitat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivien Lecomte</w:t>
+                <w:t xml:space="preserve">Francois Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Huth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric van Wijland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 148 (16), pp.164502. </w:t>
+              <w:t xml:space="preserve">Ecological Complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36, pp.230-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5006924⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecocom.2018.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01517340v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of spatial heterogeneity in the collective dynamics of cilia beating in a minimal one-dimensional model</w:t>
               </w:r>
@@ -1210,51 +1210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-Distance Rescue and Slow Extinction Dynamics Govern Multiscale Metapopulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Huth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bart Haegeman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1487,51 +1487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Huth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2002,64 +2002,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic transition in an atomic glass former: a molecular dynamics evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric van Wijland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 96 (5), pp.56002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2087,161 +2087,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00592604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First-order dynamical phase transition in models of glasses: an approach based on ensembles of histories</w:t>
+                <w:t xml:space="preserve">Mean-spherical approximation for a lattice model of a fluid in a disordered matrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan P. Garrahan</w:t>
+                <w:t xml:space="preserve">E. Kierlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert L Jack</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vivien Lecomte</w:t>
+                <w:t xml:space="preserve">M. Rosinberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tarjus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 42 (7), pp.075007. </w:t>
+              <w:t xml:space="preserve">Molecular Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 95 (2), pp.341-351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1751-8113/42/7/075007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00268979809483166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00364938v1</w:t>
+                <w:t xml:space="preserve">hal-04841322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aging Dynamics of a Fractal Model Gel</w:t>
               </w:r>
@@ -2329,265 +2316,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00364561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mean-spherical approximation for a lattice model of a fluid in a disordered matrix</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Tarjus</w:t>
+                <w:t xml:space="preserve">Out-of-equilibrium dynamics of a fractal model gel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel-Ángel Suárez-Ledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Kob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00268979809483166⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 130 (19), pp.194904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3129247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04841322v1</w:t>
+                <w:t xml:space="preserve">hal-04798090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Out-of-equilibrium dynamics of a fractal model gel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Norbert Kern</w:t>
+                <w:t xml:space="preserve">First-order dynamical phase transition in models of glasses: an approach based on ensembles of histories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan P. Garrahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert L Jack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina van Duijvendijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 130 (19), pp.194904. </w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 42 (7), pp.075007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3129247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1751-8113/42/7/075007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04798090v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00364938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Injected Power Fluctuations in 1D dissipative systems : role of ballistic transport</w:t>
               </w:r>
@@ -2658,334 +2658,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00364937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Injected power fluctuations in 1D dissipative systems.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dynamic first-order phase transition in kinetically constrained models of glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan P. Garrahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert L Jack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina van Duijvendijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 98 (19), pp.195702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.195702⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00355320v1</w:t>
+                <w:t xml:space="preserve">hal-00364940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Injected Power Fluctuations in 1D Dissipative Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Farago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 128, pp.1365-1382. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10955-007-9380-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00364939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic first-order phase transition in kinetically constrained models of glasses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Injected power fluctuations in 1D dissipative systems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Farago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pitard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 128 (6), pp.1365-1382</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00364940v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of $q$-dependent dynamical heterogeneity in a colloidal gel by x-ray photon correlation spectroscopy</w:t>
               </w:r>
@@ -3259,282 +3259,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00133156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The steric polymer layer of hairy wormlike micelles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gladys Massiera</w:t>
+                <w:t xml:space="preserve">Universal Non-diffusive Slow Dynamics in Aging Soft Matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Cipelletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Manley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.A. Weitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/15/1/329⟩</w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 123, pp.237 - 251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b204495a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04841380v1</w:t>
+                <w:t xml:space="preserve">hal-00335185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal Non-diffusive Slow Dynamics in Aging Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luca Cipelletti</w:t>
+                <w:t xml:space="preserve">The steric polymer layer of hairy wormlike micelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.A. Weitz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Ligoure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 123, pp.237 - 251. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 15 (1), pp.S225-S231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/b204495a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/15/1/329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-00335185v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04841380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure Factor of Polymers Interacting via a Short Range Repulsive Potential: Application to Hairy Wormlike Micelles</w:t>
               </w:r>
@@ -3546,51 +3546,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Massiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ligoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3754,51 +3754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glassy effects in the swelling/collapse dynamics of homogeneous polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -P. Bouchaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4330,51 +4330,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein Folding, Anisotropic Collapse and Blue Phases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4447,64 +4447,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamics of Fluids in Disordered Porous Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Tarjus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 17 (4-6), pp.399-419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4555,77 +4555,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical Behavior of a Fluid in a Disordered Porous Matrix: An Ornstein-Zernike Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Stell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Tarjus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 74 (22), pp.4361-4364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5286,51 +5286,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4916CCFD"/>
+    <w:nsid w:val="5E270279"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5517,51 +5517,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/estelle-pitard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4780-4384" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164099956" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/311495621" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050636v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fortuny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2025.109261" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04767246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supravat Dey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Massiera" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.110.014409" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543017v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.109.034116" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279672v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.034116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125706v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Menu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Papuga" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andrieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Debarros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107229" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02291288v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025664v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Munoz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Huth" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2018.09.002" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517340v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Abou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Colin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lecomte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric van Wijland" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5006924" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.012403" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254432v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Haegeman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/682947" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Augustins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Etienne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B Ferdy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ferrer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Godelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/490/1/012052" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201639v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Huth" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2014.08.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816492v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Turci" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carmen Romano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciandrini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.012705" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939701v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20134403001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841254v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Sellitto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.031112" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841230v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Turci" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/94/10003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592604v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/96/56002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364938v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan P. Garrahan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert L Jack" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina van Duijvendijk" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/42/7/075007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364561v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel-&#193;ngel Su&#225;rez-Ledo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Kob" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841322v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kierlik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosinberg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tarjus" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268979809483166" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798090v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3129247" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364937v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Farago" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.051114" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355320v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Farago" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pitard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364939v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-007-9380-3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364940v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.195702" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133792v3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Trappe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Robert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bissig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.76.051404" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364951v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Marinari" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10323-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133156v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841380v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ligoure" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/1/329" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335185v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manley" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Weitz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b204495a" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338950v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.68.021803" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841407v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Dokholyan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Buldyrev" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eugene Stanley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.65.030801" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133155v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Bouchaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841270v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bouchaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s101890170005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2HHQLLTV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841291v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Shakhnovich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.041501" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841302v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Orland" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2000-00128-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841307v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050660" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSWB0SRL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841311v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1998-00175-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-H0GD6GR3-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247392v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Garel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Orland" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1997117" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841337v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927029608024118" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841349v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stell" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.74.4361" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391292v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Clenet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Picard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503179v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Pomade" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vona M&#233;l&#233;der" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves El Kaim" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Adam" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie d'Agata" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939679v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842511v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Garel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/3517" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/estelle-pitard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4780-4384" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/164099956" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/311495621" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050636v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fortuny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2025.109261" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04767246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supravat Dey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Massiera" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.110.014409" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543017v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.109.034116" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279672v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.034116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125706v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Menu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Papuga" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andrieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Debarros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107229" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02291288v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517340v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Abou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Colin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lecomte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric van Wijland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5006924" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025664v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Munoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Huth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecocom.2018.09.002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.012403" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254432v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Haegeman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/682947" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Augustins" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Etienne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B Ferdy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ferrer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Godelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/490/1/012052" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201639v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Huth" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2014.08.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816492v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Turci" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carmen Romano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciandrini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.012705" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939701v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20134403001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841254v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Sellitto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.031112" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841230v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Turci" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/94/10003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592604v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/96/56002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841322v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kierlik" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosinberg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tarjus" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268979809483166" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364561v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel-&#193;ngel Su&#225;rez-Ledo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Kob" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798090v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3129247" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364938v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan P. Garrahan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert L Jack" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina van Duijvendijk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/42/7/075007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364937v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Farago" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.78.051114" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364940v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.195702" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364939v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-007-9380-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355320v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Farago" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pitard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133792v3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Trappe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Robert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bissig" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.76.051404" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364951v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Marinari" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2004-10323-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133156v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335185v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manley" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Weitz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b204495a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841380v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ligoure" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/1/329" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338950v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.68.021803" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841407v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Dokholyan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Buldyrev" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eugene Stanley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.65.030801" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133155v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Bouchaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841270v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bouchaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s101890170005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2HHQLLTV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841291v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Shakhnovich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.041501" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841302v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Orland" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2000-00128-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841307v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050660" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSWB0SRL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841311v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1998-00175-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-H0GD6GR3-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247392v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Garel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Orland" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1997117" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841337v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927029608024118" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841349v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stell" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.74.4361" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391292v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Clenet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Picard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503179v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Pomade" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vona M&#233;l&#233;der" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves El Kaim" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Adam" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie d'Agata" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939679v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842511v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Garel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/3517" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>