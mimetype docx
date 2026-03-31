--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -100,421 +100,421 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information et accompagnement à l’orientation : quelles réalités dans un lycée rural ?</w:t>
+                <w:t xml:space="preserve">Parcoursup, le mirage d’une égalité face à l’orientation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
+                <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yong Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080671v1</w:t>
+                <w:t xml:space="preserve">halshs-05185820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parcoursup, le mirage d’une égalité face à l’orientation ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les logiques de formulation des voeux vers le supérieur à l’ère de Parcoursup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Dirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 108, pp.7-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48464/ef-108-01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05185820v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05340108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les logiques de formulation des voeux vers le supérieur à l’ère de Parcoursup</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Présentation du dossier Démocratisation et régulation de l’accès à l’enseignement supérieur : éléments de comparaison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Dirani</w:t>
+                <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48464/ef-108-01⟩</w:t>
+              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Du secondaire au supérieur : nouveaux dispositifs, 2 (54), pp.7-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/es.054.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05340108v1</w:t>
+                <w:t xml:space="preserve">hal-05166302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du dossier Démocratisation et régulation de l’accès à l’enseignement supérieur : éléments de comparaison</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Information et accompagnement à l’orientation : quelles réalités dans un lycée rural ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Du secondaire au supérieur : nouveaux dispositifs, 2 (54), pp.7-26. </w:t>
+              <w:t xml:space="preserve">, 2025, Du secondaire au supérieur : nouveaux dispositifs, 2 (54), pp.115-134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/es.054.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/es.054.0115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05166302v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05080671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expérience de Parcoursup des néo-bacheliers</w:t>
               </w:r>
@@ -591,51 +591,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“We Were that Student Life was Freedom…” First-year University Student Experience During the Pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 69, pp.46-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -826,51 +826,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le micromarché des enseignements de spécialité au lycée général.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -928,463 +928,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05342366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'orientation scolaire au prisme des réformes du lycée général et Parcoursup</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">James Masy</w:t>
+                <w:t xml:space="preserve">Réforme du lycée général, une mise en œuvre entre politique d’établissement et logiques d’engagement des acteurs professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Manon Hoareau</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRIO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes, May 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Cycle de conférences : Recherche en éducation 2023-2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inspé Lille, Jan 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04638172v1</w:t>
+                <w:t xml:space="preserve">hal-05080692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réforme du lycée général, une mise en œuvre entre politique d’établissement et logiques d’engagement des acteurs professionnels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La réforme du lycée général, une mise en œuvre entre politique d’établissement et logiques d’action des acteurs professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycle de conférences : Recherche en éducation 2023-2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Inspé Lille, Jan 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Colloque internationale : Pratiques et groupes professionnels de l’orientation scolaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Reims Champagne-Ardenne, Jan 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080692v1</w:t>
+                <w:t xml:space="preserve">hal-04690307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réforme du lycée général, une mise en œuvre entre politique d’établissement et logiques d’action des acteurs professionnels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Réforme du lycée général, une mise en œuvre entre politique d’établissement et logiques d’engagement des acteurs professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque internationale : Pratiques et groupes professionnels de l’orientation scolaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Reims Champagne-Ardenne, Jan 2024, Reims, France</w:t>
+              <w:t xml:space="preserve">Colloque international : Pratiques et groupes professionnels de l’orientation scolaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690307v1</w:t>
+                <w:t xml:space="preserve">hal-05080684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réforme du lycée général, une mise en œuvre entre politique d’établissement et logiques d’engagement des acteurs professionnels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'orientation scolaire au prisme des réformes du lycée général et Parcoursup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olwen Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
+                <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yong Li</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Hoareau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : Pratiques et groupes professionnels de l’orientation scolaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Reims, France</w:t>
+              <w:t xml:space="preserve">BRIO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes, May 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080684v1</w:t>
+                <w:t xml:space="preserve">halshs-04638172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnographie d’une politique de l’enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1435,77 +1435,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information et accompagnement à l’orientation : quelles réalités locales au lycée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Égalisup 2e édition. Égalité(s) vers et dans l’enseignement supérieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CREAD; LIRDEF; CIRNEF, Jul 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1530,90 +1530,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les filières refuge de l’université à l’ère de Parcoursup.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Dirani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les XVIIes Rencontres du REF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Namur, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1638,51 +1638,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution des données de Parcoursup à l’analyse de l’effet établissement dans l’accès des étudiant·e·s aux filières non-sélectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Piquée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1752,51 +1752,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du secondaire au supérieur : nouveaux dispositifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1879,51 +1879,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation aux marges en temps de pandémie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Geuring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Masy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’éducation aux marges en temps de pandémie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires des Antilles, pp.275-298, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2229,51 +2229,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05080671v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daverne-Bailly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geuring" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.054.0115" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05185820v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Masy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05340108v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dirani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-108-01" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05166302v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.054.0007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329443v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w27" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638145v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.9874" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455654v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ladage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barats" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dormoy-Rajramanan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05342366v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Hoareau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olwen Lollivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638172v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05080692v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690307v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05080684v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313720v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690309v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03736593v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059295v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433442v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04960260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pua.weiss.2022.01.0275" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04991805v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024REN20039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05185820v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Masy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geuring" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05340108v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dirani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piqu&#233;e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-108-01" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05166302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daverne-Bailly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.054.0007" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05080671v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.054.0115" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329443v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w27" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638145v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.9874" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455654v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ladage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barats" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dormoy-Rajramanan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05342366v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Hoareau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olwen Lollivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05080692v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690307v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05080684v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638172v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313720v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690309v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03736593v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059295v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433442v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04960260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pua.weiss.2022.01.0275" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04991805v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024REN20039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>