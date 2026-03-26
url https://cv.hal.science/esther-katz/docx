--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Esther Katz </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">esther-katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3620-9327</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059723211</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/A-4194-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologie des mondes = Ecology of our worlds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Simenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Sabrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Descola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chakrabarty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IRD, 144 p., 2021, 978-2-7099-2883-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los chiles que le dan sabor al mundo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Vásquez-Dávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Reyna Hernández Colorado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRD Éditions; Universidad Veracruzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-2-7099-2673-7. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.irdeditions.30889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Comida de Fome” ou Iguaria? O consumo de tanajuras no Nordeste do Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudia Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de estudos e pesquisas sobre as Americas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 17(1), pp.186-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05532323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonios alimentarios en América Latina : enfrentar las desigualdades y los cambios globales [dossier]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaël Bilhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Mideros Bastidas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, S18, multip. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13asc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonios alimentarios en América Latina. Enfrentar las desigualdades y los cambios globales : introducción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Bilhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, S18, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13as4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoines alimentaires en Amérique latine : faire face aux inégalités et aux changements globaux [introduction]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaël Bilhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Mideros Bastidas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, S18, en ligne [11 p.]. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13as5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04951883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las hormigas culonas: entre patrimonio biocultural y plaga (Santander, Colombia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando Aguilera-Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturaleza y Sociedad. Desafíos Medioambientales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8, pp.104-125. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53010/YCMP4466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04897474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and categories: Two key elements for understanding the Mesoamerican hot-cold classification of illnesses and medicinal plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 266, pp.113419. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jep.2020.113419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chile (Capsicum spp.) as Food-Medicine Continuum in Multiethnic Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Vásquez-Dávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladys Isabel Manzanero-Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (10), pp.2502. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods10102502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review : Food Plants of the World. Identification, Culinary Uses and Nutritional Value.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Book review, 74 (2), pp.242-248. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12231-020-09490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machuca : el vino de cocos en la nueva Espana [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Book Reviews (Winter), 6 p. [en ligne]. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aof.9163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsicum annuum (piment/poivron) : une plante venue du Mexique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Garance Voyageuse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123, pp.13-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astros, tiempo y ciclo de vida entre los mixtecos (Oaxaca, México)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista anthropológicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Astronomia Cultural, 28 (1), pp.105-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léxico de los términos culinarios y mexicanismos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Hémond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, S9 Comidas rituales, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aof.7503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’une production localisée à une Indication Géographique. La farinha de Cruzeiro do Sul (Amazonie brésilienne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Emperaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Carneiro da Cunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro W.B. de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Hussak van Velthem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (1), pp.25-33. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2012.0537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02872479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No greens in the forest? Note on the limited consumption of greens in the Amazon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Payê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Societatis Botanicorum Poloniae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 81 (4), pp.283-293. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5586/asbp.2012.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01973754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu d'ouvrage - Couscous, boulbour et polenta. Transformer et consommer les céréales dans le monde.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 92, pp.107-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'indication géographique, un instrument de pérennisation des productions localisées en Amazonie ? Le cas de la farine de manioc de Cruzeiro do Sul (Acre, Brésil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Carneiro da Cunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Emperaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novos Cadernos NAEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (1), pp.93-108. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5801/ncn.v12i1.282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité agricole et patrimoine dans le moyen Rio Negro (Amazonie brésilienne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Emperaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale de Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Santilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lúcia van Velthem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du BRG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.139-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectes comestibles du haut pays mixtèque (Mexique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 23, pp.77-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fourmis, le maïs et la pluie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal d'Agriculture Traditionnelle et de Botanique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 37 (1), pp.119-132. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jatba.1995.3564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du mûrier au caféier : Histoire des plantes introduites en pays mixtèque (XVIe-XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal d'Agriculture Traditionnelle et de Botanique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 36 (1), pp.209-244. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jatba.1994.3541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01973818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative food systems involving edible insects and climatic conditions within indigenous knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaya Carrasco-Torrontegui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Andrés Gallegos-Riofrío</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adela Caranqui-Pintag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Shailesh Shukla, Priscilla Settee &amp; Noa Kekuewa Lincoln. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indigenous Insights for Planetary Health and Sustainable Food systems: Learning from International case studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Canadian Scholars and Women’s Press, pp.253-268, 2025, 9781773384696</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumo de hormigas Atta (Hymenoptera, Formicidae) en Brasil: tradición y patrimonio biocultural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ligia Díaz Prieto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Los insectos comestibles en el mundo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catarata, pp.107-120, 2025, 978-84-1067-493-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recolección, consumo y comercio de hormigas culonas (Ficha 305)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jhon César Neita-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaudia Cárdenas Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuber Andrés Pacheco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Moreno L.A &amp; Andrade G.I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversidad : Orinoquía. Estado y tendencias de la biodiversidad continental de Colombia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Instituto de Investigación de Recursos Biológicos Alexander von Humboldt., pp.Ficha 305, 2024, 978-628-7721-42-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cacao. Une essence amazonienne à la conquête du globe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Stoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Valdez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Chambouleyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Maia Bezzera Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum national d'Histoire naturelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Grande Migration des Plantes et des Humains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delachaux et Niestlé, pp.54-125, 2024, 978-2-603-03137-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsicum annuum L. var. annuum Capsicum annuum L. var. glabriusculum (Dunal) Heiser & Pickersgill Capsicum chinense Jacq. Capsicum frutescens L. Capsicum lanceolatum (Greenm.) C.V. Morton & Standley Capsicum pubescens Ruiz & Pav. Capsicum rhomboideum (Dunal) Kuntze Solanaceae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Vásquez-Dávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloria Barboza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Casas, Alejandro; Blancas Vásquez, José Juan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnobotany of the Mountain Regions of Mexico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-17, 2022, Ethnobotany of Mountain Regions, 978-3-319-77089-5. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-77089-5_32-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La terre et la pluie. Cosmogonie et savoirs amérindiens sur le climat au Mexique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annamaria Lammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Hémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexis Metzger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acclimatations. Sur le terrain des cultures climatiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.77-95, 2021, Météos, 9791037014658</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une dégustation identitaire ? : les nouveaux 'sens' du chocolat au Mexique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcilhac, V. (ed.); Tibère, V. (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les goûts du chocolat dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 89-114, 2019, Questions Alimentaires et Gastronomiques, 978-2-343-18423-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentarse em uma pequena cidade amazônica: entre a urbanidade, o rio e a floresta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Janine Helfst Leicht Collaço; Filipe Augusto Couto Barbosa; Talita Prado Barbosa Roim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cidades e consumo alimentar. Vol. 2. Tradição e modernidade do comer contemporâneo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universidade Federal de Goiás/ Editora da Imprensa Universitária Digital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-52, 2017, Coleção Diferenças, 978-85-93380-35-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01973930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rediscovery of native “super-foods” in Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B., Sébastia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eating traditional food. Politics, identity and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.21-47, 2017, 978-1138187009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation des cuisines amérindiennes dans les Amériques: fêtes, foires et festivals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaine Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale de Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tibério M.L.; Marta-Costa A.A.; Pereiro X.; Barros A.; Menezes S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atas do 3er seminario Alimentos e manifestações culturais tradicionais/2° Simpósio internacional Alimentação e cultura: tradição e inovação na produção e consumo de alimentos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vila Real, Universidade de Trás-os-Montes e Alto Douro (UTAD), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les insectes comestibles en Amérique latine : de nourritures d'Indiens à patrimoine alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Motte-Florac, Elisabeth and Le Gall, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoureux insectes : de l'aliment traditionnel à l'innovation gastronomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUFR ; PUR ; IRD, pp.89-117, 2016, Table des Hommes, 978-2-86906-417-1. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufr.25392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introdução : ensaios sobre a antropologia da alimentação: saberes, dinâmicas e patrimônios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Woortmann, Ellen and Cavignac, Julie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ensaios sobre a Antropologia da alimentação. Saberes, dinâmicas e patrimônios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ABA; EDUFRN, pp.15-28, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabritas en el pueblo, totopos en el Norte. Dinámicas alimentarias y migración en la Mixteca Alta (Oaxaca, México)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Medina, F.X. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alimentación y migraciones en Iberoamérica, Barcelona</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-90, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odeurs et saveurs dans deux sociétés amérindiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gélard, Marie-Luce. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps sensibles. Usages et languages des sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.209-227, 2013, 978-2-8143-0151-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valorizacion del patrimonio cultinario amazonico por la indicaciones geograficas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale de Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia van Velthem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Santilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcelo Álvarez, Xavier Medina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identidades en el plato. El patrimonio cultural alimentario entre Europa y América</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Icaria, pp.97-117, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los efectos de patrimonialización de la cocina mexicana sobre el consumo de insectos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cabirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Patrimonios alimentarios en América Latina, Enfrentar las desigualdades y los cambios globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de los Andes, Sep 2023, Bogota, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El consumo de insectos como marcador de identidades (México y América del Sur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alimentación, identidad y cultura. Perspectivas multidisciplinarias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IIS-UNAM, Mar 2025, México, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Gourmetizados o rechazados? Los insectos en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alimentación en México y América Latina. En búsqueda de alternativas saludables y sostenibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Veracruzana, Apr 2025, Xalapa (Veracruz), México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hormigas Atta, un bien biocultural para los habitantes de la región Neotropical</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique A. Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elmo B.A Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo M. Costa Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Congreso Latinoamericano y III Simposio Regional Centroamericano de Etnobiología. Simposio Saberes y prácticas de los usos de los artrópodos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sociedad Latinoamericana de Etnobiología, May 2025, Antigua, Guatemala</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consommation d’insectes en Équateur : entre expressions identitaires et pratiques du quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Gabriela Zurita-Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des nourritures terrestres en Équateur : Aliments, pratiques alimentaires et identité(s).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’études équatoriennes, Université Paris Nanterre, Mar 2025, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos en México y América del Sur : dietas tradicionales y consumo urbano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coloquio Internacional Alimentación y biocultura desde la multidisciplina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIM-UNAM, Oct 2025, Cuernavaca, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos en sistemas alimentarios de América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIII Congreso Latinoamericano y III Simposio Regional Centroamericano de Etnobiología. Simposio Sistemas alimentarios tradicionales y locales: Perspectivas bioculturales para su estudio, divulgación y conservación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sociedad Latinoamericana de Etnobiología, May 2025, Antigua, Guatemala</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manger des fourmis : savoirs et patrimoine culinaire invisible au nord-est du Brésil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoines invisibles : processus, formes et narrations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Artois, Arras - Université de Picardie Jules Verne, Amiens, Sep 2024, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edible insects in Mexico: past, present and future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos Chavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cabirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Session Animal-human relations in the 21st century. Past, present and future perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18th Congress of the International Society of Ethnobiology,, May 2024, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiduría ancestral: insectos comestibles para construir sistemas alimentarios sostenibles. El caso de los catzos de los Andes ecuatorianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaya Carrasco-Torrontegui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayra Colimba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mujeres en la Entomología. Recuento de sus aportes científicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federación de Entomología Latinoamericana/Sociedad Entomológica Ecuatoriana/Academia Entomológica de México, Mar 2024, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos: de la cocina tradicional a las innovaciones culinarias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pauline Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Mazzetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ricaud Oneto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congreso Mexicano de Etnobiología. Simposio Saberes ancestrales y sabores actuales del patrimonio culinario de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autónoma del Estado de Morelos, Jun 2024, Cuernavaca, Morelos, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comida de pobre&amp;quot; ou patrimônio ? O consumo das tanajuras no Nordeste do Brasil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34a Reunião Brasileira de Antropologia. Territórios vivos, corpos plurais. Antropologia e saberes críticos. Grupo de Trabalho 020: Antropologia e Alimentação: interculturalidade, saberes críticos e desafios contemporâneos em contextos de luta por direitos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Associação Brasileira de Antropologia (ABA), Jul 2024, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los insectos comestibles de Morelos: taxonomía y comercialización</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rodríguez Hamilton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro García Florés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Reyes Prado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congreso Mexicano de Etnobiología. Session: Los sistemas productivos tradicionales de Morelos y su aporte a la conservación de recursos alimentarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autónoma del Estado de Morelos, Jun 2024, Cuernavaca (Morelos), México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumo de insetos e soberania alimentar no continente americano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminário internacional Culturas alimentares no combate a fome. Mesa redonda Soberania alimentar e povos e comunidades tradicionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Departamento de Antropologia, Universidade Federal do Rio Grande do Norte, Feb 2024, Natal - Rio Grande do Norte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insect trade in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos Chavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando Aguilera-Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Society for Economic Botany and Society of Ethnobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Human and Planetary Health: Everything is Connected. Emory University, Jun 2023, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos comestibles - Aspectos identitarios de su consumo en Ecuador.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Gabriela Zurita-Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Guachamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SALSA Biennal Conference. Visions and futures: Amazonia from the roots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Nacional de Colombia, sede Amazonia, Jul 2023, Leticia, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los insectos comestibles de México, cultivo y comercialización</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garcia Florès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congreso internacional de manejo de fauna silvestre de la Amazonia y Latinoamerica. Eje tematico Experiencias de comunidades locales en el manejo de fauna silvestre.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Santa Marta, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considerações sobre uso alimentar de formigas (Atta spp., Hymenoptera, Formicidae) em comunidades rurais de municípios semiáridos do estado da Bahia, Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. F. Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. O. Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. S. Miranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congresso Brasileiro de Etnobiologia e Etnoecologia (CBEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNEMAT (Universidade do Estado de Mato Grosso), Jul 2022, Cáceres, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antropoentomofagia, segurança alimentar e a redução da pressão sobre proteínas provenientes de animais de grande porte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. P. A. Arrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congresso Brasileiro de Etnobiologia e Etnoecologia (CBEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNEMAT (Universidade do Estado de Mato Grosso), Jul 2022, Cáceres, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formiga é bom pra vista: revisão dos usos populares de formigas Atta spp. no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. S. Carmago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implementing a research network on edible insects to better understand the value chains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Insects to feed the world, Jun 2022, Québec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insect consumption in a changing world. From past to future in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect consumption in a changing world. From past to future in Latin America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for Applied Anthropology, Mar 2022, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consommation d’insectes : de la nourriture traditionnelle aux usages du 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole thématique Sauvegarde de la biodiversité et alimentation des hommes : peut-on les rendre compatibles en Afrique Centrale ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Recherche pour le Développement; AgroParisTech, Mar 2018, Bondy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles tendances dans la consommation des insectes en Amérique latine et en Asie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Insectinov 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Adebiotech/AgroParisTech, Oct 2017, Romainville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las hormigas cortadoras de hojas (Atta spp.) en el municipio de Guadalupe, Santander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataly Forero-Chavez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIV Congreso IUSSI (International Union for the Study of Social Insects)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Bogotá, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food or Pests? User conflicts over leaf-cutter ants (Atta laevigata) in Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grande conférence de l’Académie des sciences. Insectes : amis, ennemis et modèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy Brief: Unlocking the values of unseen food species: a cautious approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariadna Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmond Dounias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlène Alpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianna Bonis-Profumo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 4 p. multigr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectes comestibles du Brésil: Préparation des tanajuras (reines de fourmis Atta laevigata) avant cuisson. Buíque, Pernambuco, Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meule en basalte dite &amp;quot;metate&amp;quot; au Mexique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouette Barboff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne de Pierrebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssine Boukile El</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01379035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId185"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Esther Katz </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">esther-katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3620-9327</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059723211</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/A-4194-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologie des mondes = Ecology of our worlds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Simenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lise Sabrié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Descola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chakrabarty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IRD, 144 p., 2021, 978-2-7099-2883-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los chiles que le dan sabor al mundo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Vásquez-Dávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Reyna Hernández Colorado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRD Éditions; Universidad Veracruzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-2-7099-2673-7. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.irdeditions.30889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Comida de Fome” ou Iguaria? O consumo de tanajuras no Nordeste do Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudia Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de estudos e pesquisas sobre as Americas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 17(1), pp.186-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05532323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoines alimentaires en Amérique latine : faire face aux inégalités et aux changements globaux [introduction]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaël Bilhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Mideros Bastidas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, S18, en ligne [11 p.]. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13as5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04951883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonios alimentarios en América Latina : enfrentar las desigualdades y los cambios globales [dossier]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaël Bilhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Mideros Bastidas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, S18, multip. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13asc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimonios alimentarios en América Latina. Enfrentar las desigualdades y los cambios globales : introducción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Bilhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Fernanda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, S18, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13as4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las hormigas culonas: entre patrimonio biocultural y plaga (Santander, Colombia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando Aguilera-Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naturaleza y Sociedad. Desafíos Medioambientales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8, pp.104-125. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53010/YCMP4466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04897474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate and categories: Two key elements for understanding the Mesoamerican hot-cold classification of illnesses and medicinal plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 266, pp.113419. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jep.2020.113419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chile (Capsicum spp.) as Food-Medicine Continuum in Multiethnic Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Vásquez-Dávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladys Isabel Manzanero-Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (10), pp.2502. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods10102502⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review : Food Plants of the World. Identification, Culinary Uses and Nutritional Value.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Book review, 74 (2), pp.242-248. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12231-020-09490-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machuca : el vino de cocos en la nueva Espana [compte-rendu de lecture]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Book Reviews (Winter), 6 p. [en ligne]. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aof.9163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04072989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsicum annuum (piment/poivron) : une plante venue du Mexique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Garance Voyageuse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123, pp.13-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astros, tiempo y ciclo de vida entre los mixtecos (Oaxaca, México)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista anthropológicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Astronomia Cultural, 28 (1), pp.105-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léxico de los términos culinarios y mexicanismos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Hémond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology of Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, S9 Comidas rituales, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aof.7503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’une production localisée à une Indication Géographique. La farinha de Cruzeiro do Sul (Amazonie brésilienne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Emperaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Carneiro da Cunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro W.B. de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Hussak van Velthem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (1), pp.25-33. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2012.0537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02872479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No greens in the forest? Note on the limited consumption of greens in the Amazon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Payê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Societatis Botanicorum Poloniae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 81 (4), pp.283-293. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5586/asbp.2012.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01973754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu d'ouvrage - Couscous, boulbour et polenta. Transformer et consommer les céréales dans le monde.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 92, pp.107-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'indication géographique, un instrument de pérennisation des productions localisées en Amazonie ? Le cas de la farine de manioc de Cruzeiro do Sul (Acre, Brésil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Carneiro da Cunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Emperaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novos Cadernos NAEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (1), pp.93-108. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5801/ncn.v12i1.282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité agricole et patrimoine dans le moyen Rio Negro (Amazonie brésilienne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Emperaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale de Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Santilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Eloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lúcia van Velthem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du BRG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.139-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectes comestibles du haut pays mixtèque (Mexique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 23, pp.77-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fourmis, le maïs et la pluie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal d'Agriculture Traditionnelle et de Botanique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 37 (1), pp.119-132. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jatba.1995.3564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du mûrier au caféier : Histoire des plantes introduites en pays mixtèque (XVIe-XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal d'Agriculture Traditionnelle et de Botanique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 36 (1), pp.209-244. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jatba.1994.3541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01973818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative food systems involving edible insects and climatic conditions within indigenous knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaya Carrasco-Torrontegui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Andrés Gallegos-Riofrío</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adela Caranqui-Pintag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Shailesh Shukla, Priscilla Settee &amp; Noa Kekuewa Lincoln. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indigenous Insights for Planetary Health and Sustainable Food systems: Learning from International case studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Canadian Scholars and Women’s Press, pp.253-268, 2025, 9781773384696</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumo de hormigas Atta (Hymenoptera, Formicidae) en Brasil: tradición y patrimonio biocultural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ligia Díaz Prieto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Los insectos comestibles en el mundo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catarata, pp.107-120, 2025, 978-84-1067-493-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recolección, consumo y comercio de hormigas culonas (Ficha 305)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jhon César Neita-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaudia Cárdenas Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuber Andrés Pacheco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Moreno L.A &amp; Andrade G.I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversidad : Orinoquía. Estado y tendencias de la biodiversidad continental de Colombia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Instituto de Investigación de Recursos Biológicos Alexander von Humboldt., pp.Ficha 305, 2024, 978-628-7721-42-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cacao. Une essence amazonienne à la conquête du globe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Stoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Valdez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Chambouleyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Maia Bezzera Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum national d'Histoire naturelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Grande Migration des Plantes et des Humains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delachaux et Niestlé, pp.54-125, 2024, 978-2-603-03137-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capsicum annuum L. var. annuum Capsicum annuum L. var. glabriusculum (Dunal) Heiser & Pickersgill Capsicum chinense Jacq. Capsicum frutescens L. Capsicum lanceolatum (Greenm.) C.V. Morton & Standley Capsicum pubescens Ruiz & Pav. Capsicum rhomboideum (Dunal) Kuntze Solanaceae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Araceli Aguilar-Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Vásquez-Dávila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloria Barboza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Casas, Alejandro; Blancas Vásquez, José Juan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnobotany of the Mountain Regions of Mexico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-17, 2022, Ethnobotany of Mountain Regions, 978-3-319-77089-5. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-77089-5_32-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La terre et la pluie. Cosmogonie et savoirs amérindiens sur le climat au Mexique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annamaria Lammel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Hémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexis Metzger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acclimatations. Sur le terrain des cultures climatiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.77-95, 2021, Météos, 9791037014658</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une dégustation identitaire ? : les nouveaux 'sens' du chocolat au Mexique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Édouard de Suremain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcilhac, V. (ed.); Tibère, V. (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les goûts du chocolat dans le monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, p. 89-114, 2019, Questions Alimentaires et Gastronomiques, 978-2-343-18423-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rediscovery of native “super-foods” in Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B., Sébastia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eating traditional food. Politics, identity and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.21-47, 2017, 978-1138187009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentarse em uma pequena cidade amazônica: entre a urbanidade, o rio e a floresta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Janine Helfst Leicht Collaço; Filipe Augusto Couto Barbosa; Talita Prado Barbosa Roim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cidades e consumo alimentar. Vol. 2. Tradição e modernidade do comer contemporâneo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universidade Federal de Goiás/ Editora da Imprensa Universitária Digital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-52, 2017, Coleção Diferenças, 978-85-93380-35-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01973930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation des cuisines amérindiennes dans les Amériques: fêtes, foires et festivals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaine Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale de Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tibério M.L.; Marta-Costa A.A.; Pereiro X.; Barros A.; Menezes S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atas do 3er seminario Alimentos e manifestações culturais tradicionais/2° Simpósio internacional Alimentação e cultura: tradição e inovação na produção e consumo de alimentos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vila Real, Universidade de Trás-os-Montes e Alto Douro (UTAD), 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les insectes comestibles en Amérique latine : de nourritures d'Indiens à patrimoine alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Motte-Florac, Elisabeth and Le Gall, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoureux insectes : de l'aliment traditionnel à l'innovation gastronomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUFR ; PUR ; IRD, pp.89-117, 2016, Table des Hommes, 978-2-86906-417-1. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufr.25392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introdução : ensaios sobre a antropologia da alimentação: saberes, dinâmicas e patrimônios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Woortmann, Ellen and Cavignac, Julie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ensaios sobre a Antropologia da alimentação. Saberes, dinâmicas e patrimônios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ABA; EDUFRN, pp.15-28, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabritas en el pueblo, totopos en el Norte. Dinámicas alimentarias y migración en la Mixteca Alta (Oaxaca, México)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Medina, F.X. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alimentación y migraciones en Iberoamérica, Barcelona</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-90, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odeurs et saveurs dans deux sociétés amérindiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gélard, Marie-Luce. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps sensibles. Usages et languages des sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.209-227, 2013, 978-2-8143-0151-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valorizacion del patrimonio cultinario amazonico por la indicaciones geograficas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale de Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia van Velthem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Santilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcelo Álvarez, Xavier Medina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identidades en el plato. El patrimonio cultural alimentario entre Europa y América</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Icaria, pp.97-117, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los efectos de patrimonialización de la cocina mexicana sobre el consumo de insectos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cabirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Patrimonios alimentarios en América Latina, Enfrentar las desigualdades y los cambios globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de los Andes, Sep 2023, Bogota, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El consumo de insectos como marcador de identidades (México y América del Sur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alimentación, identidad y cultura. Perspectivas multidisciplinarias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IIS-UNAM, Mar 2025, México, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Gourmetizados o rechazados? Los insectos en América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alimentación en México y América Latina. En búsqueda de alternativas saludables y sostenibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Veracruzana, Apr 2025, Xalapa (Veracruz), México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consommation d’insectes en Équateur : entre expressions identitaires et pratiques du quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Rebaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Gabriela Zurita-Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des nourritures terrestres en Équateur : Aliments, pratiques alimentaires et identité(s).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’études équatoriennes, Université Paris Nanterre, Mar 2025, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hormigas Atta, un bien biocultural para los habitantes de la región Neotropical</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique A. Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elmo B.A Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo M. Costa Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Congreso Latinoamericano y III Simposio Regional Centroamericano de Etnobiología. Simposio Saberes y prácticas de los usos de los artrópodos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sociedad Latinoamericana de Etnobiología, May 2025, Antigua, Guatemala</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos en México y América del Sur : dietas tradicionales y consumo urbano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coloquio Internacional Alimentación y biocultura desde la multidisciplina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIM-UNAM, Oct 2025, Cuernavaca, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos en sistemas alimentarios de América Latina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIII Congreso Latinoamericano y III Simposio Regional Centroamericano de Etnobiología. Simposio Sistemas alimentarios tradicionales y locales: Perspectivas bioculturales para su estudio, divulgación y conservación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sociedad Latinoamericana de Etnobiología, May 2025, Antigua, Guatemala</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumo de insetos e soberania alimentar no continente americano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminário internacional Culturas alimentares no combate a fome. Mesa redonda Soberania alimentar e povos e comunidades tradicionais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Departamento de Antropologia, Universidade Federal do Rio Grande do Norte, Feb 2024, Natal - Rio Grande do Norte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manger des fourmis : savoirs et patrimoine culinaire invisible au nord-est du Brésil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoines invisibles : processus, formes et narrations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Artois, Arras - Université de Picardie Jules Verne, Amiens, Sep 2024, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiduría ancestral: insectos comestibles para construir sistemas alimentarios sostenibles. El caso de los catzos de los Andes ecuatorianos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaya Carrasco-Torrontegui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayra Colimba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mujeres en la Entomología. Recuento de sus aportes científicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federación de Entomología Latinoamericana/Sociedad Entomológica Ecuatoriana/Academia Entomológica de México, Mar 2024, Quito, Ecuador</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos: de la cocina tradicional a las innovaciones culinarias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pauline Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Mazzetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Ricaud Oneto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congreso Mexicano de Etnobiología. Simposio Saberes ancestrales y sabores actuales del patrimonio culinario de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autónoma del Estado de Morelos, Jun 2024, Cuernavaca, Morelos, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comida de pobre&amp;quot; ou patrimônio ? O consumo das tanajuras no Nordeste do Brasil.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34a Reunião Brasileira de Antropologia. Territórios vivos, corpos plurais. Antropologia e saberes críticos. Grupo de Trabalho 020: Antropologia e Alimentação: interculturalidade, saberes críticos e desafios contemporâneos em contextos de luta por direitos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Associação Brasileira de Antropologia (ABA), Jul 2024, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edible insects in Mexico: past, present and future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos Chavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cabirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Session Animal-human relations in the 21st century. Past, present and future perspectives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18th Congress of the International Society of Ethnobiology,, May 2024, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los insectos comestibles de Morelos: taxonomía y comercialización</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rodríguez Hamilton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro García Florés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Reyes Prado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congreso Mexicano de Etnobiología. Session: Los sistemas productivos tradicionales de Morelos y su aporte a la conservación de recursos alimentarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Autónoma del Estado de Morelos, Jun 2024, Cuernavaca (Morelos), México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insect trade in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Lazos Chavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Goloubinoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando Aguilera-Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Society for Economic Botany and Society of Ethnobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Human and Planetary Health: Everything is Connected. Emory University, Jun 2023, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectos comestibles - Aspectos identitarios de su consumo en Ecuador.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Gabriela Zurita-Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Guachamin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SALSA Biennal Conference. Visions and futures: Amazonia from the roots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad Nacional de Colombia, sede Amazonia, Jul 2023, Leticia, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los insectos comestibles de México, cultivo y comercialización</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Pino Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garcia Florès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congreso internacional de manejo de fauna silvestre de la Amazonia y Latinoamerica. Eje tematico Experiencias de comunidades locales en el manejo de fauna silvestre.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Santa Marta, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insect consumption in a changing world. From past to future in Latin America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect consumption in a changing world. From past to future in Latin America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for Applied Anthropology, Mar 2022, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considerações sobre uso alimentar de formigas (Atta spp., Hymenoptera, Formicidae) em comunidades rurais de municípios semiáridos do estado da Bahia, Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. F. Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. O. Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. S. Miranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congresso Brasileiro de Etnobiologia e Etnoecologia (CBEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNEMAT (Universidade do Estado de Mato Grosso), Jul 2022, Cáceres, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antropoentomofagia, segurança alimentar e a redução da pressão sobre proteínas provenientes de animais de grande porte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. P. A. Arrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII Congresso Brasileiro de Etnobiologia e Etnoecologia (CBEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNEMAT (Universidade do Estado de Mato Grosso), Jul 2022, Cáceres, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formiga é bom pra vista: revisão dos usos populares de formigas Atta spp. no Brasil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eraldo Medeiros Costa Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. S. Carmago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implementing a research network on edible insects to better understand the value chains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Insects to feed the world, Jun 2022, Québec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La consommation d’insectes : de la nourriture traditionnelle aux usages du 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole thématique Sauvegarde de la biodiversité et alimentation des hommes : peut-on les rendre compatibles en Afrique Centrale ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Recherche pour le Développement; AgroParisTech, Mar 2018, Bondy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles tendances dans la consommation des insectes en Amérique latine et en Asie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Insectinov 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Adebiotech/AgroParisTech, Oct 2017, Romainville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las hormigas cortadoras de hojas (Atta spp.) en el municipio de Guadalupe, Santander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando AGUILERA ESPINOSA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataly Forero-Chavez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIV Congreso IUSSI (International Union for the Study of Social Insects)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Bogotá, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food or Pests? User conflicts over leaf-cutter ants (Atta laevigata) in Colombia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Césard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grande conférence de l’Académie des sciences. Insectes : amis, ennemis et modèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policy Brief: Unlocking the values of unseen food species: a cautious approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariadna Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmond Dounias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlène Alpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianna Bonis-Profumo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 4 p. multigr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insectes comestibles du Brésil: Préparation des tanajuras (reines de fourmis Atta laevigata) avant cuisson. Buíque, Pernambuco, Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meule en basalte dite &amp;quot;metate&amp;quot; au Mexique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouette Barboff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne de Pierrebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssine Boukile El</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01379035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId185"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="167D866C"/>
+    <w:nsid w:val="09DC399B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/esther-katz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3620-9327" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059723211" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-4194-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473084v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Simenel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Sabri&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Verdier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Descola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chakrabarty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990521v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Aguilar-Mel&#233;ndez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio V&#225;squez-D&#225;vila" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Katz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Reyna Hern&#225;ndez Colorado" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://libros.uv.mx/index.php/UV/catalog/view/FC278/1087/1179-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.30889" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532323v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cavignac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia Moreira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953523v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reba&#239;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-&#201;douard de Suremain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;l Bilhaut" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Mideros Bastidas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13asc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942051v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Reba&#239;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Bilhaut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13as4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951883v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13as5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Aguilera-Espinosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C&#233;sard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53010/YCMP4466" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jep.2020.113419" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441939v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Isabel Manzanero-Medina" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10102502" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12231-020-09490-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aof.9163" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990490v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990445v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840662v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline H&#233;mond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aof.7503" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02872479v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Emperaire" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Carneiro da Cunha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro W.B. de Almeida" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Hussak van Velthem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2012.0537" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973754v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lopez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fleury" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Miller" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Pay&#234;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5586/asbp.2012.048" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201212v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533233v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Almeida" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5801/ncn.v12i1.282" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360102v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale de Robert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Santilli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cia van Velthem" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044042v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043798v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jatba.1995.3564" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973818v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jatba.1994.3541" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429064v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaya Carrasco-Torrontegui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Gallegos-Riofr&#237;o" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Caranqui-Pintag" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450867v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eraldo Medeiros Costa Neto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jhon C&#233;sar Neita-Moreno" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando AGUILERA ESPINOSA" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia C&#225;rdenas Botero" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuber Andr&#233;s Pacheco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Stoll" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne dos Santos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Valdez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Chambouleyron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maia Bezzera Neto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011971v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Barboza" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007/978-3-319-77089-5_32-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77089-5_32-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991166v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Lammel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Goloubinoff" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536458v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973930v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cegraf.ufg.br/up/688/o/ebook_cidades_consumo2.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845805v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lazos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250845v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Moreira" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fleury" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845814v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.25392" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845815v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845829v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845832v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360107v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia van Velthem" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428839v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cabirol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Pino Moreno" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465792v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465834v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique A. Dias" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmo B.A Koch" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eraldo M. Costa Neto" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465779v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Gabriela Zurita-Benavides" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465867v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465819v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465741v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465587v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lazos Chavero" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cabirol" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465568v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayra Colimba" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465620v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pauline Marie" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mazzetto" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ricaud Oneto" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coqueugniot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465707v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465632v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodr&#237;guez Hamilton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Garc&#237;a Flor&#233;s" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Reyes Prado" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465538v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428661v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428672v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Guachamin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429041v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garcia Flor&#232;s" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428645v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Porto" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. O. Carvalho" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. S. Miranda" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428641v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. P. A. Arrais" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428639v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. Carmago" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428630v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018800v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018776v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465719v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Forero-Chavez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018820v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317303v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Porcher" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Burgos" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Dounias" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arl&#232;ne Alpha" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Bonis-Profumo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472252v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01379035v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouette Barboff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne de Pierrebourg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssine Boukile El" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/esther-katz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3620-9327" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059723211" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-4194-2010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473084v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Simenel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Sabri&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Verdier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Descola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chakrabarty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990521v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Aguilar-Mel&#233;ndez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio V&#225;squez-D&#225;vila" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Katz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Reyna Hern&#225;ndez Colorado" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://libros.uv.mx/index.php/UV/catalog/view/FC278/1087/1179-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.30889" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532323v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cavignac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia Moreira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951883v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reba&#239;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-&#201;douard de Suremain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;l Bilhaut" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Mideros Bastidas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13as5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953523v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13asc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942051v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Reba&#239;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Bilhaut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13as4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Aguilera-Espinosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C&#233;sard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53010/YCMP4466" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jep.2020.113419" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441939v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Isabel Manzanero-Medina" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10102502" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12231-020-09490-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aof.9163" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990490v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990445v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840662v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline H&#233;mond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aof.7503" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02872479v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Emperaire" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Carneiro da Cunha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro W.B. de Almeida" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Hussak van Velthem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2012.0537" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973754v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Lopez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fleury" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Miller" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Pay&#234;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5586/asbp.2012.048" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201212v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533233v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Almeida" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5801/ncn.v12i1.282" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360102v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale de Robert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Santilli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cia van Velthem" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044042v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043798v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jatba.1995.3564" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973818v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jatba.1994.3541" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429064v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaya Carrasco-Torrontegui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Gallegos-Riofr&#237;o" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Caranqui-Pintag" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450867v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eraldo Medeiros Costa Neto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jhon C&#233;sar Neita-Moreno" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando AGUILERA ESPINOSA" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia C&#225;rdenas Botero" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuber Andr&#233;s Pacheco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Stoll" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne dos Santos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Valdez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Chambouleyron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maia Bezzera Neto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011971v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Barboza" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007/978-3-319-77089-5_32-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77089-5_32-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991166v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Lammel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Goloubinoff" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536458v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845805v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lazos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973930v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cegraf.ufg.br/up/688/o/ebook_cidades_consumo2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250845v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Moreira" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fleury" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845814v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.25392" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845815v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845829v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845832v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360107v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia van Velthem" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428839v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cabirol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Pino Moreno" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465792v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465779v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Gabriela Zurita-Benavides" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465834v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique A. Dias" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmo B.A Koch" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eraldo M. Costa Neto" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465867v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465819v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465538v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465741v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreira" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465568v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayra Colimba" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465620v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pauline Marie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mazzetto" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ricaud Oneto" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coqueugniot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465707v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465587v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lazos Chavero" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cabirol" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465632v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodr&#237;guez Hamilton" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Garc&#237;a Flor&#233;s" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Reyes Prado" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428661v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428672v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Guachamin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429041v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garcia Flor&#232;s" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428630v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428645v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Porto" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. O. Carvalho" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. S. Miranda" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428641v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. P. A. Arrais" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428639v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. Carmago" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018800v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018776v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465719v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Forero-Chavez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018820v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317303v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Porcher" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Burgos" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Dounias" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arl&#232;ne Alpha" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Bonis-Profumo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472252v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01379035v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouette Barboff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne de Pierrebourg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssine Boukile El" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>