--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -190,399 +190,399 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mechanical properties of solid sulfur electrolytes: a local approach for a multiscale design</w:t>
+                <w:t xml:space="preserve">Mechanical Dissipation in Random Fiberglass Networks under Small Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kethsovann Var</w:t>
+                <w:t xml:space="preserve">Gregoire Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiane Maiza</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catalin R Picu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2026.239292⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2026.113854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05481169v1</w:t>
+                <w:t xml:space="preserve">hal-05462655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Dissipation in Random Fiberglass Networks under Small Strains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The mechanical properties of solid sulfur electrolytes: a local approach for a multiscale design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kethsovann Var</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Maiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregoire Markey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">David Sicsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalin R Picu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Damien Bregiroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 668, pp.239292. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2026.113854⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2026.239292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05462655v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The origin of high adherence in PSA foam tapes</w:t>
+                <w:t xml:space="preserve">Receding contact line dynamics on superhydrophobic surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Fleury</w:t>
+                <w:t xml:space="preserve">Lorenzo Betti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Bresson</w:t>
+                <w:t xml:space="preserve">Jordy Queiros Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chung Yuen Hui</w:t>
+                <w:t xml:space="preserve">Amandine Lechantre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Desnoux</w:t>
+                <w:t xml:space="preserve">Léa Cailly-Brandstater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costantino Creton</w:t>
+                <w:t xml:space="preserve">Sarra Nouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (2), pp.024003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5SM00518C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.10.024003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05342168v1</w:t>
+                <w:t xml:space="preserve">hal-05235078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indentation stress fields in brittle materials: A micro-photoelastic investigation in silicate glasses</w:t>
               </w:r>
@@ -696,429 +696,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05038745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Receding contact line dynamics on superhydrophobic surfaces</w:t>
+                <w:t xml:space="preserve">Electric charges as an apparent governing parameter for electron induced stress relaxation in amorphous silica micropillars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Betti</w:t>
+                <w:t xml:space="preserve">Morgan Rusinowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordy Queiros Campos</w:t>
+                <w:t xml:space="preserve">Sergio Sao Joao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Lechantre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sarra Nouma</w:t>
+                <w:t xml:space="preserve">Gustavo Rosales-Sosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshinari Kato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.10.024003⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 261, pp.116628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2025.116628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05235078v1</w:t>
+                <w:t xml:space="preserve">emse-04973875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial fracture in soft solids -how geometry and viscoplasticity make crack fronts unstable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Corbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fourton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Corbel</w:t>
+                <w:t xml:space="preserve">Paul Elzière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Fourton</w:t>
+                <w:t xml:space="preserve">Keyvan Piroird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ciccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 196, pp.105979. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmps.2024.105979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05038947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric charges as an apparent governing parameter for electron induced stress relaxation in amorphous silica micropillars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The origin of high adherence in PSA foam tapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Rusinowicz</w:t>
+                <w:t xml:space="preserve">Chung Yuen Hui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Sao Joao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Bourguignon</w:t>
+                <w:t xml:space="preserve">Eric Desnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Rosales-Sosa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yoshinari Kato</w:t>
+                <w:t xml:space="preserve">Costantino Creton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 261, pp.116628. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2025.116628⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5SM00518C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04973875v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05342168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The linear viscoelastic fracture theory applies to soft solids better when they are…viscoelastic</w:t>
               </w:r>
@@ -1195,51 +1195,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mechanical properties of lipid nanoparticles depend on the type of biomacromolecule they are loaded with</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixtine de Chateauneuf Randon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1968,702 +1968,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03805316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion rupture in laminated glass: influence of adhesion on the energy dissipation mechanisms</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Indentation cracking in silicate glasses is directed by shear flow, not by densification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Keryvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Rosales-Sosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glass Structures &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40940-020-00136-4⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 194, pp.473-481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03007370v1</w:t>
+                <w:t xml:space="preserve">hal-02861295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indentation cracking in silicate glasses is directed by shear flow, not by densification</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Highlighting the impact of shear strain on the SiO 2 glass structure: From experiments to atomistic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Heili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Kermouche</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.05.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 533, pp.119898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2020.119898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02861295v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02869331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting the impact of shear strain on the SiO 2 glass structure: From experiments to atomistic simulations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adhesion rupture in laminated glass: influence of adhesion on the energy dissipation mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fourton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyvan Piroird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Ciccotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 533, pp.119898. </w:t>
+              <w:t xml:space="preserve">Glass Structures &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (3), pp.397-410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2020.119898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40940-020-00136-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02869331v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03007370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction between Compliant Surfaces: How Soft Surfaces Can Reduce Friction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Platform for Gravitational Microfluidic Using Ferrofluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Bolteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Vialar</w:t>
+                <w:t xml:space="preserve">Kevin dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Merzeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">Frédéric Gélébart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Giasson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02384⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 35 (28), pp.9133-9138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b03423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02383883v1</w:t>
+                <w:t xml:space="preserve">hal-02322388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Platform for Gravitational Microfluidic Using Ferrofluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Blandine Bolteau</w:t>
+                <w:t xml:space="preserve">Interaction between Compliant Surfaces: How Soft Surfaces Can Reduce Friction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vialar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin dos Santos</w:t>
+                <w:t xml:space="preserve">Pascal Merzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gélébart</w:t>
+                <w:t xml:space="preserve">Suzanne Giasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Gomes</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carlos Drummond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 35 (28), pp.9133-9138. </w:t>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.8b03423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02322388v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02383883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supramolecular structure for large strain dissipation and outstanding impact resistance in Polyvinylbutyral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Elzière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fourton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demassieux Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2734,420 +2734,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02360676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of water diffusion in deposited silicon oxides on direct bonding of hydrophilic surfaces</w:t>
+                <w:t xml:space="preserve">Nonlinear Viscoelastic Modeling of Adhesive Failure for Polyacrylate Pressure-Sensitive Adhesives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Desomberg</w:t>
+                <w:t xml:space="preserve">Julien Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">Richard Villey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Moriceau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Barthel</w:t>
+                <w:t xml:space="preserve">David J. Yarusso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Creton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsystem Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (21), pp.8605-8610</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01821482v1</w:t>
+                <w:t xml:space="preserve">hal-01943483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Viscoelastic Modeling of Adhesive Failure for Polyacrylate Pressure-Sensitive Adhesives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Villey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David J. Yarusso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Creton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 51 (21), pp.8605-8610. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.8b01374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01942075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Viscoelastic Modeling of Adhesive Failure for Polyacrylate Pressure-Sensitive Adhesives</w:t>
+                <w:t xml:space="preserve">Influence of water diffusion in deposited silicon oxides on direct bonding of hydrophilic surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Chopin</w:t>
+                <w:t xml:space="preserve">J. Desomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Villey</w:t>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David J. Yarusso</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Costantino Creton</w:t>
+                <w:t xml:space="preserve">Hubert Moriceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Roule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microsystem Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (1), pp.801-808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00542-017-3527-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943483v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01821482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress in thin films and coatings: Current status, challenges, and prospects</w:t>
               </w:r>
@@ -3261,724 +3261,724 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01942286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large strain viscoelastic dissipation during interfacial rupture in laminated glass</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From telephone cords to branched buckles: A phase diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Dalle-Ferrier</w:t>
+                <w:t xml:space="preserve">Jean-Yvon Faou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Grachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matteo Ciccotti</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Parry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6SM02785G⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 125, pp.524 - 531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.12.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01441719v1</w:t>
+                <w:t xml:space="preserve">hal-01447459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From telephone cords to branched buckles: A phase diagram</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey Grachev</w:t>
+                <w:t xml:space="preserve">Plastic response of amorphous silicates, from atomistic simulations to experiments – A general constitutive relation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Parry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.12.025⟩</w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2017.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01447459v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastic response of amorphous silicates, from atomistic simulations to experiments – A general constitutive relation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+                <w:t xml:space="preserve">Large strain viscoelastic dissipation during interfacial rupture in laminated glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Elzière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dalle-Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Creton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Ciccotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 114, pp.1-8. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13, pp.1624-1633 </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2017.07.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C6SM02785G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02132502v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pressure on plastic yield in amorphous solids with open structure</w:t>
+                <w:t xml:space="preserve">Tribologie des verres silicatés - Frottement et endommagement superficiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mantisi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Tanguy</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Guin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Sciences et technologies du verre, TIB573DUO. (tri4575)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01394099v1</w:t>
+                <w:t xml:space="preserve">hal-02327821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wetting against the nap -- how asperity inclination determines unidirectional spreading</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">Impact of pressure on plastic yield in amorphous solids with open structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mantisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6SM00523C⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.33001 - 33001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.033001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336885v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tribologie des verres silicatés - Frottement et endommagement superficiel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Guin</w:t>
+                <w:t xml:space="preserve">Wetting against the nap -- how asperity inclination determines unidirectional spreading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Contraires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Søndergård</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l'Ingénieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12, pp.6067-6072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6SM00523C⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02327821v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01336885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Densification dependent yield criteria for sodium silicate glasses - An atomistic simulation approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3986,51 +3986,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Kermouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 111, pp.129-137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4064,51 +4064,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perfectly plastic flow in silica glass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guillonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4188,382 +4188,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01393682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telephone cord buckles—A relation between wavelength and adhesion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sergey Grachev</w:t>
+                <w:t xml:space="preserve">Surface Fraction Dependence of Contact Angles Induced by Kinks in the Triple Line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Rivetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2014.11.008⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115, pp.016101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.016101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01099837v1</w:t>
+                <w:t xml:space="preserve">hal-01184918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of soda-lime glasses using non-negative matrix factor deconvolution of Raman spectra</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ekaterina Burov</w:t>
+                <w:t xml:space="preserve">Telephone cord buckles—A relation between wavelength and adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yvon Faou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Grachev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2015.08.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 75, pp.93 - 103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2014.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191795v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01099837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Fraction Dependence of Contact Angles Induced by Kinks in the Triple Line</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of soda-lime glasses using non-negative matrix factor deconvolution of Raman spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Woelffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Claireaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J. Toplis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Rivetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+                <w:t xml:space="preserve">Ekaterina Burov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 115, pp.016101. </w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 428, pp.121-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.016101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2015.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01184918v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology, Nanocrystallinity, and Elastic Properties of Single Domain ε-Co Supracrystals</w:t>
               </w:r>
@@ -4830,51 +4830,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Size Effects on Textured Surfaces: Recovering Contact Angles from Vagarious Drop Edges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rivetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4928,4217 +4928,4217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00988827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite size effects on crack front pinning at heterogeneous planar interfaces: Experimental, finite elements and perturbation approaches</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lina Alzate</w:t>
+                <w:t xml:space="preserve">Role of kinks in the dynamics of contact lines receding on superhydrophobic surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Rivetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110, pp.046101</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01904323v1</w:t>
+                <w:t xml:space="preserve">hal-00771656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact Interaction of Double-Chained Surfactant Layers on Silica: Bilayer Rupture and Capillary Bridge Formation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Superhydrophobic silica surfaces: fabrication and stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Dubov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Perez-Toralla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Letailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/la403044x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (12), pp.125013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/23/12/125013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00911295v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ Brillouin study of sodium alumino silicate glasses under pressure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Martinet</w:t>
+                <w:t xml:space="preserve">Percolation transition in the porous structure of latex-templated silica monoliths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Brunet-Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bourgeat-Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Boilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4818335⟩</w:t>
+              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 172, pp.146-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2012.12.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02108413v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00773537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superhydrophobic silica surfaces: fabrication and stability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Teisseire</w:t>
+                <w:t xml:space="preserve">Stress tuning in sputter-deposited MoOx films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yvon Faou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Y. Grachev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/23/12/125013⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 527, pp.222-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2012.11.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00903577v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of kinks in the dynamics of contact lines receding on superhydrophobic surfaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+                <w:t xml:space="preserve">Real-time monitoring of nanoparticle film growth at high deposition rate with optical spectroscopy of plasmon resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco De Grazia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Søndergård</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lazzari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (37), pp.375305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/46/37/375305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00771656v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress tuning in sputter-deposited MoOx films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yvon Faou</w:t>
+                <w:t xml:space="preserve">Finite size effects on crack front pinning at heterogeneous planar interfaces: Experimental, finite elements and perturbation approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Patinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Alzate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2012.11.053⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (2), pp.311-324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2012.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759953v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01904323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Percolation transition in the porous structure of latex-templated silica monoliths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contact Interaction of Double-Chained Surfactant Layers on Silica: Bilayer Rupture and Capillary Bridge Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Roquigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Guillemot</w:t>
+                <w:t xml:space="preserve">Laurence Serreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Brunet-Bruneau</w:t>
+                <w:t xml:space="preserve">Renaud Denoyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Bourgeat-Lami</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">Marianne Clerc-Imperor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2012.12.045⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29, pp. 14473−14481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la403044x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00773537v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time monitoring of nanoparticle film growth at high deposition rate with optical spectroscopy of plasmon resonances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergey Grachev</w:t>
+                <w:t xml:space="preserve">In situ Brillouin study of sodium alumino silicate glasses under pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco De Grazia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elin Søndergård</w:t>
+                <w:t xml:space="preserve">D. de Ligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Lazzari</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Mermet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Champagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 46 (37), pp.375305. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 139 (7), pp.074501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/46/37/375305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4818335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00876951v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic response of a model silica glass under shear and pressure</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">E. Barthel</w:t>
+                <w:t xml:space="preserve">Adhesive contact: a few comments on cohesive zone models and self-consistency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjb/e2012-30317-6⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 88, pp.55-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00218464.2011.611057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00731348v1</w:t>
+                <w:t xml:space="preserve">hal-00594627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slip dynamics at a patterned rubber/glass interface during stick-slip motions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoindentation Measurements of Biomechanical Properties in Mature and Newly Formed Bone Tissue Surrounding an Implant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Soffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.C. Audry</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Anagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/i2012-12083-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 134 (2), pp.021007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.40059811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731424v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00743684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastic deformation and residual stresses in amorphous silica pillars under uniaxial loading</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Structure and Organic-Inorganic Phase Interactions on Coating Mechanical Properties in the Ternary Goethite:Poly(HEMA):Silica System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Lacroix</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Corinne Chanéac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cassaignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2012.07.016⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (SI), pp.2675-2683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201290050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00746956v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00743665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Structure and Organic-Inorganic Phase Interactions on Coating Mechanical Properties in the Ternary Goethite:Poly(HEMA):Silica System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Rozes</w:t>
+                <w:t xml:space="preserve">Mode III cleavage of a coin-shaped titanium implant in bone: effect of friction and crack propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Dalmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Chanéac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Éric Le Bourhis</w:t>
+                <w:t xml:space="preserve">Emmanuel Soffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201290050⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8, pp.197-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2011.12.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00743665v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00666072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoindentation Measurements of Biomechanical Properties in Mature and Newly Formed Bone Tissue Surrounding an Implant</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Does Adhesion Induce the Formation of Telephone Cord Buckles?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yvon Faou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.40059811⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 108 (11), pp.116102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.108.116102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00743684v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mode III cleavage of a coin-shaped titanium implant in bone: effect of friction and crack propagation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Vayron</w:t>
+                <w:t xml:space="preserve">All-silica nanofluidic devices for DNA-analysis fabricated by imprint of sol-gel silica with silicon stamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morten Bo Mikkelsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban A. Letailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sondergard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Soffer</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2011.12.012⟩</w:t>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (2), pp.262-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c1lc20689c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666072v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00642053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Does Adhesion Induce the Formation of Telephone Cord Buckles?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Positron annihilation in latex templated macroporous silica films: pore size and ortho-positronium escape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Liszkay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Corbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Boilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gacoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.108.116102⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14, pp.065009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/14/6/065009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00686876v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00695634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive contact: a few comments on cohesive zone models and self-consistency</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Micro-pillar testing of amorphous silica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chomienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Queste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00218464.2011.611057⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Applied Glass Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (1), pp.36-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2041-1294.2011.00075.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00594627v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00677258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-silica nanofluidic devices for DNA-analysis fabricated by imprint of sol-gel silica with silicon stamp</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical stability under sliding contact of thin silver film embedded in brittle multilayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab on a Chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c1lc20689c⟩</w:t>
+              <w:t xml:space="preserve">Wear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 276-277, pp.111-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wear.2011.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00642053v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00695586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positron annihilation in latex templated macroporous silica films: pore size and ortho-positronium escape</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elastic Instability and Contact Angles on Hydrophobic Surfaces with Periodic Textures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Dubov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 97, pp.26003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/095-5075/97/97/26003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/14/6/065009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00695634v1</w:t>
+                <w:t xml:space="preserve">hal-00649142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-pillar testing of amorphous silica</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atomistic response of a model silica glass under shear and pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Chomienne</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
+                <w:t xml:space="preserve">B. Mantisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Glass Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 3 (1), pp.36-43. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 85 (9), pp.85:304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.2041-1294.2011.00075.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2012-30317-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00677258v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00731348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic Instability and Contact Angles on Hydrophobic Surfaces with Periodic Textures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.L. Dubov</w:t>
+                <w:t xml:space="preserve">Slip dynamics at a patterned rubber/glass interface during stick-slip motions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Audry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Frétigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chateauminois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/095-5075/97/97/26003⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35, pp.83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2012-12083-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00649142v1</w:t>
+                <w:t xml:space="preserve">hal-00731424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical stability under sliding contact of thin silver film embedded in brittle multilayer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zhen Zhang</w:t>
+                <w:t xml:space="preserve">Plastic deformation and residual stresses in amorphous silica pillars under uniaxial loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Dalmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wear</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wear.2011.12.016⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (15), pp.5555-5566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2012.07.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00695586v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00746956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement and flow dynamics in thin polymer films for nanoimprint lithography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sol-Gel Derived Hybrid Thin Films: The Chemistry behind Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Revaux</w:t>
+                <w:t xml:space="preserve">A.A. Letailleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Foresti</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Ribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Boissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3535614⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 23 (22), pp.5082-5089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm202755g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00553474v1</w:t>
+                <w:t xml:space="preserve">hal-00647024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Efficiency White Luminescence of Alumina doped ZnO</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Komla Nomenyo</w:t>
+                <w:t xml:space="preserve">Variation of biomechanical properties of newly formed bone tissue determined by nanoindentation as a function of healing time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Soffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Anagnostou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Luminescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jlumin.2011.06.044⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14 (?), pp.139--140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2011.593770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00602889v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00692855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the plastic deformation of soda-lime glass - a Cr3+ luminescence study of densification</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+                <w:t xml:space="preserve">Glass strengthening by polymeric coatings: combined effect of mechanical properties and confinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lohou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786435.2010.491808⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 170 (2), pp.115-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-011-9606-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00495337v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation of biomechanical properties of newly formed bone tissue determined by nanoindentation as a function of healing time</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Anagnostou</w:t>
+                <w:t xml:space="preserve">Surface pressure and shear stress fields within a frictional contact on rubber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toan Nguyen Danh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierdomenico Paolino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Audry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chateauminois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2011.593770⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 87 (3), pp.235-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00218464.2011.557340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00692855v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00594624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sol-Gel Derived Hybrid Thin Films: The Chemistry behind Processing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Ribot</w:t>
+                <w:t xml:space="preserve">High order symmetry interference lithography based nanoimprint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban A. Letailleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Boissière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+                <w:t xml:space="preserve">Komla Nomenyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mc Murtry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Sondergard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm202755g⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109, pp.016104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3530729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00647024v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00554697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass strengthening by polymeric coatings: combined effect of mechanical properties and confinement</w:t>
+                <w:t xml:space="preserve">Confinement and flow dynamics in thin polymer films for nanoimprint lithography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. da Silva</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Revaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Foresti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-011-9606-x⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 98, pp.013106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3535614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00640056v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface pressure and shear stress fields within a frictional contact on rubber</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the plastic deformation of soda-lime glass - a Cr3+ luminescence study of densification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierdomenico Paolino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.C. Audry</w:t>
+                <w:t xml:space="preserve">Antoine Perriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Chateauminois</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gilles Querel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 87 (3), pp.235-250. </w:t>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 91 (7-9), pp.1245-1255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00218464.2011.557340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2010.491808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00594624v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00495337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High order symmetry interference lithography based nanoimprint</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+                <w:t xml:space="preserve">High Efficiency White Luminescence of Alumina doped ZnO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban A. Letailleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Yu Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Sondergard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komla Nomenyo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elin Sondergard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 109, pp.016104. </w:t>
+              <w:t xml:space="preserve">Journal of Luminescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 131 (12), pp.2646-2651. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3530729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jlumin.2011.06.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554697v1</w:t>
+                <w:t xml:space="preserve">hal-00602889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behavior of stiff coating on glass under sliding contact</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zhen Zhang</w:t>
+                <w:t xml:space="preserve">Latex-Templated Silica Films: Tailoring Porosity to Get a Stable Low-Refractive Index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brunet-Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bourgeat-Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gacoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wear</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wear.2010.04.016⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (9), pp.2822-2828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm903754k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00533819v1</w:t>
+                <w:t xml:space="preserve">hal-00483824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Film formation mechanism in glass lubrication by polymer latex dispersions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezel Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Hamidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Villalobos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 518 (6), pp.1689-1697, TSF-26981. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tsf.2009.11.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00444094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latex-Templated Silica Films: Tailoring Porosity to Get a Stable Low-Refractive Index</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-throughput optimization of adhesion in multilayers by superlayer gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.Y. Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Melich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Kamminga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sondergard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm903754k⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 518 (21), pp.6052-6054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2010.06.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00483824v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00533225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput optimization of adhesion in multilayers by superlayer gradients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Sondergard</w:t>
+                <w:t xml:space="preserve">Mechanical behavior of stiff coating on glass under sliding contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Wear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 269 (5-6), pp.351-361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wear.2010.04.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2010.06.049⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00533225v1</w:t>
+                <w:t xml:space="preserve">hal-00533819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray diffraction study of thermal stress relaxation in ZnO films deposited by magnetron sputtering</w:t>
               </w:r>
@@ -9150,51 +9150,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Krauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9322,51 +9322,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elin Sondergard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.10.1021/cm100285b. </w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9439,64 +9439,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. O. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Goudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Sondergard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 518 (18), pp.5237 - 5241. </w:t>
@@ -9540,1461 +9540,1461 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultraviolet Irradiation Suppresses Adhesion on TiO2</w:t>
+                <w:t xml:space="preserve">Self-sustained etch masking: a new concept to initiate the formation of nanopatterns during ion erosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Jribi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Barthel</w:t>
+                <w:t xml:space="preserve">Sébastien Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bluhm</w:t>
+                <w:t xml:space="preserve">Nathalie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Grunze</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Lelarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Sondergard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 106 (9), pp.094308</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00502936v1</w:t>
+                <w:t xml:space="preserve">hal-00499399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Do Silanes Affect the Lubricating Properties of Cationic Double Chain Surfactant on Silica Surfaces ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Serreau</w:t>
+                <w:t xml:space="preserve">Assessment of Microelastic Properties of Bone Using Scanning Acoustic Microscopy: A Face-to-Face Comparison with Nanoindentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Rupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amena Saïed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Dalmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Heitz</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francoise Peyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Haupert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.178</w:t>
+              <w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 48 (7), pp.07GK01</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00379275v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption and onset of lubrication by a double-chained cationic surfactant on silica surfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Serreau</w:t>
+                <w:t xml:space="preserve">How Do Silanes Affect the Lubricating Properties of Cationic Double Chain Surfactant on Silica Surfaces ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Serreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Beauvais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Heitz</w:t>
+                <w:t xml:space="preserve">Caroline Heitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 332, pp.382-388. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, pp.178</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00379302v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00379275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-sustained etch masking: a new concept to initiate the formation of nanopatterns during ion erosion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adsorption and onset of lubrication by a double-chained cationic surfactant on silica surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Serreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Le Roy</w:t>
+                <w:t xml:space="preserve">C. Heitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elin Sondergard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 332, pp.382-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2008.12.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00499399v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00379302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Microelastic Properties of Bone Using Scanning Acoustic Microscopy: A Face-to-Face Comparison with Nanoindentation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adhesive contact of elastomers: effective adhesion energy and creep function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Frétigny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 42, pp.195302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/42/19/195302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002094v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00439466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive contact of elastomers: effective adhesion energy and creep function</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Frétigny</w:t>
+                <w:t xml:space="preserve">Crack front pinning by design in planar heterogeneous interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vandembroucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/42/19/195302⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 57 (3), pp.446-457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2008.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00439466v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00505002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack front pinning by design in planar heterogeneous interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Dalmas</w:t>
+                <w:t xml:space="preserve">Silica Sol-gel NanoImprint Resist: a simple route to sequential patterning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Peroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Vandembroucq</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sondergard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21 (5), pp.555-558</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00505002v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00504481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silica Sol-gel NanoImprint Resist: a simple route to sequential patterning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultraviolet Irradiation Suppresses Adhesion on TiO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bluhm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grunze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Peroz</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Koelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 113 (19), pp.8273-8277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp809607b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00504481v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00502936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scanning thermal microscopy and Raman analysis of bulk fused silica exposed to low-energy femtosecond laser pulses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Bado</w:t>
+                <w:t xml:space="preserve">Adhesive elastic contacts -- JKR and more</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 41, pp.163001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/41/16/163001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00505004v1</w:t>
+                <w:t xml:space="preserve">hal-00256886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive elastic contacts -- JKR and more</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">Scanning thermal microscopy and Raman analysis of bulk fused silica exposed to low-energy femtosecond laser pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bellouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dugan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 24 (16), pp.19520-19534</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00256886v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00505004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density hardening plasticity and mechanical aging of silica glass under pressure: A Raman spectroscopic study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Deschamps</w:t>
+                <w:t xml:space="preserve">Structure and mechanical properties of mesostructured functional hybrid coatings based on anisotropic nanoparticles dispersed in poly(hydroxylethyl methacrylate).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rozes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Chanéac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cassaignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Coussa</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">E. Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20, pp.4602-4611</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00258599v3</w:t>
+                <w:t xml:space="preserve">hal-00348236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and mechanical properties of mesostructured functional hybrid coatings based on anisotropic nanoparticles dispersed in poly(hydroxylethyl methacrylate).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Le Bourhis</w:t>
+                <w:t xml:space="preserve">Density hardening plasticity and mechanical aging of silica glass under pressure: A Raman spectroscopic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Coussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Perriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20, pp.485221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/20/48/485221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00348236v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00258599v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical modeling of indentation-induced densification in amorphous silica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Kermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vandembroucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dubujet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11108,191 +11108,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00718874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive Contact to a Coated Elastic Substrate</w:t>
+                <w:t xml:space="preserve">Adhesive contact of a compliant sphere to an elastic coated substrate: the thin film limit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Perriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 40, pp.1059-1067</w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 83, pp.729</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00124782v1</w:t>
+                <w:t xml:space="preserve">hal-00138106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glass nanostructures fabricated by soft thermal nanoimprint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Peroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Heitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Goletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elin Sondergard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vacuum Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 25, pp.L 27-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11311,96 +11298,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00292810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive contact of a compliant sphere to an elastic coated substrate: the thin film limit</w:t>
+                <w:t xml:space="preserve">Adhesive Contact to a Coated Elastic Substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Perriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 83, pp.729</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 40, pp.1059-1067</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00138106v1</w:t>
+                <w:t xml:space="preserve">hal-00124782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An approximate model for the adhesive contact of rough viscoelastic surfaces</w:t>
               </w:r>
@@ -11462,367 +11462,367 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00169794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-condensation and particle growth in aqueous silane mixtures at low concentration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Heitz</w:t>
+                <w:t xml:space="preserve">Mechanical properties of mesoporous silica thin films : effect on the surfactant removal processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Laurent</w:t>
+                <w:t xml:space="preserve">M. Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Briard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Barthel</w:t>
+                <w:t xml:space="preserve">V. Rouessac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2005.12.011⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 495, pp.210-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2005.08.260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896459v1</w:t>
+                <w:t xml:space="preserve">hal-00080017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of mesoporous silica thin films : effect on the surfactant removal processes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Klotz</w:t>
+                <w:t xml:space="preserve">Cross-condensation and particle growth in aqueous silane mixtures at low concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Heitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Rouessac</w:t>
+                <w:t xml:space="preserve">Guillaume Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ayral</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Barthel</w:t>
+                <w:t xml:space="preserve">R. Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 495, pp.210-213. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 298 (1), pp.192 - 201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2005.08.260⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2005.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00080017v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raman microspectroscopic characterization of amorphous silica plastic behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Grosvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Champagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11886,77 +11886,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic contact to nearly incompressible coatings -- Stiffness enhancement and elastic pile-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chateauminois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 86 (33-35), pp.5359-5369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12003,64 +12003,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the mechanical properties of thin films mechanically confined within contacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gacoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chateauminois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Perriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12133,77 +12133,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic contact to nearly incompressible coatings - Stiffness enhancement and elastic pile-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chateauminois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 86 (33-35), pp.5359-5369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12250,51 +12250,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crack Bridging Mechanism for Glass Strengthening by Organosilane Water-Based Coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Heitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12354,90 +12354,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mechanics of glass and functionalised glass surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dalmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Verre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 11-4, pp.15-24</w:t>
@@ -12574,51 +12574,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic contact to a coated half-space - Effective elastic modulus and real penetration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13390,98 +13390,3730 @@
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00246809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Receding contact line dynamics on superhydrophobic surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Noblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Betti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fresnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droplets 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Liège (Belgique), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hemiwicking : Revisiting the Dynamic of Viscous Liquid in Elastic Pillar Arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fresnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Nouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Noblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DROPLETS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Liège (Belgique), Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05315662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic wetting of a liquid film in a vertical hydrophobic tube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Hayoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lequeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Verneuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pigeonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">69th Annual Meeting of the APS Division of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Portland, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plastic deformation of Na-aluminosilicate glasses under micro and nano-indentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera Pukhkaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Heili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the plastic response of amorphous silica, a multiscale approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Mantisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaylord Guillonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi des propriétés biomécaniques de l’os néoformé au voisinage d’un implant en titane par diffusion micro Brillouin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Matsukawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Tsubota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12ème Congrès Français d’acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude expérimentale et numérique du piégeage d'un front de fissure par une interface texturée.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Alzate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Patinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude des propriétés biomécaniques de l'os autour d’un implant par nanoindentation en fonction du temps de cicatrisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Soffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fani Anagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIIèmes Journées Scientifiques du Groupe d’Acoustique Physique Sous-marine et Ultra-Sonore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05226634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation of biomechanical properties of newly formed bone tissue determined by nanoindentation as a function of healing time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E Soffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20ème Congrés Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01168028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation des propriétés biomécaniques de l'os néoformé déterminées par nanoindentation en fonction du temps de cicatrisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Soffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fani Anagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi et caractérisation des propriétés biomécaniques de l’os néoformé au voisinage d’un implant par nanoindentation et diffusion micro Brillouin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vayron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Fukui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mami Matsukawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kawabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Signal et Image en Acoustique Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Créteil, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05226626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latex-templated porous silica films for antireflective applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brunet-Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bourgeat-Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gacoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photonics for Solar Energy Systems III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Unknown, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.853514⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanostructuration by nanoimprint lithography of hybrid silica coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Letailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Boissiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanoimprint and Nanoprint Technology (NNT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structuration par nanoimpression de couches sol-gel hybrides pour l'extraction de lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Letailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Boissiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Journées de la Matière Condensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Troyes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forte luminescence de couches de ZnO:Al par recuit thermique rapide à haute température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Letailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Sondergard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Journées de la Matière Condensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Troyes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Light extraction study on quantum dots embedded in nanoimprinted silica matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Letailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Richardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ribot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Boissiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanoimprint and Nanoprint Technology (NNT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02526421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-Throughput Optimization of Adhesion in Multilayers by Superlayer Gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraly Cuminatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sondergard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Research Society Fall Meeting 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Boston, United States. pp.1224-FF10-22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/PROC-1224-FF10-22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00477593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propriétés tribologiques des revêtements fonctionnels sur verres silicatés - Interfaces et architectures des revêtements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Heitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observation directe et analyse de la morphologie d'un front de fracture piégé dans une interface hétérogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renforcement du verre par revêtement polymérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lohou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relaxation visqueuse en géométrie confinée de nanostructures embossées dans du PMMA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Revaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Sarrant-Foresti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mécanismes d'endommagement d'empilements optiques de faible adhésion sous contact glissant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contact of rough viscoelastic surfaces in presence of adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chateauminois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11ème journées de la matière condensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhesive contact to rough viscoelastic surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th Annual Meeting of The Adhesion Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2007, Tampa, FL, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation numérique de la densification par indentation des verres silicatés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dubujet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2007, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet de l'adhésion et du frottement sur la rayabilité de couches minces déposées sur verre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Dirk Kamminga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piégeage d'une fissure interfaciale par structuration d'un empilement multicouche magnétron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03362124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation du comportement mécanique des verres silicatés à l'échelle micronique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vandembroucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Dubujet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03362452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhesive contact of viscoelastic spheres : a hand-waving approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adhesion Society Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2003, Myrthle Beahc, South Carolina, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contact adhésif viscoélastique de sphères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Phan Huy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matériau 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01656045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhérence d’aspérités viscoélastiques: un modèle minimal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matériau 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The adhesive contact of viscoelastic spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Haiat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adhesion Society Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2001, Williamsbourg, Virginia, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droplet Moving On Tilted Pillar Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Fresnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13510,3689 +17142,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DROPLETS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Liege/Belgium, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05315680v1</w:t>
-              </w:r>
-[...3630 lines deleted...]
-                <w:t xml:space="preserve">hal-01649353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidéo (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -17223,51 +17223,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droplet of water marching on a tilted superhydrophobic surface, under the periodic activation of elastic magnetic pillars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Bolteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17470,51 +17470,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elin Sondergard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17716,51 +17716,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4879E7A1"/>
+    <w:nsid w:val="323D464D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17947,51 +17947,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-barthel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9797-1908" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135564425" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481169v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kethsovann Var" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barthel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Maiza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sicsic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bregiroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2026.239292" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462655v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Markey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin R Picu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2026.113854" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342168v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fleury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Yuen Hui" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desnoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SM00518C" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038745v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Alberto Rosales-Sosa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinari Kato" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bourguignon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Yamada" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.120973" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235078v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Betti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Queiros Campos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lechantre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cailly-Brandstater" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Nouma" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.10.024003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038947v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Corbel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fourton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Elzi&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Piroird" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105979" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04973875v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Rusinowicz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Sao Joao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Rosales-Sosa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.116628" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630872v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2023.0561" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550036v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine de Chateauneuf Randon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ripoll" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR06543J" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409245v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Berthelot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Romeo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dagany" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deschamps" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Herry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2024.123058" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217557v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Godefroid" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Marcellan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouttes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Monteux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM00533J" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237965v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Bolteau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gelebart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Teisseire" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fresnais" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c05734" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725673v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deschamps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Champagnon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moln&#225;r" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barthel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.224206" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hayoun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Letailleur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teisseire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lequeux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Verneuil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.064002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007370v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40940-020-00136-4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861295v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Keryvin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kermouche" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.05.011" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869331v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martinet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Heili" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Martinez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2020.119898" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383883v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vialar" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Merzeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Giasson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Drummond" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02384" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322388v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin dos Santos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gomes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b03423" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demassieux Quentin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chennevi&#232;re" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Dalle-Ferrier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01277" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01821482v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desomberg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fournel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moriceau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roule" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3527-1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942075v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chopin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Villey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Yarusso" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b01374" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01943483v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942286v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Abadias" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chason" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Keckes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sebastiani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Thompson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5011790" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441719v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dalle-Ferrier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM02785G" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447459v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yvon Faou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Grachev" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.12.025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132502v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.07.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394099v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mantisi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kermouche" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tanguy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.033001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01336885v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Contraires" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin S&#248;nderg&#229;rd" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM00523C" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327821v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353610v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tanguy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.03.053" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393682v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guillonneau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.05.027" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099837v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.11.008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01191795v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Woelffel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Claireaux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Toplis" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Burov" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2015.08.016" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184918v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rivetti" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.016101" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473178v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Gauvin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Arfaoui" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Yang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b00358" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813372v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vayron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mami Matsukawa" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryo Tsubota" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathieu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/59/6/1389" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988827v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gauthier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403744b" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904323v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Patinet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Alzate" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Dalmas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vandembroucq" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2012.10.012" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911295v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Roquigny" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serreau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Denoyel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Clerc-Imperor" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403044x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108413v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sonneville" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. de Ligny" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mermet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818335" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903577v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Dubov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perez-Toralla" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/23/12/125013" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771656v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759953v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Y. Grachev" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.11.053" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773537v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillemot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Brunet-Bruneau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bourgeat-Lami" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boilot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2012.12.045" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876951v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco De Grazia" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lazzari" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/37/375305" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731348v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mantisi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tanguy" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2012-30317-6" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731424v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Audry" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fr&#233;tigny" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chateauminois" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12083-0" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746956v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lacroix" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.07.016" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743665v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chemin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rozes" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chan&#233;ac" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cassaignon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201290050" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743684v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mathieu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Soffer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Anagnostou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.40059811" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666072v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Soffer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2011.12.012" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686876v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.116102" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594627v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2011.611057" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642053v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Bo Mikkelsen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban A. Letailleur" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sondergard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Teisseire" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1lc20689c" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695634v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Liszkay" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillemot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corbel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boilot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gacoin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/6/065009" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677258v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lacroix" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chomienne" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Queste" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2041-1294.2011.00075.x" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649142v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/095-5075/97/97/26003" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695586v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Geng" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Zhang" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dalmas" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2011.12.016" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG19J3GV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553474v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Revaux" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Foresti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3535614" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602889v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Yu Grachev" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Sondergard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Nomenyo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2011.06.044" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495337v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perriot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Querel" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2010.491808" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692855v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.593770" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647024v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Letailleur" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ribot" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm202755g" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640056v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lohou" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. da Silva" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-011-9606-x" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S1647JR4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594624v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Nguyen Danh" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdomenico Paolino" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chateauminois" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2011.557340" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554697v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mc Murtry" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3530729" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533819v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2010.04.016" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444094v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Beauvais" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piezel Beno&#238;t" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Hamidi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Villalobos" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude da Silva" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2009.11.061" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483824v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brunet-Bruneau" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourgeat-Lami" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm903754k" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533225v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Y. Grachev" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Melich" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Kamminga" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.06.049" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-76VTQ1J6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04884108v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Conchon" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Renault" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Krauss" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goudeau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.07.013" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DKZDBQM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477545v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Letailleur" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chemin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm100285b" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442841v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Conchon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Renault" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goudeau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.04.037" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQHKSDZ2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502936v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jribi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bluhm" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grunze" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Koelsch" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp809607b" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379275v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Heitz" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379302v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Serreau" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beauvais" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heitz" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2008.12.065" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499399v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Roy" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brun" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lelarge" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002094v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rupin" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amena Sa&#239;ed" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Peyrin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Haupert" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439466v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/19/195302" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505002v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vandembroucq" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2008.11.012" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504481v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peroz" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chauveau" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505004v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bellouard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Said" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dugan" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bado" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256886v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/16/163001" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8CB9FE7F4054F89074D9A52DBF9F49E5D8719F72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258599v3" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coussa" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/20/48/485221" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348236v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Bourhis" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260324v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubujet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718874v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ha&#239;at" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124782v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292810v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peroz" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Goletto" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138106v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169794v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Haiat" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01896459v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laurent" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Briard" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.12.011" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9M5673DV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080017v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klotz" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouessac" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ayral" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2005.08.260" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5T54D4PW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002965v2" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grosvalet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Champagnon" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2005.00747.x" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069066v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430600640510" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149175v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gacoin" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perriot" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-006-9030y" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513677v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003078v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Briard" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2004.11.004" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012309v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002198v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kerjan" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nael" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nadaud" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001402v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001437v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218460490276722" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718806v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001358v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001370v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996769v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Quirion" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bourbonnais" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Senzier" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jerome" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/21/2/019" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00251329v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kriza" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wzietek" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J&#233;rome" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1993246" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72A42C9079B814CA6E196838C9E304E62EFC0692/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246809v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Christensen" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1993195" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F6E69E274C877EA9FB623B3403E9C9FEBE3885D7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315680v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290585v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cohen" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Noblin" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315662v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01519363v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hayoun" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lequeux" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Verneuil" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pigeonneau" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444646v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Mantisi" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaylord Guillonneau" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444598v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Pukhkaya" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167506v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Matsukawa" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tsubota" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441253v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226634v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Anagnostou" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168028v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E Soffer" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421472v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226626v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Fukui" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kawabe" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477593v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraly Cuminatto" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1224-FF10-22" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526829v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Boissiere" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526413v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873157v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.853514" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526866v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Grachev" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couteau" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526421v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richardot" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391317v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391274v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391247v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391416v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Revaux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sarrant-Foresti" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391244v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Geng" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653451v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362452v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Dubujet" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508948v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361690v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Dirk Kamminga" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649455v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362124v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649370v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656045v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Phan Huy" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649361v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649353v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03481752v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593798v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Salvant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292819v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Chauveau" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00171154v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-barthel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9797-1908" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135564425" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462655v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Markey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barthel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin R Picu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2026.113854" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481169v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kethsovann Var" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Maiza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sicsic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bregiroux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2026.239292" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Betti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Queiros Campos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lechantre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cailly-Brandstater" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Nouma" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.10.024003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038745v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Alberto Rosales-Sosa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshinari Kato" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bourguignon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Yamada" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.120973" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04973875v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Rusinowicz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Sao Joao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Rosales-Sosa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.116628" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038947v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Corbel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fourton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Elzi&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Piroird" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105979" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342168v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fleury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Yuen Hui" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desnoux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SM00518C" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630872v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2023.0561" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550036v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine de Chateauneuf Randon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ripoll" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR06543J" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409245v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Berthelot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Romeo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dagany" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deschamps" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Herry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2024.123058" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217557v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Godefroid" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Marcellan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouttes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Monteux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM00533J" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237965v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Bolteau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gelebart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Teisseire" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fresnais" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c05734" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725673v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deschamps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Champagnon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moln&#225;r" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barthel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.224206" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805316v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hayoun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Letailleur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teisseire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lequeux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Verneuil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.064002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Keryvin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kermouche" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.05.011" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869331v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martinet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Heili" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Martinez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2020.119898" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007370v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40940-020-00136-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322388v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin dos Santos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gomes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b03423" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vialar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Merzeau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Giasson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Drummond" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02384" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360676v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demassieux Quentin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chennevi&#232;re" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Dalle-Ferrier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01277" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01943483v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chopin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Villey" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Yarusso" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942075v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b01374" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01821482v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desomberg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fournel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moriceau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roule" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3527-1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942286v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Abadias" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chason" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Keckes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sebastiani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Thompson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5011790" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447459v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yvon Faou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Grachev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.12.025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132502v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.07.002" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441719v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dalle-Ferrier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM02785G" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327821v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394099v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mantisi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kermouche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tanguy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.033001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01336885v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Contraires" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin S&#248;nderg&#229;rd" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM00523C" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353610v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tanguy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.03.053" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393682v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guillonneau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.05.027" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184918v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rivetti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.016101" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099837v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.11.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01191795v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Woelffel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Claireaux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Toplis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Burov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2015.08.016" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473178v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Gauvin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Arfaoui" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Yang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b00358" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813372v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vayron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mami Matsukawa" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryo Tsubota" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathieu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/59/6/1389" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988827v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gauthier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403744b" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771656v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903577v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Dubov" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perez-Toralla" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/23/12/125013" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773537v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillemot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Brunet-Bruneau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bourgeat-Lami" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boilot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2012.12.045" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759953v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Y. Grachev" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.11.053" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876951v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco De Grazia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lazzari" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/37/375305" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904323v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Patinet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Alzate" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Dalmas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vandembroucq" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2012.10.012" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911295v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Roquigny" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serreau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Denoyel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Clerc-Imperor" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403044x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108413v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sonneville" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. de Ligny" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mermet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818335" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594627v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2011.611057" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743684v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mathieu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Soffer" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Anagnostou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.40059811" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743665v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chemin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rozes" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chan&#233;ac" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cassaignon" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201290050" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666072v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Soffer" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2011.12.012" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686876v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.116102" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642053v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Bo Mikkelsen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban A. Letailleur" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sondergard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Teisseire" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1lc20689c" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695634v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Liszkay" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillemot" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corbel" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boilot" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gacoin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/6/065009" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677258v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lacroix" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chomienne" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Queste" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2041-1294.2011.00075.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695586v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Geng" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Zhang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dalmas" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2011.12.016" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG19J3GV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649142v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/095-5075/97/97/26003" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731348v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mantisi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tanguy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2012-30317-6" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731424v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Audry" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fr&#233;tigny" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chateauminois" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12083-0" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746956v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lacroix" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.07.016" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647024v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Letailleur" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ribot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm202755g" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692855v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.593770" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640056v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lohou" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. da Silva" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-011-9606-x" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S1647JR4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594624v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Nguyen Danh" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdomenico Paolino" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chateauminois" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2011.557340" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554697v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Nomenyo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mc Murtry" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Sondergard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3530729" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553474v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Revaux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Foresti" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3535614" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495337v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perriot" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Querel" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2010.491808" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602889v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Yu Grachev" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2011.06.044" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483824v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brunet-Bruneau" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourgeat-Lami" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm903754k" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444094v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Beauvais" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piezel Beno&#238;t" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Hamidi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Villalobos" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude da Silva" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2009.11.061" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533225v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Y. Grachev" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Melich" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Kamminga" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.06.049" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-76VTQ1J6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533819v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2010.04.016" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-04884108v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Conchon" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Renault" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Krauss" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goudeau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.07.013" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DKZDBQM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477545v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Letailleur" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chemin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm100285b" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442841v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Conchon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Renault" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goudeau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.04.037" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQHKSDZ2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499399v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Roy" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brun" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lelarge" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002094v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rupin" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amena Sa&#239;ed" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Peyrin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Haupert" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379275v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Heitz" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379302v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Serreau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beauvais" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heitz" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2008.12.065" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439466v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/19/195302" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505002v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vandembroucq" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2008.11.012" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504481v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peroz" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chauveau" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502936v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jribi" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bluhm" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grunze" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Koelsch" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp809607b" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00256886v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/16/163001" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8CB9FE7F4054F89074D9A52DBF9F49E5D8719F72/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505004v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bellouard" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Said" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dugan" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bado" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348236v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Bourhis" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258599v3" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coussa" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/20/48/485221" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260324v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubujet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718874v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ha&#239;at" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138106v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292810v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peroz" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Goletto" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124782v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169794v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Haiat" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080017v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klotz" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouessac" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ayral" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2005.08.260" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5T54D4PW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01896459v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laurent" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Briard" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.12.011" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9M5673DV-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002965v2" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Grosvalet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Champagnon" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2005.00747.x" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069066v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430600640510" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149175v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gacoin" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perriot" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-006-9030y" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513677v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003078v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Briard" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2004.11.004" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012309v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002198v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kerjan" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nael" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nadaud" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001402v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001437v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218460490276722" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718806v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001358v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001370v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996769v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Quirion" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bourbonnais" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Senzier" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jerome" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/21/2/019" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00251329v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kriza" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wzietek" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J&#233;rome" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1993246" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72A42C9079B814CA6E196838C9E304E62EFC0692/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246809v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Christensen" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1993195" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F6E69E274C877EA9FB623B3403E9C9FEBE3885D7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290585v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cohen" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Noblin" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315662v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01519363v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hayoun" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lequeux" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Verneuil" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pigeonneau" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444598v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Pukhkaya" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444646v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Mantisi" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaylord Guillonneau" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167506v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Matsukawa" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tsubota" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441253v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226634v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Anagnostou" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168028v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E Soffer" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421472v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226626v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Fukui" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kawabe" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873157v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.853514" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526413v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Boissiere" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526829v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526866v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Grachev" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couteau" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02526421v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richardot" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477593v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraly Cuminatto" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1224-FF10-22" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391317v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391274v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391247v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391416v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Revaux" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sarrant-Foresti" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391244v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Geng" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653451v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649455v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508948v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361690v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Dirk Kamminga" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362124v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362452v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Dubujet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649370v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656045v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Phan Huy" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649361v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649353v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315680v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03481752v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593798v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Salvant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292819v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Chauveau" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00171154v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>