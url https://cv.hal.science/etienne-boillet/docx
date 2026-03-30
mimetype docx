--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1868,151 +1868,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cours: &amp;quot;Le rôle du lecteur d'après Umberto Eco</w:t>
+                <w:t xml:space="preserve">Brochure: le rôle du lecteur d'après Umberto Eco (textes choisis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Boillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cel-02164036v1</w:t>
+                <w:t xml:space="preserve">cel-02164030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brochure: le rôle du lecteur d'après Umberto Eco (textes choisis)</w:t>
+                <w:t xml:space="preserve">Cours: &amp;quot;Le rôle du lecteur d'après Umberto Eco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Boillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cel-02164030v1</w:t>
+                <w:t xml:space="preserve">cel-02164036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corps, érotisme, transgression dans les récits de fiction aux XX-XXIe siècles</w:t>
               </w:r>
@@ -2291,51 +2291,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093697v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baggioni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Boillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419312v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.15279" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375108v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/atlante.15148" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502043v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502045v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502037v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502031v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/222698" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502035v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501205v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500991v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444296v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444255v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/italies.455" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419279v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686568v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499824v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504427v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499823v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499822v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.29923" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499819v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444235v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959941v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001899v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=5071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02164036v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02164030v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01445291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01458148v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093697v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baggioni" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Boillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419312v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.15279" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375108v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/atlante.15148" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502043v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502045v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502037v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502031v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/222698" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502035v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501205v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500991v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444296v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444255v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/italies.455" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419279v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686568v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499824v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504427v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499823v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499822v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.29923" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499819v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444235v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959941v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001899v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=5071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02164030v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02164036v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01445291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/cel-01458148v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>