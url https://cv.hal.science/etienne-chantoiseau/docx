--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -360,51 +360,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, spécial 04 NOV'AE, pp.142-149. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/revue-novae.2025.9693⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
@@ -1787,432 +1787,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01705933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stomatal resistance of New Guinea Impatiens pot plants. Part 2: Model extension for water restriction and application to irrigation scheduling</w:t>
+                <w:t xml:space="preserve">Stomatal resistance of New Guinea Impatiens pot plants. Part 1: Model development for well watered plants based on design of experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hacene Bouhoun Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Bournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Cannavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Sourgnes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 149, pp.82-93. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 149, pp.112-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2016.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2016.07.001⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01523674v1</w:t>
+                <w:t xml:space="preserve">hal-01523676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat-pump dehumidifier as an efficient device to prevent condensation in horticultural greenhouses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stomatal resistance of New Guinea Impatiens pot plants. Part 2: Model extension for water restriction and application to irrigation scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacene Bouhoun Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cannavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe C Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 142, pp.27-41. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 149, pp.82-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2016.07.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2015.11.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01257561v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01523674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stomatal resistance of New Guinea Impatiens pot plants. Part 1: Model development for well watered plants based on design of experiments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hacene Bouhoun Ali</w:t>
+                <w:t xml:space="preserve">Heat-pump dehumidifier as an efficient device to prevent condensation in horticultural greenhouses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe C Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Chasseriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Bournet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Sourgnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 149, pp.112-124. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2016.05.004⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 142, pp.27-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2015.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01523676v1</w:t>
+                <w:t xml:space="preserve">hal-01257561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of thermo-mechanical treatment and skim milk components on the swelling behavior and rheological properties of starch suspensions</w:t>
               </w:r>
@@ -2344,51 +2344,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dehumidification strategy to avoid condensation on plants and spare energy in greenhouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Chasseriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3066,284 +3066,284 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Digital Twin of Tomato - A modular, ontology-based tomato FSPM</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of control strategies implemented in a multiphysics generic greenhouse dynamic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Toublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Havet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 8th International Symposium on Plant Growth Modeling, Simulation, Visualization, and Applications (PMA2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Youhong Song; Liping Feng; Yuntao Ma; Guomin Zhou; Veronique Letort, Nov 2025, Nanchang, China</w:t>
+              <w:t xml:space="preserve">International Symposium on Advanced Technologies and Management for Sustainable Greenhouse (Greensys 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad de Almería, Jun 2025, Almeria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05373566v1</w:t>
+                <w:t xml:space="preserve">hal-05455342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of control strategies implemented in a multiphysics generic greenhouse dynamic model</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards a Digital Twin of Tomato - A modular, ontology-based tomato FSPM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nattida Juewong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourbeillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Chantoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Buck-Sorlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Advanced Technologies and Management for Sustainable Greenhouse (Greensys 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidad de Almería, Jun 2025, Almeria, Spain</w:t>
+              <w:t xml:space="preserve">The 8th International Symposium on Plant Growth Modeling, Simulation, Visualization, and Applications (PMA2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Youhong Song; Liping Feng; Yuntao Ma; Guomin Zhou; Veronique Letort, Nov 2025, Nanchang, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05455342v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of technical innovations for greenhouses: modelling of a horizontal two-screens system</w:t>
+                <w:t xml:space="preserve">Multi-physics dynamic modelling with Modelica—The study case of an experimental tomato greenhouse over a whole production season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Toublanc</w:t>
@@ -3361,432 +3361,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Havet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st International Horticultural Congress IHC2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Congress on Engineering and Food (ICEF14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAEF, Jun 2023, Nantes (France), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313749v1</w:t>
+                <w:t xml:space="preserve">hal-05455330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SERRES plus : towards fossil-fuel-free heated greenhouse system for soilless tomato cultivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Fan</w:t>
+                <w:t xml:space="preserve">L. Fiabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Fiabane</w:t>
+                <w:t xml:space="preserve">H. Freulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st International Horticultural Congress (IHC) / International Symposium on Innovative Technologies and Production Strategies for Sustainable Controlled Environment Horticulture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISHS, Aug 2022, Angers, France. pp.157-164, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1377.19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-physics dynamic modelling with Modelica—The study case of an experimental tomato greenhouse over a whole production season</w:t>
+                <w:t xml:space="preserve">Computing radiative heat transfers in greenhouses: a methodology coupling analytical and numerical approaches for view factors assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Toublanc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Havet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Engineering and Food (ICEF14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAEF, Jun 2023, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Greensys 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Cancun, Mexico, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05455330v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing radiative heat transfers in greenhouses: a methodology coupling analytical and numerical approaches for view factors assessment</w:t>
+                <w:t xml:space="preserve">Assessment of technical innovations for greenhouses: modelling of a horizontal two-screens system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Toublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Toublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Havet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greensys 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">31st International Horticultural Congress IHC2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Angers (FR), France. pp.127-136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1377.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04313728v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using greenhouse to emulate urban conditions for plants experimentations</w:t>
               </w:r>
@@ -4146,385 +4146,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02768634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational fluid dynamics modeling of crop-microclimate interaction for plants under water restriction inside a greenhouse compartment.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Emmanuel Bournet</w:t>
+                <w:t xml:space="preserve">Impact of nature-based solution on urban soil quality in different urban areas of Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bouzouidja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Cannavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Beaujouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greensys2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISHS, Aug 2017, Beijing, China. pp.45-52</w:t>
+              <w:t xml:space="preserve">21st World Congress of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02510252v1</w:t>
+                <w:t xml:space="preserve">hal-02556123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of nature-based solution on urban soil quality in different urban areas of Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to use nature-based solutions in urban planning systems of Europe?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Szkordilisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">János Balázs Kocsis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryad Bouzouidja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrice Cannavo</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emőke Kósa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Beaujouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st World Congress of Soil Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">10th International Conference on Urban Climate/14th Symposium on the Urban Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, New-York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02556123v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02394207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to use nature-based solutions in urban planning systems of Europe?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computational fluid dynamics modeling of crop-microclimate interaction for plants under water restriction inside a greenhouse compartment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacene Bouhoun Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Bournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cannavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Urban Climate/14th Symposium on the Urban Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, New-York, United States</w:t>
+              <w:t xml:space="preserve">Greensys2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISHS, Aug 2017, Beijing, China. pp.45-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02394207v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of resources and distance learning module on urban agriculture entrepreneurship.</w:t>
               </w:r>
@@ -5261,51 +5261,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Bournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Cannavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on New Technologies and Management for Greenhouses - GreenSys2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISHS, Jul 2015, Evora, Portugal</w:t>
@@ -5386,51 +5386,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngariban Tamtial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Agricultural Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Zurich, Switzerland</w:t>
@@ -5807,191 +5807,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01705955v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore pressure measurement during cake filtration</w:t>
+                <w:t xml:space="preserve">Modelling of thermally-assisted mechanical dewatering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Arlabosse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WFC 10 -10th World Filtration Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Leipzig, Germany. p.381-385</w:t>
+              <w:t xml:space="preserve">IDS 2008 -16th International Drying Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Hyderabad, India. p.1253-1260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01741032v1</w:t>
+                <w:t xml:space="preserve">hal-01753285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of thermally-assisted mechanical dewatering</w:t>
+                <w:t xml:space="preserve">Pore pressure measurement during cake filtration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Chantoiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Arlabosse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDS 2008 -16th International Drying Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Hyderabad, India. p.1253-1260</w:t>
+              <w:t xml:space="preserve">WFC 10 -10th World Filtration Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Leipzig, Germany. p.381-385</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01753285v1</w:t>
+                <w:t xml:space="preserve">hal-01741032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6975,51 +6975,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C670D328"/>
+    <w:nsid w:val="3C3BE56E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7206,51 +7206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-chantoiseau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9142-3196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145861988" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455550v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sourisseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Toublanc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Chantoiseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Havet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0340619" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453622v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Gardet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Chantoiseau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-novae.2025.9693" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923828v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toky Ramananjatovo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guenon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peugeot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delaire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-4686563/v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03298390v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bouzouidja" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bod&#233;nan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes Guly&#225;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Kiss" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.107556" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02271272v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Bouhoun Ali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Bournet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2019.06.021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02586094v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouhoun Ali" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Bournet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cannavo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1227.33" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02142589v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1227.53" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02142567v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1227.5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01562937v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.06.021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705938v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sourgnes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C Migeon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1170.50" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Migeon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1170.49" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01764283v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1182.19" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1170.76" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01523674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charpentier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2016.07.001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B2CZ2561-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01257561v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chasseriaux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2015.11.011" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01523676v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2016.05.004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZPHRL9MH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173935v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Matignon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Neveu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ducept" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barey" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2014.11.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67F3L6HG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526039v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186840v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemio Plana-Fattori" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Doursat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Flick" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19942060.2013.11015475" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988417v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Doursat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Flick" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2013.01.020" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doursat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flick" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.05.043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841044v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Foucquier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2011.08.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XTWQ1FRC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705936v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Arlabosse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2010.02.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373566v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattida Juewong" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourbeillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chantoiseau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gardet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455342v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313749v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1377.15" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651336v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fiabane" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Freulon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gu&#233;rin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1377.19" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455330v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313728v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02587675v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaiman Sakr" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Huche-Thelier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02570124v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brajeul" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Truffault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Naccour" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2020.1271.4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02768634v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stauffer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leseur" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grisey" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colin de Verdi&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510252v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02556123v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebeau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaujouan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02394207v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Szkordilisz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Bal&#225;zs Kocsis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Em&#337;ke K&#243;sa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Geoffriau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plottu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510339v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02466454v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02464857v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524878v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529933v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529875v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705940v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngariban Tamtial" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648172v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Neveu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barey" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desprairies" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135991v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705955v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F-T Ndoye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Doursat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741032v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753285v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02502755v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Bouhoun Ali" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02462909v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02464721v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144706v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879625v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale guillermin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1375.39" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01816704v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1182.17" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04400470v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPT041G" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-chantoiseau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9142-3196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145861988" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455550v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sourisseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Toublanc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Chantoiseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Havet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0340619" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453622v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Gardet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Chantoiseau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-novae.2025.9693" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923828v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toky Ramananjatovo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guenon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peugeot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delaire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-4686563/v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03298390v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bouzouidja" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bod&#233;nan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes Guly&#225;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Kiss" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.107556" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02271272v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Bouhoun Ali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Bournet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2019.06.021" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02586094v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouhoun Ali" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Bournet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cannavo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1227.33" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02142589v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1227.53" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02142567v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1227.5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01562937v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.06.021" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705938v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sourgnes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C Migeon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1170.50" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Migeon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1170.49" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01764283v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1182.19" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1170.76" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01523676v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2016.05.004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZPHRL9MH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01523674v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charpentier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2016.07.001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B2CZ2561-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01257561v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chasseriaux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2015.11.011" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173935v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Matignon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Neveu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ducept" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barey" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2014.11.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67F3L6HG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526039v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186840v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemio Plana-Fattori" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Doursat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Flick" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19942060.2013.11015475" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988417v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Doursat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Flick" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2013.01.020" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doursat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flick" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.05.043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841044v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Foucquier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2011.08.002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XTWQ1FRC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705936v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Arlabosse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2010.02.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455342v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373566v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nattida Juewong" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourbeillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chantoiseau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gardet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455330v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651336v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fiabane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Freulon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gu&#233;rin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1377.19" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313728v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313749v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1377.15" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02587675v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaiman Sakr" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Huche-Thelier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02570124v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brajeul" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Truffault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Naccour" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2020.1271.4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02768634v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stauffer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leseur" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grisey" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colin de Verdi&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02556123v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaujouan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02394207v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Szkordilisz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Bal&#225;zs Kocsis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Em&#337;ke K&#243;sa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510252v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel E. Geoffriau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plottu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510339v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02466454v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02464857v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524878v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529933v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529875v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705940v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngariban Tamtial" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648172v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Neveu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barey" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desprairies" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135991v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01705955v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F-T Ndoye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Doursat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753285v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741032v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02502755v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Bouhoun Ali" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02462909v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02464721v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144706v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879625v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale guillermin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1375.39" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01816704v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1182.17" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04400470v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPT041G" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>