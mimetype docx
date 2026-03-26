--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -628,689 +628,607 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04033810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux origines de la &amp;quot;plasticose&amp;quot; des champs : retours sur les premiers développements de la plasticulture en France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Monsaingeon</w:t>
+                <w:t xml:space="preserve">L’invention du “recyclage énergétique” des déchets ménagers dans les années 1970 et 1980 : histoire d’une linéarisation masquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres 2025 du Groupement de recherches Plastiques Environnement Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR PES, Jul 2025, Talence (Bordeaux), France</w:t>
+              <w:t xml:space="preserve">Doctoriales Recherches-Ressources 2025 - Ressources en révolution : Dialogue transdisciplinaire et approches critiques de l’économie circulaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe Recherches-Ressources, Jan 2025, CNAM Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05248965v1</w:t>
+                <w:t xml:space="preserve">halshs-04936441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’invention du “recyclage énergétique” des déchets ménagers dans les années 1970 et 1980 : histoire d’une linéarisation masquée</w:t>
+                <w:t xml:space="preserve">Fin du recyclage agricole et pollution-liquidation des matières de vidange : les transformations du secteur des vidanges humaines en région parisienne au cours du second XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctoriales Recherches-Ressources 2025 - Ressources en révolution : Dialogue transdisciplinaire et approches critiques de l’économie circulaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe Recherches-Ressources, Jan 2025, CNAM Paris, France</w:t>
+              <w:t xml:space="preserve">Concepts, modèles, et usages de la biomasse : une approche critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Biomasse &amp; SHS, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04936441v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04936447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fin du recyclage agricole et pollution-liquidation des matières de vidange : les transformations du secteur des vidanges humaines en région parisienne au cours du second XXe siècle</w:t>
+                <w:t xml:space="preserve">Résistance et liquidation : les transformations du secteur des vidanges humaines en région parisienne au cours du second XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Concepts, modèles, et usages de la biomasse : une approche critique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau Biomasse &amp; SHS, Nov 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop 2 Réseau DVS - Quand les déchets résistent : les déchets à l'épreuve de leurs acteurs, des systèmes et des matières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Déchets Valeurs Société (DVS), Nov 2024, MSH Val de Loire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04936447v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04936452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résistance et liquidation : les transformations du secteur des vidanges humaines en région parisienne au cours du second XXe siècle</w:t>
+                <w:t xml:space="preserve">The adverse environmental effects of the search for alternative energy sources in the wake of the energy crisis : the greening of waste incineration as &amp;quot;energetic recycling&amp;quot; (France, 1970’s-1980’s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop 2 Réseau DVS - Quand les déchets résistent : les déchets à l'épreuve de leurs acteurs, des systèmes et des matières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau Déchets Valeurs Société (DVS), Nov 2024, MSH Val de Loire, France</w:t>
+              <w:t xml:space="preserve">4th World Congress of Environmental History (WCEH2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Consortium of Environmental History Organizations (ICEHO), Aug 2024, Oulu, Finlande, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04936452v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04936477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plastiques et les ordures ménagères dans les années 1970 : conséquences et traitement d’un bouleversement sociotechnique et écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude inter-GDR "Plastiques" : Le plastique, toujours fantastique ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR PES (Plastiques, Environnement, Santé) et Réseau thématique DVS (Déchets, Valeurs, Sociétés), Oct 2024, Le Mans Université, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04936470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adverse environmental effects of the search for alternative energy sources in the wake of the energy crisis : the greening of waste incineration as &amp;quot;energetic recycling&amp;quot; (France, 1970’s-1980’s)</w:t>
+                <w:t xml:space="preserve">Past biogeochemical policies to respect planetary boundaries: examples and lessons from roads not taken in technological progress regarding urban sanitation (France, 20th century)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th World Congress of Environmental History (WCEH2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Consortium of Environmental History Organizations (ICEHO), Aug 2024, Oulu, Finlande, Finland</w:t>
+              <w:t xml:space="preserve">International roundtable conference / What planet boundaries mean for cities and infrastructures ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Ca Foscari University, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04936477v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04936460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Past biogeochemical policies to respect planetary boundaries: examples and lessons from roads not taken in technological progress regarding urban sanitation (France, 20th century)</w:t>
+                <w:t xml:space="preserve">Rise and fall of the composting of household waste in the urban region of Paris, France (1940s-1990s). The role of the opposition between material and energy recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International roundtable conference / What planet boundaries mean for cities and infrastructures ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Ca Foscari University, Venise, Italy</w:t>
+              <w:t xml:space="preserve">Metabolism studies : materiality and relationality in the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04936460v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rise and fall of the composting of household waste in the urban area of Paris, France (1940s-1980s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Environmental History Conference 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03800993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1320,172 +1238,172 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Manure as Activism: Composting Excrement as an Alternative Approach to Soil Fertilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Soyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Legrand</w:t>
+                <w:t xml:space="preserve">Alexsandro Arbarotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Higgin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Back to the Ground : Knowledge Politics and Practices of Remaking Earth Strata</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Nature Switzerland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.229-253, 2025, 978-3-031-88887-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-88888-5_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05398647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1495,147 +1413,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide de la CIFRE à destination des doctorant-es et des directeur-ices de thèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Albertelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chouraqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Albertelli</w:t>
+                <w:t xml:space="preserve">Fanny Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Chouraqui</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sonia Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04543004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1645,187 +1563,187 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éviction du compostage des ordures ménagères et la fin de leur recyclage agricole en France et en Ile-de-France (1940-1990) : le rôle de la valorisation marchande et de la normalisation technoscientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] PIREN-Seine; Géographie-Cités. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03475808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoire sociotechnique et politiques biogéochimiques. Aperçu de l’histoire du traitement des ordures ménagères en région parisienne de 1945 aux années 1990</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] PIREN-Seine Phase 8; Géographie-Cités. 2020, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03546069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1835,114 +1753,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fin du recyclage ? : rupture métabolique et politiques biogéochimiques en région parisienne au XXè siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Architecture, aménagement de l'espace. Université Paris 1 - Panthéon-Sorbonne, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024PA01H015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04936430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2089,51 +2007,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dufour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.142.0033" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05502433v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622671.2026.2619051" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05137035v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bakhos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Brander" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Colombini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Deeney" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/plc.2025.10006" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160002v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jehrhe.013.0001b" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05097388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dufour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2174" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04033810v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.131.0032" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248965v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Monsaingeon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936441v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936452v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936470v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936477v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936460v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923768v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03800993v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05398647v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Soyer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexsandro Arbarotti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Higgin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-88888-5_11" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_11" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543004v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albertelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chouraqui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cottet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Dinh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475808v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03546069v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04936430v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024PA01H015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dufour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.142.0033" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05502433v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622671.2026.2619051" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05137035v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bakhos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Brander" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Colombini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Deeney" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/plc.2025.10006" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160002v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jehrhe.013.0001b" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05097388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dufour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2174" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04033810v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.131.0032" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936441v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936447v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936477v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936470v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923768v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03800993v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05398647v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Soyer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexsandro Arbarotti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Higgin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-88888-5_11" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_11" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543004v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albertelli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chouraqui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cottet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Dinh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475808v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03546069v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04936430v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024PA01H015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>