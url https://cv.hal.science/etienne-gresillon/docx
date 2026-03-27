--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -931,278 +931,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04603447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’anesthésie, un processus commun à tout le vivant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucia Sylvain-Bonfanti</w:t>
+                <w:t xml:space="preserve">Nos sœurs les plantes, une pensée interdisciplinaire pour aborder le vivant en termes de parenté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Page</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denis Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Laurenti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2023123⟩</w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2023003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278310v1</w:t>
+                <w:t xml:space="preserve">halshs-04016365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nos sœurs les plantes, une pensée interdisciplinaire pour aborder le vivant en termes de parenté</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’anesthésie, un processus commun à tout le vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Sylvain-Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Arbelet-Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meimoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (10), pp.738-743. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/nss/2023003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2023123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04016365v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la recherche de l’Université de Vincennes disparue, les arbres témoins d’un passé enseveli</w:t>
               </w:r>
@@ -1348,51 +1348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Arbelet-Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1571,377 +1571,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Église catholique et l’anthropocène : 50 ans de positionnement doctrinal</w:t>
+                <w:t xml:space="preserve">Les milieux naturels et le sacré. Esquisse d'une biogéographie spirituelle de la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les géographes et la nature: regards nouveaux, 2, pp.265-281</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02281268v1</w:t>
+                <w:t xml:space="preserve">halshs-02332191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les milieux naturels et le sacré. Esquisse d'une biogéographie spirituelle de la nature</w:t>
+                <w:t xml:space="preserve">L’Église catholique et l’anthropocène : 50 ans de positionnement doctrinal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (2), pp.109-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1062508ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02332191v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02281268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zones humides et services culturels : une approche par la littérature et le sacré</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
+                <w:t xml:space="preserve">L'oléiculture en France : quand le paysage participe au renouveau d'une activité agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Angles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Minvielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thema</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Les milieux humides et aquatiques continentaux, mars 2018, pp.159-161, 234-245</w:t>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02081189v1</w:t>
+                <w:t xml:space="preserve">halshs-01774292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'oléiculture en France : quand le paysage participe au renouveau d'une activité agricole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Angles</w:t>
+                <w:t xml:space="preserve">Zones humides et services culturels : une approche par la littérature et le sacré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Minvielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 17, pp.23</w:t>
+              <w:t xml:space="preserve">Thema</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les milieux humides et aquatiques continentaux, mars 2018, pp.159-161, 234-245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01774292v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02081189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pruning waste management and climate change in Sierra Mágina's olive groves (Andalusia, Spain).</w:t>
               </w:r>
@@ -1966,51 +1966,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Angles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Araque-Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2364,51 +2364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Angles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Minvielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3537,239 +3537,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00718289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trames vertes et bleues habitantes : un cheminement entre pratiques et représentations. L’exemple de la ville de Paris (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du jardin d'Eden à la continuité naturelle : chemin d'un imaginaire de désenchantement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Arrif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers d'ADES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.133-145</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01217881v1</w:t>
+                <w:t xml:space="preserve">halshs-00966750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du jardin d'Eden à la continuité naturelle : chemin d'un imaginaire de désenchantement ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les trames vertes et bleues habitantes : un cheminement entre pratiques et représentations. L’exemple de la ville de Paris (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lefour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Goeldner-Gianella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers d'ADES</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.9470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00966750v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4003,51 +4003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Arbelet-Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meimoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Laurenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au bon air des jardins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENP • École Nationale Supérieure de la Nature et du Paysage, Oct 2024, Blois, France</w:t>
@@ -4236,51 +4236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Laurenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Sylvain-Bonfanti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4545,221 +4545,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04763644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From greening schoolyard to urban biodiversity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le bois de Vincennes entre un patrimoine visible et un invisible ou comment la végétation construit une invisibilisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coolschools european project conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Patrimoines visibles et invisibles: un regard pluridisciplinaire à travers l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DisContinuités Université d'Artois, Oct 2023, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763649v1</w:t>
+                <w:t xml:space="preserve">hal-04981491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bois de Vincennes entre un patrimoine visible et un invisible ou comment la végétation construit une invisibilisation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">From greening schoolyard to urban biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Louis-Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bortolamiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimoines visibles et invisibles: un regard pluridisciplinaire à travers l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DisContinuités Université d'Artois, Oct 2023, Arras, France</w:t>
+              <w:t xml:space="preserve">Coolschools european project conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04981491v1</w:t>
+                <w:t xml:space="preserve">hal-04763649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser les transitions écologiques territoriales avec ses habitant.e.s</w:t>
               </w:r>
@@ -4864,346 +4864,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03779200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the place of animals in urban greening operations – CoolSchools : A research project on OASIS schoolyards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semis de mares forestières associés aux vestiges du Canal Louis XIV (Eure-et-Loir) : de la révélation patrimoniale à la modélisation des connectivités écologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Betard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Joanne Clavel</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Bilodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Gallépy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union Géographique Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Les mares, un patrimoine naturel construit, un patrimoine culturel négligé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Laon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03766326v1</w:t>
+                <w:t xml:space="preserve">hal-04024492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la cosmogonie chrétienne à la fabrication du jardin : les spiritualités comme agent géographique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessing the place of animals in urban greening operations – CoolSchools : A research project on OASIS schoolyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bortolamiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès internationale de Géographie Le temps des géographes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UGI, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Union Géographique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03779222v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semis de mares forestières associés aux vestiges du Canal Louis XIV (Eure-et-Loir) : de la révélation patrimoniale à la modélisation des connectivités écologiques</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la cosmogonie chrétienne à la fabrication du jardin : les spiritualités comme agent géographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mares, un patrimoine naturel construit, un patrimoine culturel négligé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Laon, France</w:t>
+              <w:t xml:space="preserve">Congrès internationale de Géographie Le temps des géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UGI, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04024492v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03779222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sacré un agent relationnel entre les humains et les non-humain</w:t>
               </w:r>
@@ -5284,51 +5284,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONNECT-EURE Contribution des vestiges du Canal Louis XIV aux continuités écologiques actuelles et passées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Betard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clélia Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5612,77 +5612,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction: Nos sœurs les plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Laurenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5733,77 +5733,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nos soeurs les plantes. Introduction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Bouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Laurenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nos soeurs les plantes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Cité; LAdyss; LIED, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6290,51 +6290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chairman session 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Laurenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KEYS 2018 on Green Cities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7772,191 +7772,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03779158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental Forms: Landscape Sources of the Sacred</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Gresillon</w:t>
+                <w:t xml:space="preserve">Les religions et l’anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forms of Experienced Environments: Questioning Relations Between Humans, Aesthetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, 2020, 978-2-271-12427-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03281458v1</w:t>
+                <w:t xml:space="preserve">hal-02562192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les religions et l’anthropocène</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Étienne Grésillon</w:t>
+                <w:t xml:space="preserve">Environmental Forms: Landscape Sources of the Sacred</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gresillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Sajaloli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire critique de l'anthropocène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, 2020, 978-2-271-12427-2</w:t>
+              <w:t xml:space="preserve">Forms of Experienced Environments: Questioning Relations Between Humans, Aesthetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02562192v1</w:t>
+                <w:t xml:space="preserve">halshs-03281458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La forêt du bois de Vincennes : Une frange paysagère dans l’agglomération parisienne comme marge de manœuvre pour les SDF?</w:t>
               </w:r>
@@ -8835,255 +8835,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01540143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La perception des paysages de la vigne et de l'olivier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les jardins de deux quartiers parisiens : biodiversité, gestion et appropriation habitante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Dajoz,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Godron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Stéphane Angles. </w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M.-J Menozzi </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas des paysages de la vigne et de l'olivier en France méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Quæ, 2014, Hors-Collection, 9782759222117</w:t>
+              <w:t xml:space="preserve">Les jardins dans la ville entre nature et culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.289-304, 2014, Espace Et Territoires</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01064451v1</w:t>
+                <w:t xml:space="preserve">halshs-01009141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jardins de deux quartiers parisiens : biodiversité, gestion et appropriation habitante</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La perception des paysages de la vigne et de l'olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Grésillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Godron</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">M.-J Menozzi </w:t>
+                <w:t xml:space="preserve">Florence Garlatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Angles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les jardins dans la ville entre nature et culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.289-304, 2014, Espace Et Territoires</w:t>
+              <w:t xml:space="preserve">Atlas des paysages de la vigne et de l'olivier en France méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Quæ, 2014, Hors-Collection, 9782759222117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01009141v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01064451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nature dans les jardins religieux : un chemin vers l'éternel</w:t>
               </w:r>
@@ -9757,64 +9757,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Grésillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Laurenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10327,51 +10327,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7E43F5A4"/>
+    <w:nsid w:val="08C41134"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10558,51 +10558,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-gresillon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1590-2165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05134731v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Louis-Lucas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bortolamiol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2025.128937" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05103645v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.111271" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981520v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boyon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cohen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sourdril" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ehf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305879v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Sylvain-Bonfanti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arbelet-Bonnin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lalanne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dellis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Meimoun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.70056" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683514v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Filaine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Renault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2024.2388443" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04603447v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gruet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Sajaloli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Page" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023123" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04016365v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chartier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Laurenti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201274v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Bilodeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Escoda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Duval" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.36353" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516868v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomonori Kawano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2021.2004769" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326391v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Dubucs" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gresillon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Kyriazis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02281268v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1062508ar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02332191v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02081189v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774292v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Minvielle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618966v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Benyei" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Araque-Jimenez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-017-1230-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773835v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.821.0129" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649062v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01648983v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.2205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935939v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Angles" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.4157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649346v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806279v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806278v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267451v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Aschan-Leygonie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baudet-Michel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Augendre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27056" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01168878v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15905" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183839v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Godron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.06.023" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFW9X7S4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01168869v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Amat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tibaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Sun" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992044v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00718289v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9297" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217881v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefour" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Goeldner-Gianella" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9470" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966750v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Arrif" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981475v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981451v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981427v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868894v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981383v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bonnin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763646v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedissia About" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763644v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763649v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981491v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779200v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Isabelle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chavanon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Riboulot-Chetrit" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766326v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779222v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024492v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Betard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gall&#233;py" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779218v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821456v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779243v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781321v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990188v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bouteau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281519v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781300v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398997v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565222v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095386v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781341v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952426v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129277v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597546v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01753974v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Harpet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gresillon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310407v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baudet-Michel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130188v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01063995v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130384v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711758v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaduna-Eve Demailly" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Feveile" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115972v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02080515v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711763v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779171v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Kneur" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779158v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281458v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02562192v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281448v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942271v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530926v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick D Degeorges" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lefebvre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281495v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281478v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281471v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774262v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02081224v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774239v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01540143v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/la-france-des-marges-histoire-geographie-capes-agregation-9782200615918" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01064451v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garlatti" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009141v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Baudoin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dajoz," TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Godron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073285v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806275v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://works.bepress.com/mark_lindhult/1/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094686v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537719v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537709v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Baudouin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maingre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pellissier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696540v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950972v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030710v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Peggy Hellequin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01539454v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbe" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04466429v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ribrault" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-gresillon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1590-2165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05134731v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Louis-Lucas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bortolamiol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2025.128937" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05103645v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.111271" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981520v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boyon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cohen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sourdril" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bouteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ehf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305879v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Sylvain-Bonfanti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arbelet-Bonnin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lalanne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dellis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Meimoun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.70056" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683514v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Filaine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Renault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2024.2388443" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04603447v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gruet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Sajaloli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04016365v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chartier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Laurenti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278310v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Page" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023123" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201274v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Bilodeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Escoda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Duval" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.36353" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516868v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomonori Kawano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2021.2004769" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326391v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Dubucs" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gresillon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Kyriazis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02332191v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02281268v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1062508ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774292v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Minvielle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02081189v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618966v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Benyei" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Araque-Jimenez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-017-1230-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01773835v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.821.0129" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649062v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01648983v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.2205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935939v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Angles" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.4157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01649346v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806279v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806278v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267451v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Aschan-Leygonie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baudet-Michel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Augendre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27056" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01168878v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15905" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183839v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Godron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.06.023" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFW9X7S4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01168869v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Amat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tibaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Sun" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992044v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00718289v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9297" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00966750v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Arrif" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217881v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefour" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Goeldner-Gianella" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9470" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981475v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981451v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981427v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868894v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981383v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bonnin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763646v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedissia About" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763644v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981491v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763649v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779200v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Isabelle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chavanon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Riboulot-Chetrit" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024492v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Betard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gall&#233;py" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766326v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779222v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779218v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821456v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779243v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781321v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990188v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bouteau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281519v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781300v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398997v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565222v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095386v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03781341v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952426v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129277v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597546v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01753974v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Harpet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gresillon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310407v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baudet-Michel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130188v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01063995v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130384v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711758v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaduna-Eve Demailly" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Feveile" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115972v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02080515v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711763v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779171v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Kneur" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779158v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02562192v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281458v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281448v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942271v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530926v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick D Degeorges" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lefebvre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281495v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281478v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281471v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774262v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02081224v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774239v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01540143v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/la-france-des-marges-histoire-geographie-capes-agregation-9782200615918" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009141v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Baudoin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dajoz," TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Godron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01064451v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garlatti" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073285v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806275v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://works.bepress.com/mark_lindhult/1/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094686v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537719v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537709v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Baudouin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maingre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pellissier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696540v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950972v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030710v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Peggy Hellequin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01539454v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbe" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04466429v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ribrault" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>