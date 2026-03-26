--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Etienne Mullet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alinon, K., Gbati, K., Sorum, P. C., & Mullet, E. (2014). Emotional-motivational barriers to blood donation among Togolese adults: A structural approach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Medicine, 24,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 21-26.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armange, R., & Mullet, E. (2016). Slave descendants' views regarding national policies on reparations: A Martinican perspective. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bugay, A., & Mullet, E. (2014). The acceptability of physician-assisted-suicide as a function of circumstances: A preliminary study of Turkish students’ views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 715-727.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camus, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2014). French people's positions regarding national policies about illicit drugs: A preliminary study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">118,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 1191-1204*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camus, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Addictive substances, users’ health, and the Government’s perceived responsibility: French people’s perspective. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research, 128,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 1011-1027.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cano Romero, M. D., Munoz Sastre, M. T., Quintard, B., Sorum, P. C., & Mullet, E. (2017). The ethics of post-operative pain management: Mapping nurses’ views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nursing Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Costet Wong, A., Claudet, I., Sorum, P. C., & Mullet, E. (2015). Why do French parents bring their children to the emergency department? A systematic inventory of motives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Family Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, doi:10.1155/2015/978412.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cretenet, J., Mullet, E., & Dru, V. (2015). Motor and cognitive integration: Effect of bilateral behaviors on judgment. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica, 161</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 64-72.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giraudeau, C., Musielak, C., Hervé, C., Seren, D., Chasseigne, G., & Mullet, E. (2016). Aging, functional learning, and inhibition. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research, 42</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 329-347.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedez, A. G., & Mullet, E. (2014). Mapping self-forgiveness attitudes among adults living in Ibero-American countries. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Perspectives in Psychology, 3,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 123-137.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedez, A. G., & Mullet, E. (2014). Venezuelan adults’ views on the indivisibility of Human Rights: A preliminary study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 621-633.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedj, M., Mullet, E., & Cambon-Thompsen, A. (2016). Judging health risk as a function of risk factors and type of illness: Do people weight risk factors in a flexible way? *Journal of Health Psychology, 21,*832-843.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Heimann, M., Bonnefon, J. F., Pouget, S., & Mullet, E. (2014). Legitimacy of executive compensation plans: A preliminary study of French laypersons' acceptability. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 543-558.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Heimann, M., Mullet, E., & Bonnefon, J. F. (2015). People's views about the acceptability of remuneration policies and executive bonuses. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics, 127,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 661-671*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Igier, V., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2015). A mapping of people’s views regarding the communication of bad news to elderly people. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Communication,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 694-701.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Igier, V., Sorum, P. C., & Mullet, E. (2014). Judging patients’ pain from external cues. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology, 19,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 570-573.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kamble, S., & Mullet, E. (2014).Young Indians’ views on the appropriateness of the Death Penalty as a function of circumstances of crime: A preliminary study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 601-611.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kamble, S., & Mullet, E. (2016). A mapping of young Hindu’s views on the appropriateness of the Death Penalty as a function of circumstances of crime. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law, Crime and Justice, 44,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 14-25.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kamble, S., Ahmed, R., Sorum, P. C., & Mullet, E. (2014). The acceptability among young Hindus and Muslims of actively ending the lives of newborns with genetic defects. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics, 40,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 186-191.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., & Mullet, E. (2017). Western African lay people’s and health professionals’ views regarding pressing issues in bioethics. In, Cole, M. C. (Ed.), Bio and research ethics: Issues, perspectives and challenges of the 21st century (pp. 83-100). New York, NY: Nova Science Publishers.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Dassa, S. K., Sorum, P. C., & Mullet, E. (2014). Is it acceptable for a physician to request informal payment for treatment? Lay people’s and health professionals’ viewpoints in Togo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine, 19,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 296-310.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Dassa, S. K., Sorum, P. C., & Mullet, E. (2014). Togolese lay people’s and health professionals’ views about the acceptability of physician-assisted suicide.  </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics, 40</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 621-624.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Gbandey, S., Sorum, P. C., & Mullet, E. (2016).  Acceptability of vaccination against HIV: A mapping of Togolese people’s positions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Gossou, K. M., Sorum, P. C., & Mullet, E. (2016). Misconceptions about Ebola virus disease among lay people in Guinea: Lessons for community education. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Public Health Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Ronald, J. J., Sorum, P. C., & Mullet, E. (2017). Haitian people’s expectations regarding post-disaster humanitarian aid team’s actions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developing World Bioethics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Sorum, P. C., & Mullet, E. (2016). Breaking bad news to Togolese patients. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Communication,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Sorum, P. C., & Mullet, E. (2016). The potential acceptability of infant vaccination against malaria: A mapping of parental positions in Togo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vaccine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Sorum, P. C., & Mullet, E. (2017). Allocation of antiretroviral drugs to HIV-infected patients in Togo: Perspectives of people living with HIV and healthcare providers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lambert-Pandraud, R., Laurent, G., Mullet, E., & Yoon, C. (2016). Impact of age on brand awareness sets: A turning point in consumers’ early 60s. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marketing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lhermite, A., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2015). French lay people’s and health professionals’ views regarding the acceptability of involuntary treatment of nursing home residents. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 38-43.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">López López, W., Roa Bocarejo, M. A., Roa Peralta, D., Pineda Marín, C., & Mullet, E. (2016). Mapping Colombian citizens’ views regarding ordinary corruption: Threat, bribery, and the illicit sharing of confidential information. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">López López, W., Pineda Marín, C., & Mullet, E. (2014). Colombian people’s views regarding national policies about illicit drugs: A pilot study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 635-651.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">López López, W., Pineda Marín, C., & Mullet, E. (2016). Prohibition, regulation or free market: A mapping of Colombian people’s perspectives regarding National Drug Policies. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research, 126,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 689-710.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazoyer, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). French lay people’s and health professionals’ views on the acceptability of terminal sedation. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 627-631.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazoyer, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2017). Mapping French people and health professionals’ positions regarding the circumstances of morphine use to relieve cancer pain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supportive Care in Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morales, G. E., Lopez, E. O., Campos, C., Charles, D., Mezquita, Y. N., & Mullet, E. (2015). Conceptualization of love among adults with Down’s syndrome. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sexuality & Disability, 33,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 339-348*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morales, G. E., Lopez, E. O., Mullet, E. (2016). Blame judgments among people with Down Syndrome. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intellectual and Developmental Disability, 41,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 61-65.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Moulin, C., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2017). A mapping of the positions of French Evangelicals, Catholics, and Atheists regarding induced abortion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Law and Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mukashema, I., & Mullet, E. (2015). Attribution of guilt to offspring of perpetrators of the genocide: Rwandan people’s perspectives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict Resolution Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 75-98.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mukashema, I., Bugay, A., & Mullet, E. (2017). Reconciliation sentiment, forgiveness, and mental health among genocide victims. In Demir, M. & Sümer, N. (Eds.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Close relationships and happiness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. New York: Springer.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Neto, F. (2014). Forgiveness. In Keith, K. (Ed.) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Encyclopedia of Cross-Cultural Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (pp. 565-569)</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> New York: Psychology Press*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Neto, F. (2016). Forgiveness and religious tradition. In Leeming, D. A. (Ed.) </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of psychology and religion</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">. New York: Springer.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Oliveira, A. (2014). Explorations in information integration theory. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 399-404.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Wolf, Y. (2016). New frontiers in information integration theory. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica: Pan American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Gauché, M., Menezes Fonseca, A. C., Neto, F., & Muñoz Sastre, M. T. (2015). Self-forgivingness: Factor structure and relationships with personality, physical symptoms, drug consumption and sexual abuse during childhood. In Olsen, E. L. (Ed.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forgiveness: Social significance, health Impact and psychological effects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Hauppauge, NY: Nova.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Hofmans, J., & Schlottmann, A. (2016). Individual differences in information integration studies of children’s judgment/decision-making: Combining group with single-subject design via cluster analysis*.* In Toplak, M. & Weller, J. (Eds), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Individual differences in judgment and decision making from a developmental context.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> New York, NY: Psychology Press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Kpanake, L., Kamble, S., Ahmed, R. A., Bugay, A., Muñoz Sastre, M. T., & Sorum, P. C. (2016). Mapping people’s views regarding physician assisted suicide: A five-country study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Psychology Bulletin, 20,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 16-25.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Kpanake, L., Zounon, O., Guedj, M., & Munoz Sastre, M. T. (2014). Putting Reversal Theory’s model of four domains of experience in the hot seat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 1-9*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., López López, W., Kpanake, L., Mukashema, I., Armange, R., Kamble, S., Guedez, A. G., Pineda Marín, C., Munoz Sastre, M. T., Sorum, P. C., & Neto, F. (2016). Functional measurement in the field of ethics in politics. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica: Pan American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Nann, S., Kadima Kadiangandu, J., Neto, F., & Pinto, M. da C. (2014). The granting of forgiveness in an intergroup context: African and Asian social representations, In Mac Ginty, R. (Ed.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peacebuilding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Volume 1). New York: Sage.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Neto, F., Pinto, C, Raich, R. M., Munoz Sastre, M. T., & Sorum, P. C. (2014). The acceptability of ending a patient’s life: A France-Portugal-Spain comparison. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Death Studies, 38,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 28-35*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Marco, V., Cano Martil, S., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Mapping children’s and adolescents’ judgment rules for assessing the risk of disease transmission from sick friends. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infant and Child Development,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Doudou, K., Espitalier, A. L., Guyomard, E., Iturbide, M., Lampre, A., Tarroux, M., Sorum, P. C., & Mullet, E. (2014). The impact of current legislation on French people’s views regarding physician-assisted-suicide. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Law and Ethics, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 5-13*.*</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Olivari, C., Sorum, P. C., & Mullet, E. (2014). Minors’ and adults’ views about confidentiality. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnerable Children & Youth Studies, 9,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 97-103*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Petitfils, C., Sorum, P. C., & Mullet, E. (2015). A mapping of the positions of adults in Toulouse, France, regarding induced abortion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Contraception and Reproductive Health Care, 20,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 158-169.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muñoz Sastre, M. T., Sordes-Ader, F., & Mullet, E. (2014). Lay people’s views regarding the appropriateness of psychotherapies. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Patient-Centered Health Care, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 353-358.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Mapping French lay people's views on nonhuman animal experimentation. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society and Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Telling children their mother is seriously ill or dying: Mapping French people’s views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child: Care, Health & Development, 42,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 60-76*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). The acceptability of assisted reproductive technology among French lay people. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Reproductive and Infant Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musielak, C., Giraudeau, C., Chasseigne, G., & Mullet, E. (2014). To what extent does the existence of functional relations in a learning setting change the pattern of differences between younger and older adults’ performances? </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 40, 455-476.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Natheghian, S., Shirinzadeh Dastgiri, S., & Mullet, E. (2015). Dispositional forgiveness and PTSD among Iranian veterans of the 1980-88 war. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Loss and Trauma, 20,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 123-130*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., & Mullet, E. (2014). A prototype analysis of the Portuguese concept of saudade. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cross-Cultural Psychology, 45,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 660-670.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., & Munoz Sastre, M. T. (2014). Acceptability of adolescents’ abortion: Effect of religious involvement and current legislation on people’s views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 703-713.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., Mullet, E., & Furnham, A. (2016). Self-estimated correlates of lay views about Reversal Multiple Intelligences. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagination, Cognition and Personality, 35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 380-396.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., Pinto, C., & Mullet, E. (2016). Can music reduce anti-dark-skin prejudice? A test of a cross-cultural musical education programme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Music, 44,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 388-398.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., Pinto, C., Mullet, E., & Furnham, A. (2016). Estimates of lay views about reversal multiple intelligences for self and others: Sex and cross-cultural comparisons. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivari, C., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2015). Is it acceptable for a psychologist to break a young client’s confidentiality? Comparing Latin American (Chilean) and Western European (French) viewpoints*. Universitas Psychologica, 14,* 15-26*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pajot, E., Munoz Sastre, M. T., & Mullet, E. (2017). Mapping French people’s views regarding posthumous reproduction. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Reproductive and Infant Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pajot, E., Nacher, M., Munoz Sastre, M. T., & Mullet, E. (2015). Mapping people’s views regarding childbearing among people with learning difficulties. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sexuality & Disability, 33,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 447-456.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Petitfils, C., & Munoz Sastre, M. T. (2014). Judging the acceptability of surrogate motherhood: An exploratory study*. Psicologica: International Journal of Methodology and Experimental Psychology* [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 693-702.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Petitfils, C., Munoz Sastre M. T., Sorum, P. C., & Mullet, E. (2016). Mapping people’s views regarding the acceptability of surrogate motherhood. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Reproductive and Infant Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Popa, B., Gauché, M., Guillet, L., & Mullet, E. (2014). Cultural differences in the appraisal of stress. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 745-760.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Portell, M., Apter, M. J., & Mullet, E. (2014). Why do people enjoy watching accidents and catastrophes on TV? A Reversal Theory perspective. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 38-49.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sedkaoui, H., & Mullet, E. (2016). Mapping french people's views on chemical castration of child and adolescent sex offenders. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica: Pan American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sequeira Neto, J., & Mullet, E. (2016). Perceived acceptability of organizational layoffs and job alliances during a recession: A Mapping of Portuguese people's views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sequeira Neto, J., & Mullet, E. (2016). Perceived legitimacy of executives bonuses in time of global crisis: A mapping of Portuguese people’s views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics, 133,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 421-429.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vera Cruz, G., & Mullet, E. (2014). The impact of skin tone on perceived facial beauty: A two-culture study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 729-743.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vera Cruz, G., & Mullet, E. (2014). The practice of puxa-puxa among Mozambican women: A systematic inventory of motives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sex Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 852-862.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zounon, O., Hans-Moevi Akué, A., Cohovi Quenum, G., Sorum, P. C., & Mullet, E. (2015). Why people in Benin are reluctant to undergo amputations? A systematic inventory of motives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> .</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zounon, O., Sorum, P. C., & Mullet, E. (2015). How people in Benin assess a couple's risk of having a baby with Sickle Cell Disease. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Community Genetics, 6,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 77-82.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (118)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wayuu people's views on Human Rights' indivisibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamile Turizo-Palencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peace and Conflict: Journal of Peace Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lay views in Southern France of acceptability of refusing to provide treatment because of alleged futility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perform a mammography: Motives’ inventory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lochmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 75 (2), pp.100985. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2024.100985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of the forgiveness schema among young children and adolescents: A multinational comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guadalupe Elizabeth Morales-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Behavioral Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01650254241233531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wayuu people’s positions regarding the acceptability of political amnesties in Colombia.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamile Turizo-Palencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict Resolution Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 42, pp.109-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why patients in Uruguay agree to take or refuse to take antibiotics?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Bagnulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozu Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clay Sorum Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Health Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47 (5), pp.993-1002. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5993/AJHB.47.5.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patients’ Positions on the Degree of Trust to be Placed in Physicians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 0, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00332941231197610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French lay Persons’ judgments of the possibility of a heart attack when experiencing various physical manifestations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamiae Ettayea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Frolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sri Herath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Medicine Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, pp.102411. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a psychological typology of situations perceived as stressful by people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality: Reversal Theory Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.10-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judging the possibility of the onset of diabetes mellitus type 2 from reported behavioral changes and from family history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Diabetes and Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40842-022-00147-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The willingness to forgive among the Wayuu and among people from other indigenous communities in Colombia.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamile Turizo-Palencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.194-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acceptabilité perçue du suicide médicalement assisté : Comparaison internationale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8, pp.137-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mozambican adults’ perspectives on human rights: Comparison with French and Venezuelan adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Gabriela Guédez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychology in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (6), pp.592-598. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14330237.2022.2121483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03959573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Colombians’ positions on sentencing for substance offenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel del Rio Forero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Substance Abuse Treatment, Prevention, and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (1), pp.57. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13011-022-00485-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Spaniard men’s willingness and determinants to use a male contraceptive pill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piedad Gómez-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martínez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Gómez-Barrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Contraception and Reproductive Health Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13625187.2022.2026326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03603312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French people’s positions regarding the allocation of organs for transplantation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53, pp.520-528</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medición funcional en el dominio de la ética empírica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avances en Psicología Latinoamericana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping people's positions regarding the acceptability of somatic gene therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71 (5), pp.100688. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2021.100688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">People’s positions regarding Social Security’s health insurance programs: The case of Romania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Iulia Teodorescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71 (5), pp.100716. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2021.100716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French people’s positions regarding same-sex couples’ and singles’ rights to assisted reproductive technology and to adoption.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Child and Family Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30, pp.1381-1391. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10826-021-01898-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positions of French Nurses Regarding the use of Hypnotherapy to Relieve Pain in Postoperative Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Dolores Cano Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Clinical and Experimental Hypnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70 (1), pp.68-82. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207144.2022.2004077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing hospitalized patients’ quality of life from external indices: The perspectives of lay people and health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Castanié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality of Life Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30, pp.2819-2827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it acceptable for a physician to break confidentiality in the case of sexually transmitted diseases? A mapping of young Kuwaiti's views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramadan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71 (5), </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2021.100648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggression in team sports: A quantitative investigation of reversal theory motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51, pp.383-399. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7352/IJSP.2020.51.383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French people’s positions regarding the children’s right to know their biological parents’ identity.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matilde Nacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Child and Family Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.1723-1731</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infant vaccination against malaria in Mozambique and in Togo: mapping parents’ willingness to get their children vaccinated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (3), pp.539-547. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21645515.2019.1667728⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French lay people's views on nonhuman animal experimentation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society and Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, pp.272-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and comparing French people’s positions regarding restrictive control policies: a pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Castanié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Substance Abuse Treatment, Prevention, and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13011-020-00267-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French people’s views regarding xenotransplantation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 53, pp.520-528</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French People’s positions on supervised injection facilities for drug users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Substance Abuse Treatment, Prevention, and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (1), pp.79. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13011-020-00321-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Mozambicans’ willingness and determinants to use pre-exposure prophylactic HIV medication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniceto Mateus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lídia Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Moore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (12), pp.1954-1964. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1359105318783234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attitudes towards sexuality information for adolescents: What parents should and should not say</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.A. Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernal Castaneda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Briceno Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sex Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19, pp.582-596</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colombian people’s willingness to forgive offenses against women perpetrated during the armed conflict</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gutierrez Villamarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Espitia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista latinoamericana de psicología</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51, pp.226-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empathy and Forgiveness Among Mozambican Wives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Perspectives in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (3), pp.124-143. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/ipp0000110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping adults’ and young athletes’ views regarding how acceptable it is to use a nutritional supplement in sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (5), pp.477-492. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1612197X.2017.1367952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04175380v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Mozambican people’s views on corruption amnesty laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 58 (1), pp.84-102. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0539018419832262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French People’s Views Regarding Sexual Assistance to People with Physical Disabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sexuality and Disability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (1), pp.109-121. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11195-018-09552-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02140240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why patients want to take or refuse to take antibiotics: an inventory of motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Bagnulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.441. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12889-019-6834-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French lay people’s views regarding living organ donation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51, pp.613-618</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Information Integration Processes Using Between- or Within-Subjects Designs: Some More Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11144/Javeriana.upsy18-1.aiip⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision-making capacity among elderly people: A mapping of health professionals’ and lay people’s views.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Lhermite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Aging and Human Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 89 (3), pp.311-326. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0091415018811092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying determinants of Mozambican men’s willingness to use a male contraceptive pill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Moore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Contraception and Reproductive Health Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (4), pp.266-273. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13625187.2019.1630816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romanian lay people’s and health professionals’ views regarding living organ donation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Iulia Teodorescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51 (6), pp.1644-1650. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.transproceed.2019.04.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lay people’s conceptualizations regarding what determines fear of death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ferraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-018-9916-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Watching high-risk sports on television: the reversal theory’s concept of protective frame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (12), pp.2032 - 2047. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2018.1487404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping adults’ and young athletes’ views regarding how acceptable it is to use a nutritional supplement in sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, International Journal of Sport and Exercise Psychology, 17 (5), pp.477-492. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1612197x.2017.1367952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ethics of post-operative pain management: Mapping nurses’ views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Dolores Cano Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Quintard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nursing Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ijn.12514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judging health risk as a function of risk factors and type of illness: Do people weight risk factors in a flexible way?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cambon-Thomsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21 (5), pp.832-843. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1359105314539532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926515v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence of Alcohol, Drug Use and Psychoactive Substance Consumption in Samples of French and Congolese High School Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Moussiessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tropical Doctor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 34 (1), pp.15-17. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/004947550403400106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slave descendants' views regarding national policies on reparations: A Martinican perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseline Armange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addictive substances, users’ health, and the Government’s perceived responsibility: French people’s perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motor and cognitive integration: effect of bilateral behaviors on judgment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Cretenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 161, pp.64-72. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2015.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peoples’ Views About the Acceptability of Executive Bonuses and Compensation Policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Heimann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bonnefon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 127 (3), pp.661 - 671. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10551-014-2062-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01398420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Societal Risk Perception: A Comparison of 19 Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Macri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Resurselor Umane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (2), pp.25-35. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24837/pru.v5i2.325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why Do Parents Bring Their Children to the Emergency Department? A Systematic Inventory of Motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Costet Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Claudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Family Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015, pp.978412. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2015/978412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultural differences in the appraisal of stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Popa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35, pp.745-760</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motor influences on judgment: motor and cognitive integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Cretenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (1), pp.69-91. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bjop.12022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting Reversal Theory’s Model of Four Domains of Experience in the Hot Seat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ornheilia Zounon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Muñoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality: Reversal Theory Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12689/jmep.2014.201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual Responsibility Among Mozambican Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychology in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (3), pp.501-504. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14330237.2011.10820490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Practice of Puxa-Puxa among Mozambican Women: A Systematic Inventory of Motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sex Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 51 (8), pp.852-862. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00224499.2013.795925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors involved in the intent to move from one team to another among handball players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicológica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual attitudes among Mozambican adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Psychology and Counselling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (6), pp.73-80. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5897/IJPC12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French lay people's views regarding the acceptability of involuntary hospitalization of patients suffering from psychiatric illness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul C Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (1), pp.50-56. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijlp.2011.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donating organs: A theory-driven inventory of motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz-Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 16 (4), pp.418-429. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2011.555770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Acceptabilityamong Lay Persons and Health Professionals of Actively Ending the Lives of Damaged Newborns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teisseyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vanraet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monash Bioethics Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (2), pp.41-64. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03351524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision-making in basketball and handball games: A developmental perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, European Review of Applied Psychology, 60 (1), pp.27-34. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2009.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of social support in workers' lay conceptualizations about stress.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Hermand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 69, pp.53-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual Permissiveness: A Mozambique-France Comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Vinsonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 40 (10), pp.2488-2499. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1559-1816.2010.00667.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking Patient Confidentiality: Comparing Chilean and French Viewpoints Regarding the Conditions of its Acceptability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Olivari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.13-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it acceptable for a psychiatrist to break confidentiality to prevent spousal violence?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 32 (2), pp.108-114. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijlp.2009.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision making and brand choice by older consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Drolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Gutchess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marketing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (3/4), pp.355-365. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11002-008-9058-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00458428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Players' Quality of Play and Overall Interest of the Game in Dyadic Competition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 121 (1), pp.17-33. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/20445441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological validity test of laboratory studies of information integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teorie &amp; Modelli : periodico semestrale peer-reviewed di storia ed epistemologia della psicologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do French lay people and health professionals find it acceptable to breach confidentiality to protect a patient's wife from a sexually transmitted disease?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P C Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 32 (7), pp.414-419. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jme.2005.012195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgivingness and the paranoid personality style.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vinsonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Personality and Individual Differences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 38, pp.765-772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Under what conditions is euthanasia acceptable to lay people and health professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teisseyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 60, pp.357-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acceptability of ending a patient's life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Maudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 31 (6), pp.311-317. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jme.2004.008664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can music change ethnic attitudes among children ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 33, pp.304-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COGNITIVE ALGEBRA IN SPORT DECISION-MAKING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theory and Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58, pp.387 - 406. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11238-005-3890-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advoidance of anticipated regret: The ordering of prostate specific antigen tests.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Shim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bonnin-Scaon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 24, pp.149-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age and medication acceptance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ligneau-Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 30, pp.253-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive processes involved in the assessment of hazards' severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ciudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rivieve Shafighi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health, Risk, and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 6 (3), pp.277-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Fear of Pain questionnaire: Factor structure in samples of young, middle-aged and elderly European people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Albaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cottencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 8, pp.273-281</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging and Probabilistic Learning in Single- and Multiple-cue Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ligneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Roque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 30, pp.1-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualizations of conflic resolution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bakshi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Psychologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 9 (1), pp.78-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional learning among children, adolescents and young adults.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 88, pp.334-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Schemata in Dyadic Competition and Cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, The American Journal of Psychology, 117 (4), pp.479-496. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/4148987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptability of physician-assisted suicide.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frileux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antonini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Death Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 28, pp.941-953</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personality, self-esteem, and self-construal as correlates of forgivingness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Personality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 18, pp.15-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of the preventive medical message on intention to change behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frileux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patient Education and Counseling / Patient Education and Counselling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 52, pp.79-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The performance schemata in dyadic athletic competition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 117, pp.479-496</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence of alcohol, drug use and psychoactive substances consumption in samples of French and Congolese high school students.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moussiessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tropical Doctor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 34, pp.15-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor structure of the Borderline Personality Inventory in adolescents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Montovany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Duconge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kallmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Psychological Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.59-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the structural robustness of self-related satisfaction with life : A Structural Equation Modeling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 68, pp.235-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgivingness and satisfaction with life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vinsonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Happiness Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 4, pp.323-335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do primary care physicians in the United States and France order specific antigen tests for asymptotic patients ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Shim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.R. Stewart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bonnin-Scaon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23, pp.301-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk perception regarding energy production: Factor structure in a French sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazreg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rivierre-Shafighi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierce Law Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1, pp.197-217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk target : an interactive context factor in risk perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Hermand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Karsenty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risk Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23 (4), pp.821-828</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What risks Wester European are concerned about ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hermand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Simeone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Politics and Economics in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 12, pp.307-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress and the urge to drink.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Fouquereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Addictive Behaviors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 28, pp.669-685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving high school students' understanding of potential difference in simple electric circuits.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Liegeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Papin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Science Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 25, pp.1129-1145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the psychometric properties of the Fageström Test for Nicotine Dependence.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Niezboralai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Chastan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Montastruc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Addictive Behaviors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 28, pp.1441-1445</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employment and family as determinants of anticipated life satisfaction among young Greek adults.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Macri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Community, Work and Family</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 6, pp.197-215</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciding to end a patient's life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frileux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 29, pp.330-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive algebra of love through the adult life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Falconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Aging and Human Development.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 57, pp.277-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An application of the five-factor model of personality to intergenerational perception.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Igier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gerontology: Psychological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 58B, pp.P177-P186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Instruction set of questionnaires can affect the structure of the data: Application to self-rated State Anxiety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bourdet-Loubere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theory and Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 54, pp.249-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religious Involvement and the Forgiving Personality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Frongia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Usai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Personality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 71, pp.1-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judging the pleasantness of contour-rhythm-pitch-timbre combinations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Makris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 116, pp.581-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention and treatment of post-partum depression: a controlled randomized study on women at risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teisseyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Rogé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 32 (6), pp.1039-1047. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0033291702006062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematics of Forgiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacey Callahan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 115 (3), pp.351. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/1423422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche de la sexualité au Congo dans le contexte du sida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvy Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones. Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11 (1), pp.43-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des comportements sexuels de lycéens congolais et français dans le contexte du sida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvy Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones. Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11 (1), pp.49-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgivingness : Factor Structure in a Sample of Young, Middle-Aged, and Elderly Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Houdbine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Psychologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 3 (4), pp.289-297. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1016-9040.3.4.289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un questionnaire sur la sexualité à l'adolescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bariaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Malvy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie et Psychométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Area Judgment from Width and Height Information: The Case of the Rectangle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of experimental child psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Journal of experimental child psychology, 69 (1), pp.22-48. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/jecp.1998.2434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The height + width = area of a rectangle rule in five-year-olds: Effects of stimulus distribution and graduation of the response scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Journal of Experimental Child Psychology, 52 (3), pp.336-343. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0022-0965(91)90067-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judgments of quantity and conservation of quantity: The area of a rectangle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lautrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, Journal of Experimental Child Psychology, 47 (2), pp.193-209. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0022-0965(89)90029-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of skin tone on perceived facial beauty: A two-culture study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Conference on Information Integration Theory and Functional Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Coimbra, Portugal. pp.729-743</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Affect Heuristic in Presidential Polls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Raufaste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cariou Magali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Risk, Decision, and Human Error</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Roveretto-Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00005588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O julgamento humano:Uma abordagem empirica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Complicités. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique empirique des décisions de fin de vie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Complicités. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche empirique du jugement humain : Nouveaux développements.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Complicités. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etats d'esprit et motifs d'action - volume I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Muñoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Complicités. Broché, 1, 2022, 978-2351205037</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique empirique de la sexualité et de la reproduction humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris: Complicités. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French general practitioners vary in their attitudes toward treating terminally ill patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Mas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albaret Marie-Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0269216309107012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01427017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recours à la coercition vis-à-vis des malades mentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique des soins : perspectives africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Complicités, 2020, 9782351202807</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision Making and Brand Choice by Older Consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Drolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Gutchess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId363"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Etienne Mullet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alinon, K., Gbati, K., Sorum, P. C., & Mullet, E. (2014). Emotional-motivational barriers to blood donation among Togolese adults: A structural approach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion Medicine, 24,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 21-26.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armange, R., & Mullet, E. (2016). Slave descendants' views regarding national policies on reparations: A Martinican perspective. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bugay, A., & Mullet, E. (2014). The acceptability of physician-assisted-suicide as a function of circumstances: A preliminary study of Turkish students’ views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 715-727.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camus, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2014). French people's positions regarding national policies about illicit drugs: A preliminary study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">118,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 1191-1204*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camus, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Addictive substances, users’ health, and the Government’s perceived responsibility: French people’s perspective. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research, 128,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 1011-1027.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cano Romero, M. D., Munoz Sastre, M. T., Quintard, B., Sorum, P. C., & Mullet, E. (2017). The ethics of post-operative pain management: Mapping nurses’ views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nursing Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Costet Wong, A., Claudet, I., Sorum, P. C., & Mullet, E. (2015). Why do French parents bring their children to the emergency department? A systematic inventory of motives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Family Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, doi:10.1155/2015/978412.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cretenet, J., Mullet, E., & Dru, V. (2015). Motor and cognitive integration: Effect of bilateral behaviors on judgment. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica, 161</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 64-72.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giraudeau, C., Musielak, C., Hervé, C., Seren, D., Chasseigne, G., & Mullet, E. (2016). Aging, functional learning, and inhibition. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research, 42</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 329-347.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedez, A. G., & Mullet, E. (2014). Mapping self-forgiveness attitudes among adults living in Ibero-American countries. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Perspectives in Psychology, 3,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 123-137.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedez, A. G., & Mullet, E. (2014). Venezuelan adults’ views on the indivisibility of Human Rights: A preliminary study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 621-633.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guedj, M., Mullet, E., & Cambon-Thompsen, A. (2016). Judging health risk as a function of risk factors and type of illness: Do people weight risk factors in a flexible way? *Journal of Health Psychology, 21,*832-843.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Heimann, M., Bonnefon, J. F., Pouget, S., & Mullet, E. (2014). Legitimacy of executive compensation plans: A preliminary study of French laypersons' acceptability. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 543-558.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Heimann, M., Mullet, E., & Bonnefon, J. F. (2015). People's views about the acceptability of remuneration policies and executive bonuses. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics, 127,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 661-671*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Igier, V., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2015). A mapping of people’s views regarding the communication of bad news to elderly people. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Communication,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 694-701.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Igier, V., Sorum, P. C., & Mullet, E. (2014). Judging patients’ pain from external cues. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology, 19,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 570-573.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kamble, S., & Mullet, E. (2014).Young Indians’ views on the appropriateness of the Death Penalty as a function of circumstances of crime: A preliminary study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 601-611.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kamble, S., & Mullet, E. (2016). A mapping of young Hindu’s views on the appropriateness of the Death Penalty as a function of circumstances of crime. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law, Crime and Justice, 44,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 14-25.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kamble, S., Ahmed, R., Sorum, P. C., & Mullet, E. (2014). The acceptability among young Hindus and Muslims of actively ending the lives of newborns with genetic defects. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics, 40,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 186-191.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., & Mullet, E. (2017). Western African lay people’s and health professionals’ views regarding pressing issues in bioethics. In, Cole, M. C. (Ed.), Bio and research ethics: Issues, perspectives and challenges of the 21st century (pp. 83-100). New York, NY: Nova Science Publishers.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Dassa, S. K., Sorum, P. C., & Mullet, E. (2014). Is it acceptable for a physician to request informal payment for treatment? Lay people’s and health professionals’ viewpoints in Togo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine, 19,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 296-310.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Dassa, S. K., Sorum, P. C., & Mullet, E. (2014). Togolese lay people’s and health professionals’ views about the acceptability of physician-assisted suicide.  </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics, 40</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 621-624.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Gbandey, S., Sorum, P. C., & Mullet, E. (2016).  Acceptability of vaccination against HIV: A mapping of Togolese people’s positions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Gossou, K. M., Sorum, P. C., & Mullet, E. (2016). Misconceptions about Ebola virus disease among lay people in Guinea: Lessons for community education. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Public Health Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Ronald, J. J., Sorum, P. C., & Mullet, E. (2017). Haitian people’s expectations regarding post-disaster humanitarian aid team’s actions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developing World Bioethics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Sorum, P. C., & Mullet, E. (2016). Breaking bad news to Togolese patients. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Communication,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Sorum, P. C., & Mullet, E. (2016). The potential acceptability of infant vaccination against malaria: A mapping of parental positions in Togo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vaccine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kpanake, L., Sorum, P. C., & Mullet, E. (2017). Allocation of antiretroviral drugs to HIV-infected patients in Togo: Perspectives of people living with HIV and healthcare providers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lambert-Pandraud, R., Laurent, G., Mullet, E., & Yoon, C. (2016). Impact of age on brand awareness sets: A turning point in consumers’ early 60s. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marketing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lhermite, A., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2015). French lay people’s and health professionals’ views regarding the acceptability of involuntary treatment of nursing home residents. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 38-43.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">López López, W., Roa Bocarejo, M. A., Roa Peralta, D., Pineda Marín, C., & Mullet, E. (2016). Mapping Colombian citizens’ views regarding ordinary corruption: Threat, bribery, and the illicit sharing of confidential information. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">López López, W., Pineda Marín, C., & Mullet, E. (2014). Colombian people’s views regarding national policies about illicit drugs: A pilot study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 635-651.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">López López, W., Pineda Marín, C., & Mullet, E. (2016). Prohibition, regulation or free market: A mapping of Colombian people’s perspectives regarding National Drug Policies. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research, 126,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 689-710.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazoyer, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). French lay people’s and health professionals’ views on the acceptability of terminal sedation. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 627-631.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazoyer, J., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2017). Mapping French people and health professionals’ positions regarding the circumstances of morphine use to relieve cancer pain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supportive Care in Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morales, G. E., Lopez, E. O., Campos, C., Charles, D., Mezquita, Y. N., & Mullet, E. (2015). Conceptualization of love among adults with Down’s syndrome. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sexuality & Disability, 33,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 339-348*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morales, G. E., Lopez, E. O., Mullet, E. (2016). Blame judgments among people with Down Syndrome. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intellectual and Developmental Disability, 41,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 61-65.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Moulin, C., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2017). A mapping of the positions of French Evangelicals, Catholics, and Atheists regarding induced abortion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Law and Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mukashema, I., & Mullet, E. (2015). Attribution of guilt to offspring of perpetrators of the genocide: Rwandan people’s perspectives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict Resolution Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 75-98.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mukashema, I., Bugay, A., & Mullet, E. (2017). Reconciliation sentiment, forgiveness, and mental health among genocide victims. In Demir, M. & Sümer, N. (Eds.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Close relationships and happiness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. New York: Springer.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Neto, F. (2014). Forgiveness. In Keith, K. (Ed.) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Encyclopedia of Cross-Cultural Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (pp. 565-569)</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> New York: Psychology Press*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Neto, F. (2016). Forgiveness and religious tradition. In Leeming, D. A. (Ed.) </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of psychology and religion</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">. New York: Springer.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Oliveira, A. (2014). Explorations in information integration theory. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 399-404.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., & Wolf, Y. (2016). New frontiers in information integration theory. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica: Pan American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Gauché, M., Menezes Fonseca, A. C., Neto, F., & Muñoz Sastre, M. T. (2015). Self-forgivingness: Factor structure and relationships with personality, physical symptoms, drug consumption and sexual abuse during childhood. In Olsen, E. L. (Ed.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forgiveness: Social significance, health Impact and psychological effects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Hauppauge, NY: Nova.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Hofmans, J., & Schlottmann, A. (2016). Individual differences in information integration studies of children’s judgment/decision-making: Combining group with single-subject design via cluster analysis*.* In Toplak, M. & Weller, J. (Eds), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Individual differences in judgment and decision making from a developmental context.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> New York, NY: Psychology Press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Kpanake, L., Kamble, S., Ahmed, R. A., Bugay, A., Muñoz Sastre, M. T., & Sorum, P. C. (2016). Mapping people’s views regarding physician assisted suicide: A five-country study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Psychology Bulletin, 20,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 16-25.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Kpanake, L., Zounon, O., Guedj, M., & Munoz Sastre, M. T. (2014). Putting Reversal Theory’s model of four domains of experience in the hot seat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 1-9*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., López López, W., Kpanake, L., Mukashema, I., Armange, R., Kamble, S., Guedez, A. G., Pineda Marín, C., Munoz Sastre, M. T., Sorum, P. C., & Neto, F. (2016). Functional measurement in the field of ethics in politics. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica: Pan American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Nann, S., Kadima Kadiangandu, J., Neto, F., & Pinto, M. da C. (2014). The granting of forgiveness in an intergroup context: African and Asian social representations, In Mac Ginty, R. (Ed.), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peacebuilding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Volume 1). New York: Sage.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mullet, E., Neto, F., Pinto, C, Raich, R. M., Munoz Sastre, M. T., & Sorum, P. C. (2014). The acceptability of ending a patient’s life: A France-Portugal-Spain comparison. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Death Studies, 38,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 28-35*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Marco, V., Cano Martil, S., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Mapping children’s and adolescents’ judgment rules for assessing the risk of disease transmission from sick friends. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infant and Child Development,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Doudou, K., Espitalier, A. L., Guyomard, E., Iturbide, M., Lampre, A., Tarroux, M., Sorum, P. C., & Mullet, E. (2014). The impact of current legislation on French people’s views regarding physician-assisted-suicide. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Law and Ethics, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 5-13*.*</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Olivari, C., Sorum, P. C., & Mullet, E. (2014). Minors’ and adults’ views about confidentiality. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnerable Children & Youth Studies, 9,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 97-103*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Petitfils, C., Sorum, P. C., & Mullet, E. (2015). A mapping of the positions of adults in Toulouse, France, regarding induced abortion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Contraception and Reproductive Health Care, 20,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 158-169.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muñoz Sastre, M. T., Sordes-Ader, F., & Mullet, E. (2014). Lay people’s views regarding the appropriateness of psychotherapies. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Patient-Centered Health Care, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 353-358.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Mapping French lay people's views on nonhuman animal experimentation. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society and Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). Telling children their mother is seriously ill or dying: Mapping French people’s views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child: Care, Health & Development, 42,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 60-76*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2016). The acceptability of assisted reproductive technology among French lay people. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Reproductive and Infant Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musielak, C., Giraudeau, C., Chasseigne, G., & Mullet, E. (2014). To what extent does the existence of functional relations in a learning setting change the pattern of differences between younger and older adults’ performances? </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 40, 455-476.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Natheghian, S., Shirinzadeh Dastgiri, S., & Mullet, E. (2015). Dispositional forgiveness and PTSD among Iranian veterans of the 1980-88 war. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Loss and Trauma, 20,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 123-130*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., & Mullet, E. (2014). A prototype analysis of the Portuguese concept of saudade. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cross-Cultural Psychology, 45,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 660-670.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., & Munoz Sastre, M. T. (2014). Acceptability of adolescents’ abortion: Effect of religious involvement and current legislation on people’s views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 703-713.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., Mullet, E., & Furnham, A. (2016). Self-estimated correlates of lay views about Reversal Multiple Intelligences. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagination, Cognition and Personality, 35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 380-396.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., Pinto, C., & Mullet, E. (2016). Can music reduce anti-dark-skin prejudice? A test of a cross-cultural musical education programme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Music, 44,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 388-398.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Neto, F., Pinto, C., Mullet, E., & Furnham, A. (2016). Estimates of lay views about reversal multiple intelligences for self and others: Sex and cross-cultural comparisons. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivari, C., Munoz Sastre, M. T., Sorum, P. C., & Mullet, E. (2015). Is it acceptable for a psychologist to break a young client’s confidentiality? Comparing Latin American (Chilean) and Western European (French) viewpoints*. Universitas Psychologica, 14,* 15-26*.*</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pajot, E., Munoz Sastre, M. T., & Mullet, E. (2017). Mapping French people’s views regarding posthumous reproduction. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Reproductive and Infant Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pajot, E., Nacher, M., Munoz Sastre, M. T., & Mullet, E. (2015). Mapping people’s views regarding childbearing among people with learning difficulties. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sexuality & Disability, 33,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 447-456.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Petitfils, C., & Munoz Sastre, M. T. (2014). Judging the acceptability of surrogate motherhood: An exploratory study*. Psicologica: International Journal of Methodology and Experimental Psychology* [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 693-702.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Petitfils, C., Munoz Sastre M. T., Sorum, P. C., & Mullet, E. (2016). Mapping people’s views regarding the acceptability of surrogate motherhood. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Reproductive and Infant Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Popa, B., Gauché, M., Guillet, L., & Mullet, E. (2014). Cultural differences in the appraisal of stress. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 745-760.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Portell, M., Apter, M. J., & Mullet, E. (2014). Why do people enjoy watching accidents and catastrophes on TV? A Reversal Theory perspective. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality, 2,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 38-49.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sedkaoui, H., & Mullet, E. (2016). Mapping french people's views on chemical castration of child and adolescent sex offenders. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica: Pan American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sequeira Neto, J., & Mullet, E. (2016). Perceived acceptability of organizational layoffs and job alliances during a recession: A Mapping of Portuguese people's views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in press.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sequeira Neto, J., & Mullet, E. (2016). Perceived legitimacy of executives bonuses in time of global crisis: A mapping of Portuguese people’s views. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics, 133,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 421-429.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vera Cruz, G., & Mullet, E. (2014). The impact of skin tone on perceived facial beauty: A two-culture study. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica: International Journal of Methodology and Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> [Special Issue on Functional Measurement], </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 729-743.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vera Cruz, G., & Mullet, E. (2014). The practice of puxa-puxa among Mozambican women: A systematic inventory of motives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sex Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 852-862.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zounon, O., Hans-Moevi Akué, A., Cohovi Quenum, G., Sorum, P. C., & Mullet, E. (2015). Why people in Benin are reluctant to undergo amputations? A systematic inventory of motives. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> .</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zounon, O., Sorum, P. C., & Mullet, E. (2015). How people in Benin assess a couple's risk of having a baby with Sickle Cell Disease. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Community Genetics, 6,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 77-82.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (118)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wayuu people's views on Human Rights' indivisibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamile Turizo-Palencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peace and Conflict: Journal of Peace Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lay views in Southern France of acceptability of refusing to provide treatment because of alleged futility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perform a mammography: Motives’ inventory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lochmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 75 (2), pp.100985. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2024.100985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wayuu people’s positions regarding the acceptability of political amnesties in Colombia.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamile Turizo-Palencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict Resolution Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 42, pp.109-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of the forgiveness schema among young children and adolescents: A multinational comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guadalupe Elizabeth Morales-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Behavioral Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01650254241233531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French lay Persons’ judgments of the possibility of a heart attack when experiencing various physical manifestations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamiae Ettayea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Frolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sri Herath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Medicine Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, pp.102411. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why patients in Uruguay agree to take or refuse to take antibiotics?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Bagnulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozu Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clay Sorum Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Health Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47 (5), pp.993-1002. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5993/AJHB.47.5.12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patients’ Positions on the Degree of Trust to be Placed in Physicians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 0, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00332941231197610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a psychological typology of situations perceived as stressful by people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality: Reversal Theory Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.10-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judging the possibility of the onset of diabetes mellitus type 2 from reported behavioral changes and from family history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Diabetes and Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40842-022-00147-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The willingness to forgive among the Wayuu and among people from other indigenous communities in Colombia.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamile Turizo-Palencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.194-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acceptabilité perçue du suicide médicalement assisté : Comparaison internationale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8, pp.137-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mozambican adults’ perspectives on human rights: Comparison with French and Venezuelan adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Gabriela Guédez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychology in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (6), pp.592-598. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14330237.2022.2121483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03959573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Colombians’ positions on sentencing for substance offenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel del Rio Forero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Substance Abuse Treatment, Prevention, and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (1), pp.57. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13011-022-00485-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Spaniard men’s willingness and determinants to use a male contraceptive pill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piedad Gómez-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Martínez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Gómez-Barrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Contraception and Reproductive Health Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13625187.2022.2026326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03603312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">People’s positions regarding Social Security’s health insurance programs: The case of Romania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Iulia Teodorescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71 (5), pp.100716. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2021.100716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping people's positions regarding the acceptability of somatic gene therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71 (5), pp.100688. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2021.100688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French people’s positions regarding same-sex couples’ and singles’ rights to assisted reproductive technology and to adoption.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Child and Family Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30, pp.1381-1391. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10826-021-01898-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positions of French Nurses Regarding the use of Hypnotherapy to Relieve Pain in Postoperative Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Dolores Cano Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Clinical and Experimental Hypnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70 (1), pp.68-82. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207144.2022.2004077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing hospitalized patients’ quality of life from external indices: The perspectives of lay people and health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Castanié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quality of Life Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30, pp.2819-2827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it acceptable for a physician to break confidentiality in the case of sexually transmitted diseases? A mapping of young Kuwaiti's views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramadan Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 71 (5), </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2021.100648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French people’s positions regarding the allocation of organs for transplantation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53, pp.520-528</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medición funcional en el dominio de la ética empírica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avances en Psicología Latinoamericana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infant vaccination against malaria in Mozambique and in Togo: mapping parents’ willingness to get their children vaccinated</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (3), pp.539-547. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21645515.2019.1667728⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French lay people's views on nonhuman animal experimentation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society and Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, pp.272-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and comparing French people’s positions regarding restrictive control policies: a pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Castanié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Substance Abuse Treatment, Prevention, and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13011-020-00267-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French people’s views regarding xenotransplantation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 53, pp.520-528</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French People’s positions on supervised injection facilities for drug users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Substance Abuse Treatment, Prevention, and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (1), pp.79. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13011-020-00321-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Mozambicans’ willingness and determinants to use pre-exposure prophylactic HIV medication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniceto Mateus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lídia Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Moore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (12), pp.1954-1964. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1359105318783234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggression in team sports: A quantitative investigation of reversal theory motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51, pp.383-399. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7352/IJSP.2020.51.383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French people’s positions regarding the children’s right to know their biological parents’ identity.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matilde Nacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Child and Family Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.1723-1731</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping adults’ and young athletes’ views regarding how acceptable it is to use a nutritional supplement in sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (5), pp.477-492. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1612197X.2017.1367952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04175380v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Mozambican people’s views on corruption amnesty laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 58 (1), pp.84-102. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0539018419832262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Information Integration Processes Using Between- or Within-Subjects Designs: Some More Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11144/Javeriana.upsy18-1.aiip⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French People’s Views Regarding Sexual Assistance to People with Physical Disabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sexuality and Disability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37 (1), pp.109-121. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11195-018-09552-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02140240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why patients want to take or refuse to take antibiotics: an inventory of motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Bagnulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.441. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12889-019-6834-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping French lay people’s views regarding living organ donation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Pajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51, pp.613-618</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision-making capacity among elderly people: A mapping of health professionals’ and lay people’s views.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Lhermite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Aging and Human Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 89 (3), pp.311-326. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0091415018811092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying determinants of Mozambican men’s willingness to use a male contraceptive pill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Humeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Moore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Contraception and Reproductive Health Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (4), pp.266-273. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13625187.2019.1630816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romanian lay people’s and health professionals’ views regarding living organ donation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Iulia Teodorescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplantation Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51 (6), pp.1644-1650. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.transproceed.2019.04.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attitudes towards sexuality information for adolescents: What parents should and should not say</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.A. Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernal Castaneda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Briceno Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sex Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19, pp.582-596</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colombian people’s willingness to forgive offenses against women perpetrated during the armed conflict</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pineda-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Gutierrez Villamarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Espitia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista latinoamericana de psicología</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51, pp.226-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empathy and Forgiveness Among Mozambican Wives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Perspectives in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (3), pp.124-143. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/ipp0000110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lay people’s conceptualizations regarding what determines fear of death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ferraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-018-9916-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Watching high-risk sports on television: the reversal theory’s concept of protective frame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (12), pp.2032 - 2047. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2018.1487404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ethics of post-operative pain management: Mapping nurses’ views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Dolores Cano Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Quintard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nursing Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ijn.12514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping adults’ and young athletes’ views regarding how acceptable it is to use a nutritional supplement in sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, International Journal of Sport and Exercise Psychology, 17 (5), pp.477-492. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1612197x.2017.1367952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judging health risk as a function of risk factors and type of illness: Do people weight risk factors in a flexible way?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cambon-Thomsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21 (5), pp.832-843. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1359105314539532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926515v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addictive substances, users’ health, and the Government’s perceived responsibility: French people’s perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slave descendants' views regarding national policies on reparations: A Martinican perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseline Armange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence of Alcohol, Drug Use and Psychoactive Substance Consumption in Samples of French and Congolese High School Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Moussiessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tropical Doctor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 34 (1), pp.15-17. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/004947550403400106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Societal Risk Perception: A Comparison of 19 Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Macri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Resurselor Umane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (2), pp.25-35. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24837/pru.v5i2.325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peoples’ Views About the Acceptability of Executive Bonuses and Compensation Policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Heimann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bonnefon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 127 (3), pp.661 - 671. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10551-014-2062-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01398420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why Do Parents Bring Their Children to the Emergency Department? A Systematic Inventory of Motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Costet Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Claudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Family Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015, pp.978412. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2015/978412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motor and cognitive integration: effect of bilateral behaviors on judgment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Cretenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 161, pp.64-72. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2015.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motor influences on judgment: motor and cognitive integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Cretenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (1), pp.69-91. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bjop.12022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting Reversal Theory’s Model of Four Domains of Experience in the Hot Seat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ornheilia Zounon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Muñoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Motivation, Emotion, and Personality: Reversal Theory Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12689/jmep.2014.201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual Responsibility Among Mozambican Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Psychology in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 21 (3), pp.501-504. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14330237.2011.10820490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultural differences in the appraisal of stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Popa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologica.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35, pp.745-760</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Practice of Puxa-Puxa among Mozambican Women: A Systematic Inventory of Motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sex Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 51 (8), pp.852-862. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00224499.2013.795925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual attitudes among Mozambican adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Psychology and Counselling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (6), pp.73-80. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5897/IJPC12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French lay people's views regarding the acceptability of involuntary hospitalization of patients suffering from psychiatric illness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul C Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (1), pp.50-56. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijlp.2011.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors involved in the intent to move from one team to another among handball players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicológica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donating organs: A theory-driven inventory of motives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz-Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 16 (4), pp.418-429. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2011.555770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision-making in basketball and handball games: A developmental perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, European Review of Applied Psychology, 60 (1), pp.27-34. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2009.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexual Permissiveness: A Mozambique-France Comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Vinsonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Social Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 40 (10), pp.2488-2499. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1559-1816.2010.00667.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of social support in workers' lay conceptualizations about stress.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Hermand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Swiss Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 69, pp.53-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking Patient Confidentiality: Comparing Chilean and French Viewpoints Regarding the Conditions of its Acceptability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Olivari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.13-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Acceptabilityamong Lay Persons and Health Professionals of Actively Ending the Lives of Damaged Newborns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teisseyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Vanraet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monash Bioethics Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (2), pp.41-64. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03351524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is it acceptable for a psychiatrist to break confidentiality to prevent spousal violence?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Clay Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Law and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 32 (2), pp.108-114. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijlp.2009.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision making and brand choice by older consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Drolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Gutchess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marketing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (3/4), pp.355-365. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11002-008-9058-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00458428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Players' Quality of Play and Overall Interest of the Game in Dyadic Competition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 121 (1), pp.17-33. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/20445441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01469907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological validity test of laboratory studies of information integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teorie &amp; Modelli : periodico semestrale peer-reviewed di storia ed epistemologia della psicologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do French lay people and health professionals find it acceptable to breach confidentiality to protect a patient's wife from a sexually transmitted disease?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P C Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 32 (7), pp.414-419. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jme.2005.012195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Under what conditions is euthanasia acceptable to lay people and health professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teisseyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 60, pp.357-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acceptability of ending a patient's life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Gibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Maudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 31 (6), pp.311-317. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jme.2004.008664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COGNITIVE ALGEBRA IN SPORT DECISION-MAKING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theory and Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58, pp.387 - 406. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11238-005-3890-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can music change ethnic attitudes among children ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 33, pp.304-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgivingness and the paranoid personality style.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vinsonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Personality and Individual Differences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 38, pp.765-772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging and Probabilistic Learning in Single- and Multiple-cue Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ligneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Roque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 30, pp.1-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualizations of conflic resolution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bakshi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Psychologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 9 (1), pp.78-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Fear of Pain questionnaire: Factor structure in samples of young, middle-aged and elderly European people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Albaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cottencin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 8, pp.273-281</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional learning among children, adolescents and young adults.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 88, pp.334-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Schemata in Dyadic Competition and Cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, The American Journal of Psychology, 117 (4), pp.479-496. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/4148987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptability of physician-assisted suicide.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frileux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antonini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Death Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 28, pp.941-953</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personality, self-esteem, and self-construal as correlates of forgivingness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Personality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 18, pp.15-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of the preventive medical message on intention to change behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frileux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patient Education and Counseling / Patient Education and Counselling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 52, pp.79-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The performance schemata in dyadic athletic competition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 117, pp.479-496</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence of alcohol, drug use and psychoactive substances consumption in samples of French and Congolese high school students.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moussiessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. El-Hage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tropical Doctor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 34, pp.15-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor structure of the Borderline Personality Inventory in adolescents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Montovany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Duconge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kallmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Psychological Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.59-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the structural robustness of self-related satisfaction with life : A Structural Equation Modeling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Indicators Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 68, pp.235-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive processes involved in the assessment of hazards' severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ciudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rivieve Shafighi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health, Risk, and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 6 (3), pp.277-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age and medication acceptance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ligneau-Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Aging Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 30, pp.253-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advoidance of anticipated regret: The ordering of prostate specific antigen tests.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Shim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bonnin-Scaon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 24, pp.149-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00105626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk target : an interactive context factor in risk perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Hermand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Karsenty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risk Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23 (4), pp.821-828</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the psychometric properties of the Fageström Test for Nicotine Dependence.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Niezboralai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Chastan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Montastruc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Addictive Behaviors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 28, pp.1441-1445</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving high school students' understanding of potential difference in simple electric circuits.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Liegeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Papin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Science Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 25, pp.1129-1145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What risks Wester European are concerned about ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hermand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Simeone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Politics and Economics in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 12, pp.307-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress and the urge to drink.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Fouquereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Addictive Behaviors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 28, pp.669-685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Employment and family as determinants of anticipated life satisfaction among young Greek adults.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Macri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Community, Work and Family</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 6, pp.197-215</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciding to end a patient's life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frileux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Ethics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 29, pp.330-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive algebra of love through the adult life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Falconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Aging and Human Development.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 57, pp.277-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An application of the five-factor model of personality to intergenerational perception.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Igier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gerontology: Psychological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 58B, pp.P177-P186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Instruction set of questionnaires can affect the structure of the data: Application to self-rated State Anxiety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bourdet-Loubere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theory and Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 54, pp.249-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religious Involvement and the Forgiving Personality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Barros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Frongia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Usai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Personality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 71, pp.1-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judging the pleasantness of contour-rhythm-pitch-timbre combinations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Makris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 116, pp.581-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk perception regarding energy production: Factor structure in a French sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lazreg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rivierre-Shafighi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierce Law Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 1, pp.197-217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgivingness and satisfaction with life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Munoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vinsonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Happiness Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 4, pp.323-335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do primary care physicians in the United States and France order specific antigen tests for asymptotic patients ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Shim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.R. Stewart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bonnin-Scaon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23, pp.301-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00109803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention and treatment of post-partum depression: a controlled randomized study on women at risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Chabrol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Teissedre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Saint-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teisseyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Rogé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 32 (6), pp.1039-1047. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0033291702006062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematics of Forgiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stacey Callahan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 115 (3), pp.351. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/1423422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche de la sexualité au Congo dans le contexte du sida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvy Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones. Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11 (1), pp.43-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des comportements sexuels de lycéens congolais et français dans le contexte du sida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvy Denis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études et de recherches francophones. Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11 (1), pp.49-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forgivingness : Factor Structure in a Sample of Young, Middle-Aged, and Elderly Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Houdbine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Psychologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 3 (4), pp.289-297. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1016-9040.3.4.289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un questionnaire sur la sexualité à l'adolescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bariaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Malvy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie et Psychométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Area Judgment from Width and Height Information: The Case of the Rectangle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of experimental child psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Journal of experimental child psychology, 69 (1), pp.22-48. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/jecp.1998.2434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The height + width = area of a rectangle rule in five-year-olds: Effects of stimulus distribution and graduation of the response scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Journal of Experimental Child Psychology, 52 (3), pp.336-343. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0022-0965(91)90067-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judgments of quantity and conservation of quantity: The area of a rectangle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Lautrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Paques Rulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, Journal of Experimental Child Psychology, 47 (2), pp.193-209. </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0022-0965(89)90029-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of skin tone on perceived facial beauty: A two-culture study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Vera Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth International Conference on Information Integration Theory and Functional Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Coimbra, Portugal. pp.729-743</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Affect Heuristic in Presidential Polls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Raufaste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cariou Magali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Risk, Decision, and Human Error</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Roveretto-Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00005588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique empirique des décisions de fin de vie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Complicités. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04926450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O julgamento humano:Uma abordagem empirica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Complicités. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche empirique du jugement humain : Nouveaux développements.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chasseigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Complicités. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etats d'esprit et motifs d'action - volume I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Muñoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Complicités. Broché, 1, 2022, 978-2351205037</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04073011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique empirique de la sexualité et de la reproduction humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris: Complicités. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French general practitioners vary in their attitudes toward treating terminally ill patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Mas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albaret Marie-Claire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.C. Sorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0269216309107012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01427017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recours à la coercition vis-à-vis des malades mentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Guedj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique des soins : perspectives africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Complicités, 2020, 9782351202807</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision Making and Brand Choice by Older Consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Drolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Gutchess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId363"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961097v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamile Turizo-Palencia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pineda-Marin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mullet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961083v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clay Sorum" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lochmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Guedj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Mullet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2024.100985" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04517677v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Vera Cruz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonzozou Kpanake" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Elizabeth Morales-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01650254241233531" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961049v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791048v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bagnulo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonzozu Kpanake" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clay Sorum Paul" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5993/AJHB.47.5.12" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960828v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941231197610" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04216086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Ettayea" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Frolleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sri Herath" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102411" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960899v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40842-022-00147-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961034v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960790v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03959573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Gabriela Gu&#233;dez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14330237.2022.2121483" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926425v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel del Rio Forero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13011-022-00485-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603312v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piedad G&#243;mez-Torres" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Mart&#237;nez-P&#233;rez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel G&#243;mez-Barrera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13625187.2022.2026326" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960887v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960612v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pajot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926433v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fraux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100688" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961000v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Iulia Teodorescu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100716" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960867v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-021-01898-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791109v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Cano Romero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207144.2022.2004077" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960809v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Castani&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670670v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramadan Ahmed" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100648" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176033v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fruchart" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rulence-P&#226;ques" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP.2020.51.383" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960910v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Nacher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221692v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Humeau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2019.1667728" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960857v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960475v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13011-020-00267-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960483v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13011-020-00321-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221681v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniceto Mateus" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;dia Domingos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Moore" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105318783234" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960951v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Murcia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernal Castaneda" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Briceno Hernandez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960932v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gutierrez Villamarin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Espitia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221687v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/ipp0000110" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175380v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2017.1367952" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221684v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0539018419832262" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140240v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Girard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11195-018-09552-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790959v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-019-6834-x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960845v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926409v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chasseigne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11144/Javeriana.upsy18-1.aiip" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960633v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lhermite" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0091415018811092" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221688v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13625187.2019.1630816" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960973v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2019.04.033" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01926412v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ferraud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-018-9916-5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425973v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2018.1487404" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830230v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Paques Rulence" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2017.1367952" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909059v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Munoz Sastre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quintard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijn.12514" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01926515v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cambon-Thomsen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105314539532" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334599v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. El-Hage" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Moussiessi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/004947550403400106" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908962v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Armange" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908970v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Camus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468293v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cretenet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2015.08.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398420v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Heimann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonnefon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-014-2062-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05269968v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Macri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24837/pru.v5i2.325" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048159v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Costet Wong" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Claudet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sorum" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/978412" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081941v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Popa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468297v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjop.12022" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TTXWSZXL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953057v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornheilia Zounon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12689/jmep.2014.201" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221587v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14330237.2011.10820490" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221622v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224499.2013.795925" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425949v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221600v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/IJPC12.002" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953098v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul C Sorum" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijlp.2011.11.010" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953062v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz-Sastre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2011.555770" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147619v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Teisseyre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vanraet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03351524" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830317v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2009.10.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764180v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Hermand" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221584v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vinsonneau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Le Gall" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Rivi&#232;re" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1559-1816.2010.00667.x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-273CNL0B-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953045v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Olivari" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. Sorum" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953031v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijlp.2009.01.003" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00458428v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laurent" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cole" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Drolet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Ebert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Gutchess" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11002-008-9058-x" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-344WPNQH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469907v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/20445441" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425929v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953079v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P C Sorum" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jme.2005.012195" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109731v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vinsonneau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Chabrol" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109662v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953053v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gibert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maudet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jme.2004.008664" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109733v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sousa" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Do" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425498v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-005-3890-8" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6WC4LFVH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105626v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shim" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonnin-Scaon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chasseigne" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105609v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ligneau-Herv&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105587v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ciudat" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rivieve Shafighi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105594v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Albaret" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cottencin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105591v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grau" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Gall" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ligneau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roque" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105627v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Girard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bakshi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105631v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830373v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/4148987" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109734v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frileux" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antonini" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sorum" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105581v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105249v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Munoz Sastre" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105941v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dru" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P&#226;ques" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105605v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moussiessi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105597v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chabrol" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Montovany" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duconge" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kallmeyer" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105577v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vautier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jmel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109794v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109803v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Stewart" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109815v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazreg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rivierre-Shafighi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562412v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Karsenty" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Py" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109856v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hermand" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Py" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauvin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simeone" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109793v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquereau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fernandez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109839v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Liegeois" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Papin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109852v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Niezboralai" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chastan" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Montastruc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109834v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Macri" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109760v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109754v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Falconi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109785v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Igier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109786v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdet-Loubere" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109790v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barros" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frongia" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Usai" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109831v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Makris" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147621v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Teissedre" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Saint-Jean" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Rog&#233;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0033291702006062" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-7H7FSN88-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345120v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Callahan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/1423422" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864296v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvy Denis" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864295v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345247v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Houdbine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laumonier" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1016-9040.3.4.289" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265328v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bariaud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Malvy" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830287v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jecp.1998.2434" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830323v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Paques" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0965(91)90067-3" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZGP89G3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03829952v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lautrey" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0965(89)90029-5" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221621v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005588v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Raufaste" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cariou Magali" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960519v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926450v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790502v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073011v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960537v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01427017v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mas" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albaret Marie-Claire" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0269216309107012" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278949v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00582658v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961097v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamile Turizo-Palencia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Pineda-Marin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mullet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961083v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clay Sorum" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073067v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lochmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Guedj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Mullet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2024.100985" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961049v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04517677v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Vera Cruz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonzozou Kpanake" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Elizabeth Morales-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01650254241233531" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04216086v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Ettayea" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Frolleau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sri Herath" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102411" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791048v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bagnulo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonzozu Kpanake" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clay Sorum Paul" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5993/AJHB.47.5.12" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960828v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941231197610" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960899v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40842-022-00147-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961034v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960790v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03959573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Gabriela Gu&#233;dez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14330237.2022.2121483" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926425v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel del Rio Forero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13011-022-00485-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603312v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piedad G&#243;mez-Torres" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Mart&#237;nez-P&#233;rez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel G&#243;mez-Barrera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13625187.2022.2026326" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961000v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Iulia Teodorescu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100716" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926433v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fraux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100688" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960867v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-021-01898-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791109v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Cano Romero" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207144.2022.2004077" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Castani&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670670v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramadan Ahmed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2021.100648" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960887v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960612v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pajot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221692v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Humeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2019.1667728" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960857v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960475v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13011-020-00267-5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960564v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960483v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13011-020-00321-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221681v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniceto Mateus" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;dia Domingos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Moore" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105318783234" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176033v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fruchart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rulence-P&#226;ques" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP.2020.51.383" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960910v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Nacher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175380v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2017.1367952" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221684v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0539018419832262" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926409v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chasseigne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11144/Javeriana.upsy18-1.aiip" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140240v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Girard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11195-018-09552-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790959v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-019-6834-x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960845v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960633v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lhermite" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0091415018811092" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221688v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13625187.2019.1630816" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960973v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2019.04.033" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960951v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Murcia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernal Castaneda" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Briceno Hernandez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960932v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gutierrez Villamarin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Espitia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221687v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/ipp0000110" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01926412v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ferraud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-018-9916-5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425973v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2018.1487404" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909059v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Munoz Sastre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quintard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijn.12514" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830230v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Paques Rulence" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2017.1367952" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01926515v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cambon-Thomsen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105314539532" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908970v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Camus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908962v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Armange" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334599v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. El-Hage" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Moussiessi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/004947550403400106" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05269968v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Macri" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24837/pru.v5i2.325" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01398420v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Heimann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonnefon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-014-2062-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048159v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Costet Wong" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Claudet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sorum" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/978412" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468293v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cretenet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2015.08.004" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468297v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjop.12022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TTXWSZXL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953057v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornheilia Zounon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12689/jmep.2014.201" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221587v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14330237.2011.10820490" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081941v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Popa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221622v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224499.2013.795925" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221600v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/IJPC12.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953098v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul C Sorum" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijlp.2011.11.010" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425949v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953062v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz-Sastre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2011.555770" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830317v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2009.10.003" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vinsonneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Le Gall" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Rivi&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1559-1816.2010.00667.x" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-273CNL0B-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764180v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Hermand" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953045v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Olivari" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. Sorum" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147619v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Teisseyre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vanraet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03351524" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953031v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijlp.2009.01.003" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00458428v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laurent" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cole" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Drolet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Ebert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Gutchess" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11002-008-9058-x" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-344WPNQH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469907v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/20445441" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425929v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953079v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P C Sorum" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jme.2005.012195" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109662v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01953053v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gibert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maudet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jme.2004.008664" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03425498v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11238-005-3890-8" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6WC4LFVH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109733v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sousa" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Do" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109731v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vinsonneau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Chabrol" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105591v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chasseigne" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Gall" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ligneau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roque" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105627v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Girard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bakshi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105594v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Albaret" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cottencin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105631v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830373v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/4148987" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109734v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frileux" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antonini" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sorum" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105581v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105249v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Munoz Sastre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105941v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dru" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P&#226;ques" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105605v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moussiessi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105597v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chabrol" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Montovany" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duconge" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kallmeyer" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105577v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vautier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jmel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105587v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ciudat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rivieve Shafighi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105609v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ligneau-Herv&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105626v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shim" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonnin-Scaon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562412v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Karsenty" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Py" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109852v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Niezboralai" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chastan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Montastruc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109839v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Liegeois" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Papin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109856v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hermand" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Py" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauvin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simeone" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109793v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquereau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fernandez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109834v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Macri" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109760v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109754v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Falconi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109785v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Igier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109786v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdet-Loubere" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109790v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barros" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frongia" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Usai" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109831v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Makris" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109815v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazreg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rivierre-Shafighi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109794v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109803v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Stewart" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147621v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Teissedre" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Saint-Jean" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Rog&#233;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0033291702006062" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-7H7FSN88-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345120v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacey Callahan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/1423422" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864296v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvy Denis" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864295v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345247v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Houdbine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laumonier" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1016-9040.3.4.289" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265328v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bariaud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Malvy" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830287v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jecp.1998.2434" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03830323v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Paques" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0965(91)90067-3" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZGP89G3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03829952v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lautrey" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0965(89)90029-5" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221621v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005588v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Raufaste" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cariou Magali" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926450v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960519v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790502v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073011v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960537v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01427017v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mas" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albaret Marie-Claire" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0269216309107012" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278949v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hec.hal.science/hal-00582658v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>