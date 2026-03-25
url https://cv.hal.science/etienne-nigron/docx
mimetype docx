--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,6402 +66,6402 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production Cross Section Measurements Of 111Ag With The Reaction natPd(α,x)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Isotopes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05525932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross section measurements with enriched $^{50}$Ti targets for the production of the theranostic $^{47}$Sc and its contaminants $^{46}$Sc, $^{48}$Sc, and $^{48}$V</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia de Dominicis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Dellepiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saverio Braccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Cisternino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EPS Applied Nuclear Physics Conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Thessaloniki, Greece. pp.112079, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apradiso.2025.112079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05201489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross-sections measurements of α-particles induced reactions on natural Eu target for the production of theranostic Tb radioisotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Colucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Groppi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Manenti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Nuclear Data (ND) for science and technology conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05163653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross section measurements for the cyclotron production of the theranostic 47Sc radionuclide using enriched 48,49,50Ti targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia de Dominicis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saverio Braccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Cisternino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Dellepiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Nuclear Data for science and technology conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use Of Functionalized mesoporous Carbons In Production of 165Er</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isidro da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eder Amayuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Frealle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Journées d'Etudes des Milieux Poreux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of 165Tm and concept of generator 165Tm/165Er</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Baux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Stora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Workshop of the European Network of Research Cyclotron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Coimbra, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurements of the 161Tb production cross section for nuclear data and nuclear medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rintaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Rayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Conference on Advances in Radioactive Isotope Science (ARIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Avignon, France. pp.92/491, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.10655037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is 70Zn(d,x)67Cu the best way to produce 67Cu for medical applications?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Radioactive Isotope Science (ARIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Avignon, France. pp.96/501, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.10655037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production de Pb-203 dédiée à l'imagerie médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du Cancéropôle Grand Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Angers (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NUCLEAR CROSS SECTION MEASUREMENT OF TERBIUM 155 PRODUCTION USING REACTIONS INDUCED BY LIGHT IONS ON EU, GD, TB AND DY TARGETS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Colucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Carlo Bolchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Confalonieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marrella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Cardani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th International Workshop on Targetry and Target Chemistry (WTTC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is 70 Zn(d,x) 67 Cu the best way to produce 67 Cu for medical applications ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th Workshop on Targetry and Target Chemistry (WTTC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Heidelberg (Germany), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of the 48,49,50 Ti( p,x ) reactions for the production of 47 Sc at the INFN LNL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia de Dominicis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Mou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Cisternino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Campostrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentino Rigato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19 th Workshop on Targetry and Target Chemistry (WTTC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross section measurements for the proton-induced production of the theranostic 47 Sc radionuclide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia de Dominicis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Mou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Cisternino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Campostrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentino Rigato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference Applied Nculear Physics 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Thessalokini, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PRODUCTION DE PLOMB-203 DÉDIÉE À L'IMAGERIE MÉDICALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Mi2B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Grenoble (FRANCE), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Studies of different production paths for 155 Tb using Gd targets : from target manufacturing to Tb/Gd separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Formento-Cavaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PRISMAP Radiolanthanides Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Villigen PSI, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production cross section measurements of the natNi(d,x)61Cu reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th International Workshop on Targetry and Target Chemistry (WTCC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PRODUCTION OF PB-203: PATHWAY FROM TARGET MANUFACTURING TO CHEMICAL SEPARATION WTTC19 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th International Workshop on Targetry and Target Chemistry (WTTC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Heidelberg (Germany), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production cross section measurements of the natPd(α,x)111Ag reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tumour targeting, Imaging, RadiotherapieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Erquy, FR, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04780637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production de plomb-203 au GIP ARRONAX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Mi2B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bordeaux (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of Pb-203 from Target Manufacturing to Chemical Separation Tl/Pb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11ICI International Conference on Isotopes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Saskatook, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Research on Emerging Medical radionuclides from the X-sections (REMIX): The Accelerator-based Production of $^{47}$Sc, $^{149}$Tb, $^{152}$Tb, $^{155}$Tb and $^{161}$Tb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Pupillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U Anselmi-Tamburini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bortolussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th International Nuclear Physics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cape Town, South Africa. pp.012118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2586/1/012118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">$^{47}$Sc production with proton beams on isotopically enriched $^{48}$Ti and $^{49}$Ti targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.De Dominicis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Mou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Cisternino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Campostrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Rigato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th International Nuclear Physics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cape Town, South Africa. pp.012128, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2586/1/012128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are alpha beams of interest to produce medical radionuclides ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Bonraisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lèna Brionne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 28th International Nuclear Physics Conference (INPC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Le Cap, South Africa</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of Pb-203 from Target Manufacturing to Chemical Separation Tl/Pb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INTDS-2022 30th Conference of the International Nuclear target Development Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Villigen, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of Pb-203 from target manufacturing to chemical separation Tl/Pb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bozovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Brelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th Conference of the International Nuclear target Development Society INTDS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Villigen, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clean Production of 67 Cu using the 70 Zn(d,x) 67 Cu Reaction Routes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ICI 2020: 10th International Conference on Isotopes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Kuala Lumpur, Malaysia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03007524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Target development for the production of Cu-67 and Tb-149 for the future radiotherapy treatment at GIP ARRONAX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sounalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Nuclear Technologies for Health Symposium NTHS 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of innovative radionuclides for therapy and diagnostics: nuclear data measurements and comparisons with TALYS code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sitarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th International Conference on Nuclear Reaction Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Varenna, Italy. pp.355-360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production of innovative radionuclides for therapy or diagnostic: nuclear data measurements and comparison with TALYS code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateusz Sitarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Varenna International Conference on Nuclear Reaction Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Varenna, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01955214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioactive isotopes produced for medical applications: setting up an accurate measurement method for production cross section</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de l'école doctorale "Matière, Molécules et Matériaux" Rennes 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production cross section of 197m Hg induced by deuterons on natural gold target</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Varenna Conference on Nuclear Reaction Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Varenna, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraining the TALYS Code using Data Collected for Medical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Conference on Isotopes &amp; Expo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Doha, Qatar</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How nuclear data collected for medical radionuclides production could constrain nuclear codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Nuclear Data for Science and Technologie 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Bruges, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01955280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements of the proton-induced reaction 155Gd(p,n)155Tb at energies between 7 and 26 MeV with highly-enriched 155Gd targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Bouteculet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Olivier Bacri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radomír Běhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 229, pp.112375. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2025.112375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05424055v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First cross section measurement of the $^{49}$Ti(p,x)$^{47}$Sc nuclear reaction and coproduced $^{43}$Sc,$^{44m,g}$Sc,$^{46g+m}$Sc,$^{48}$Sc,$^{48}$V,$^{43}$K radionuclides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia de Dominicis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Cisternino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura de Nardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Appl.Radiat.Isot.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 226, pp.112106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2025.112106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear cross-section of the nat Eu(α , x) reactions up to 65 MeV: focus on the production of theranostic radioisotopes of terbium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Colucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugenio Gibertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics G: Nuclear and Particle Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 52 (11), pp.115102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6471/ae1627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05370283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternative production of Lead-203: Optimizing production, purification, and radiolabelling for enhanced theranostic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bozovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Brelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucl.Med.Biol.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 150-151, pp.109559. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucmedbio.2025.109559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05294355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of $^{203}$Pb from enriched $^{205}$Tl using deuteron beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keerthana Kamalakannan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 205, pp.111190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2024.111190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental cross-section measurement of the nuclear reactions induced by protons on $^{159}$Tb: Evaluation of the$^{155}$Dy/$^{155}$Tb precursor system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Colucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Carlo Bolchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Confalonieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiat.Phys.Chem.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 224, pp.112069. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2024.112069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton-induced reactions for $^{47}$Sc (and $^{46}$Sc) production: new nuclear cross section measurements on enriched titanium targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Pupillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia de Dominicis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Cisternino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Campostrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 333 (11), pp.5979-5985. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10967-024-09378-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First production of pure $^{155}$Gd targets and $^{155}$Gd(p,x)$^{155}$Tb,$^{156}$Tb cross-section measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Bouteculet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Olivier Bacri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Cassisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 213, pp.111485. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2024.111485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of terbium production from enriched Gd targets via the reaction $^{155}$Gd(d,2n)$^{155}$Tb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yizheng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 201, pp.110996. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2023.110996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can we reach suitable $^{161}$ Tb purity for medical applications using the$^{160}$Gd(d,n) reaction?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 200, pp.110927. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2023.110927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04170236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacture of Tl targets by electrodeposition for the study of excitation functions of 203Pb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Alliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bozovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Brelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 285, pp.09001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202328509001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04158935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical co-deposition of Ni–Gd$_2$O$-3$ for composite thin targets preparation: Production of $^{155}$Tb as a case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yizheng Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Férid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 186, pp.110287. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2022.110287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03672233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitation functions of deuteron induced nuclear reactions on dysprosium targets for the production of the theranostic relevant isotopes of terbium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Colucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Carminati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Groppi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 137 (10), pp.1180. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjp/s13360-022-03378-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03838611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is$^{70}$Zn(d,x)$^{67}$Cu the Best Way to Produce $^{67}$Cu for Medical Applications?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8, pp.674617. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmed.2021.674617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Cross-Sections for $^{nat}$Mo($\alpha$,$x$) Reactions and Medical $^{97}$Ru Production Estimations with Radionuclide Yield Calculator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateusz Sitarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomasz Matulewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (1), pp.7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/instruments3010007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of Sc medical radioisotopes with proton and deuteron beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateusz Sitarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Szkliniarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerzy Jastrzębski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarosław Choiński</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 142, pp.104-112. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apradiso.2018.09.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01951123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How nuclear data collected for medical radionuclides production could constrain nuclear codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Guigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 146, pp.08008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/201714608008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01951315v1</w:t>
-              </w:r>
-[...4086 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01955280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6479,103 +6479,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross section measurements and production of 165Tm via the 165Ho(a,4n) reaction: generator of a pure Auger electron emitter,165Er</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. C. Bonraisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Brelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Workshop of the European Cyclotron Network - CYCLEUR 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, COIMBRA, Portugal</w:t>
@@ -6604,103 +6604,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production cross section measurements of the natPd(a,x)111Ag reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Puren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Nuclear Data for Science and Technology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6725,103 +6725,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production de 165Tm et conception d’un générateur 165Tm/165Er à partir de matériaux poreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conchi O. Ania</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isidro da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de restitution des projets MITI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6846,591 +6846,591 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production Cross Section Measurements of the natNi(d,x)61Cu Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Puren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interdisciplinary School in Nuclear Medicine #3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Ecole Joliot-Curie 2024 : Radiations for Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Saint-Pierre D'Oleron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780707v1</w:t>
+                <w:t xml:space="preserve">hal-04780739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements Of 161Tb Production Cross Section For Nuclear Data And Nuclear Medicine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Production Cross Section Measurements of the natNi(d,x)61Cu Reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Workshop on Targetry and Target Chemistry (WTTC19)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Heidelberg (Germany), Germany</w:t>
+              <w:t xml:space="preserve">Interdisciplinary School in Nuclear Medicine #3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04770179v1</w:t>
+                <w:t xml:space="preserve">hal-04780707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production Cross Section Measurements of the natNi(d,x)61Cu Reaction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Measurements Of 161Tb Production Cross Section For Nuclear Data And Nuclear Medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nigron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rintaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Rayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRISMAP - School on radionuclide production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Leuven (Louvain), KU Leuven, France</w:t>
+              <w:t xml:space="preserve">19th Workshop on Targetry and Target Chemistry (WTTC19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Heidelberg (Germany), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780685v1</w:t>
+                <w:t xml:space="preserve">hal-04770179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production Cross Section Measurements of the natNi(d,x)61Cu Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Puren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Joliot-Curie 2024 : Radiations for Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Saint-Pierre D'Oleron, France</w:t>
+              <w:t xml:space="preserve">PRISMAP - School on radionuclide production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Leuven (Louvain), KU Leuven, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780739v1</w:t>
+                <w:t xml:space="preserve">hal-04780685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of Pb-203 from target manufacturing to chemical separation Tl/Pb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Alliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bozovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Brelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Trends in Radiopharmaceuticals (ISTR-2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria</w:t>
@@ -7459,103 +7459,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements of $^{161}$Tb Production Cross Section for Nuclear Data and Nuclear Medicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rintaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Radioactive Isotope Science 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Avignon, France</w:t>
@@ -7584,90 +7584,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is $^{70}$Zn(d,x)$^{67}$Cu the best way to produce $^{67}$Cu for medical applications?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sounalet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Radioactive Isotope Science 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7692,77 +7692,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radioactive isotopes produced for medical applications: setting up an accurate measurement method for production cross section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'école doctorale 3M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7819,51 +7819,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopes radioactifs produits par voies non conventionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Nigron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique Nucléaire Expérimentale [nucl-ex]. Université de Nantes - Faculté des Sciences et Techniques, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8059,51 +8059,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424055v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bouteculet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Olivier Bacri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Duval" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lefort" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radom&#237;r B&#283;hal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112375" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233525v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia de Dominicis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cisternino" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Nardo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esposito" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112106" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370283v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Colucci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nigron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Gibertini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ae1627" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Audouin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Dufour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vidal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bozovic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brelet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2025.109559" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416109v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sounalet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keerthana Kamalakannan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2024.111190" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680167v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Carlo Bolchini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Confalonieri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2024.112069" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769665v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Pupillo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Campostrini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-024-09378-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701629v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Cassisa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2024.111485" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197419v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizheng Wang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Michel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2023.110996" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170236v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Granger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Rayer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2023.110927" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158935v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Alliot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328509001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672233v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rid Haddad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2022.110287" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838611v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Carminati" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Groppi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-022-03378-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321745v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.674617" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994025v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Sitarz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Matulewicz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/instruments3010007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01951123v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Szkliniarz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Jastrz&#281;bski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaros&#322;aw Choi&#324;ski" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2018.09.025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01951315v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duchemin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fardin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guigot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714608008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525932v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Puren" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Nigron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guertin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Haddad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;tivier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163653v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Groppi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Manenti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158876v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saverio Braccini" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Dellepiane" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354533v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro da Silva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder Amayuelas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Frealle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354526v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Stora" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Jensen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201489v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112079" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846711v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Mou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentino Rigato" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771585v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770087v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521373v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10655037" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737832v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771631v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marrella" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cardani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738075v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Dufour" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737813v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Formento-Cavaier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771648v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737775v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780637v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521361v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rintaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737909v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247293v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231389v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pupillo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Anselmi-Tamburini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Barbaro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bello" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bortolussi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2586/1/012118" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230133v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.De Dominicis" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cisternino" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Campostrini" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Rigato" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2586/1/012128" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247376v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brelet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834976v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Bonraisin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#232;na Brionne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844903v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490426v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007524v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02000090v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nigron" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sitarz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duchemin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01955214v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414720v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414700v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457698v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01955280v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320141v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Bonraisin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322431v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977569v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conchi O. Ania" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780707v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770179v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780685v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780739v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247319v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143053v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143034v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414668v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02433056v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525932v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Puren" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Nigron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guertin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Haddad" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;tivier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201489v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia de Dominicis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Dellepiane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saverio Braccini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cisternino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esposito" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112079" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163653v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Colucci" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Groppi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Manenti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158876v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354533v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro da Silva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder Amayuelas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Frealle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354526v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nigron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Stora" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duchemin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Jensen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521361v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rintaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Rayer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Granger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10655037" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521373v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sounalet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737832v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Alliot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Audouin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bozovic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brelet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771631v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Carlo Bolchini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Confalonieri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marrella" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cardani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770087v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771585v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Mou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Campostrini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentino Rigato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846711v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738075v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Dufour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737813v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Formento-Cavaier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771648v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737775v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780637v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737909v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247293v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231389v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pupillo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Anselmi-Tamburini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Barbaro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bello" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bortolussi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2586/1/012118" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230133v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.De Dominicis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cisternino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Campostrini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Rigato" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2586/1/012128" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834976v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Bonraisin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#232;na Brionne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247376v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brelet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844903v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007524v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Michel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490426v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02000090v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nigron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sitarz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duchemin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01955214v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Sitarz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414720v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414700v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457698v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01955280v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424055v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bouteculet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Olivier Bacri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Duval" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lefort" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radom&#237;r B&#283;hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112375" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233525v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Nardo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112106" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370283v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Gibertini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ae1627" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294355v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Dufour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vidal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucmedbio.2025.109559" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416109v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keerthana Kamalakannan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2024.111190" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680167v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2024.112069" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769665v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Pupillo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-024-09378-w" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701629v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Cassisa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2024.111485" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197419v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizheng Wang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2023.110996" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170236v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2023.110927" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158935v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328509001" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672233v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rid Haddad" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2022.110287" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838611v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Carminati" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Groppi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-022-03378-z" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321745v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.674617" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994025v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Matulewicz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/instruments3010007" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01951123v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Szkliniarz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Jastrz&#281;bski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaros&#322;aw Choi&#324;ski" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2018.09.025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01951315v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fardin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guigot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714608008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320141v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Bonraisin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322431v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977569v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conchi O. Ania" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780739v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770179v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780685v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247319v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143053v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143034v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414668v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02433056v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>