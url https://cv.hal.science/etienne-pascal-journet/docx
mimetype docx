--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2092,295 +2092,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peer-Reviewed Literature on Grain Legume Species in the WoS (1980–2018): A Comparative Analysis of Soybean and Pulses</w:t>
+                <w:t xml:space="preserve">Produire des légumineuses à graines au moyen de l’association avec une céréale : cas de la lentille et du lupin blanc d’hiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+                <w:t xml:space="preserve">Nicolas Carton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
+                <w:t xml:space="preserve">Loïc Viguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Lascialfari</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Josèphe Amiot</w:t>
+                <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su11236833⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74, pp.129-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/xfdvdp⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416411v1</w:t>
+                <w:t xml:space="preserve">hal-02154633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produire des légumineuses à graines au moyen de l’association avec une céréale : cas de la lentille et du lupin blanc d’hiver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Peer-Reviewed Literature on Grain Legume Species in the WoS (1980–2018): A Comparative Analysis of Soybean and Pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Carton</w:t>
+                <w:t xml:space="preserve">Matteo Lascialfari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Viguier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Naudin</w:t>
+                <w:t xml:space="preserve">Marie-Josèphe Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 74, pp.129-141. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (23), pp.6833. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/xfdvdp⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su11236833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154633v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yield gap analysis extended to marketable grain reveals the profitability of organic lentil-spring wheat intercrops</w:t>
               </w:r>
@@ -7488,57 +7488,57 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change impacts and possibilities of adaptation for soybean cultivation in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P Debaeke</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Dayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7561,109 +7561,109 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Abella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape 2021 - Diversification for Sustainable and Resilient Agriculture</w:t>
+              <w:t xml:space="preserve">2021 Landscape Conference "Diversification for Sustainable and Resilient Agriculture"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03765023v1</w:t>
+                <w:t xml:space="preserve">hal-04165886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change impacts and possibilities of adaptation for soybean cultivation in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Debaeke</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elana Dayoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7686,73 +7686,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Abella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 Landscape Conference "Diversification for Sustainable and Resilient Agriculture"</w:t>
+              <w:t xml:space="preserve">Landscape 2021 - Diversification for Sustainable and Resilient Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04165886v1</w:t>
+                <w:t xml:space="preserve">hal-03765023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts du changement climatique sur la culture de soja et possibilités d’adaptation</w:t>
               </w:r>
@@ -7857,260 +7857,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soybean introduction in Mediterranean cropping systems can reduce their carbon footprint</w:t>
+                <w:t xml:space="preserve">Contribution of cereal-legume intercropping agroecological weed management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon-Miquel Genis</w:t>
+                <w:t xml:space="preserve">Thomas Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Cantero-Martinez</w:t>
+                <w:t xml:space="preserve">Didier Raffaillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESA 2020. XVI European Society for Agronomy Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Séville, Spain</w:t>
+              <w:t xml:space="preserve">16. European society for agronomy congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Séville, Spain. 20p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973296v1</w:t>
+                <w:t xml:space="preserve">hal-02960079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of cereal-legume intercropping agroecological weed management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soybean introduction in Mediterranean cropping systems can reduce their carbon footprint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon-Miquel Genis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Forestier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bonnet</w:t>
+                <w:t xml:space="preserve">Carlos Cantero-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Raffaillac</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Plaza-Bonilla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. European society for agronomy congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Séville, Spain. 20p</w:t>
+              <w:t xml:space="preserve">ESA 2020. XVI European Society for Agronomy Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960079v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SCAR/WAVE complex protein API controls the timely establishment of infection-conducive cell wall properties</w:t>
               </w:r>
@@ -8346,103 +8346,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciliter la production de légumineuses à graines en y associant une céréale: Cas de la lentille et du lupin blanc d’hiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Viguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses - RFL#2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France. 17 p</w:t>
@@ -9410,307 +9410,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis on the effects of grain legume insertion and cereal-grain legume intercrops in low input cropping systems in Southern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“Ecological precision farming” - reintegrating spatial crop diversity and ecological principles in agricultural cropping systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Steen Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Carlsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Legume Society Conference (ILS2)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Troia, Portugal. 358 p</w:t>
+              <w:t xml:space="preserve">5. International Ecosummit “Ecological Sustainability : Engineering Change”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Montpellier, France. 8p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743300v1</w:t>
+                <w:t xml:space="preserve">hal-02793775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Ecological precision farming” - reintegrating spatial crop diversity and ecological principles in agricultural cropping systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erik Steen Jensen</w:t>
+                <w:t xml:space="preserve">Synthesis on the effects of grain legume insertion and cereal-grain legume intercrops in low input cropping systems in Southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Justes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Plaza Bonilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Georg Carlsson</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gavaland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Ecosummit “Ecological Sustainability : Engineering Change”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Montpellier, France. 8p</w:t>
+              <w:t xml:space="preserve">2. International Legume Society Conference (ILS2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Troia, Portugal. 358 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793775v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les légumineuses à graines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10072,51 +10072,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrik Hauggaard-Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop of Intercropping for Agronomy and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Xi'an, China. 36 p</w:t>
@@ -10264,411 +10264,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is P acquisition facilitated by intercropping of durum wheat and grain legumes in field conditions?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intercropping legume and non-legume, an innovative way to valorize N2 fixation and soil mineral sources in low inputs cropping systems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Hauggaard-Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Naudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Symposium Phosphorus in Soils and Plants PSP5 2014 - Facing Phosphorus Scarcity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18. Nitrogen workshop "The nitrogen challenge: building a blueprint for nitrogen use effiiency and food security"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Lisbonne, Portugal. pp.573, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/2.1.3836.2249⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268844v1</w:t>
+                <w:t xml:space="preserve">hal-02741691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facilitation of P acquisition by intercropping cereal and grain legumes in field conditions</w:t>
+                <w:t xml:space="preserve">Is P acquisition facilitated by intercropping of durum wheat and grain legumes in field conditions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Betencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Campguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Sustainable Phosphorus Summit, SPS 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">5th International Symposium Phosphorus in Soils and Plants PSP5 2014 - Facing Phosphorus Scarcity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268850v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercropping legume and non-legume, an innovative way to valorize N2 fixation and soil mineral sources in low inputs cropping systems.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Facilitation of P acquisition by intercropping cereal and grain legumes in field conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Betencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Campguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. Nitrogen workshop "The nitrogen challenge: building a blueprint for nitrogen use effiiency and food security"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th Sustainable Phosphorus Summit, SPS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/2.1.3836.2249⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02741691v1</w:t>
+                <w:t xml:space="preserve">hal-01268850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La complémentarité pour l’acquisition des ressources abiotiques dans les associations végétales : quels processus en jeu expliquant les performances ?</w:t>
               </w:r>
@@ -12709,77 +12709,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet BILAG : une bibliométrie de la littérature scientifique mondiale sur les légumineuses à graines pour comprendre la dynamique de la recherche sur ces espèces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Plumecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Lascialfari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Leiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13223,51 +13223,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrik Hauggaard - Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13303,260 +13303,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mélanges céréale-légumineuse à graines : une application de principes écologiques au service de l’Agriculture Biologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude de l'effet variétal sur les interactions interspécifiques pour optimiser les performances de cultures associées de blé dur-légumineuse à graine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bochra Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Justes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DinABio 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Tours, France. , 252 p., 2013, Recueil des résumés des présentations du colloque DinABio 2013</w:t>
+              <w:t xml:space="preserve">Des ingénieries par et pour le vivant, écologiques et agro-écologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Montpellier, France. , 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747303v1</w:t>
+                <w:t xml:space="preserve">hal-02808007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l'effet variétal sur les interactions interspécifiques pour optimiser les performances de cultures associées de blé dur-légumineuse à graine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les mélanges céréale-légumineuse à graines : une application de principes écologiques au service de l’Agriculture Biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Hauggaard - Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Naudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des ingénieries par et pour le vivant, écologiques et agro-écologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Montpellier, France. , 1 p., 2013</w:t>
+              <w:t xml:space="preserve">DinABio 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Tours, France. , 252 p., 2013, Recueil des résumés des présentations du colloque DinABio 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02808007v1</w:t>
+                <w:t xml:space="preserve">hal-02747303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing durum wheat-grain legumes intercropping through cultivar choice</w:t>
               </w:r>
@@ -14367,51 +14367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrik Hauggaard-Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14812,51 +14812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrik Hauggaard-Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guénaëlle Corre-Hellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15562,51 +15562,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05031046v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lebreton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol101-art07" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Semblat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cem Turanoglu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Faivre-Primot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Lema&#238;tre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marchand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-024-06861-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639611v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127266" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483190v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454504v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camilo Corrales" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schoving" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raynal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Debaeke" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106578" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03121558v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Louarn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126229" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gendre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fort" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mahmoud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13979" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145273v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5061/dryad.9ghx3ffhv" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03434010v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra Kammoun" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.733705" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341998v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Dordas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ela Frak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/J-FASE-2021414" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955235v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Gavrin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A Torode" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Toulotte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chatterjee" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.08.011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960038v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Falconnier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vermue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2020.107967" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Ait Lahmidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sherlock" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonhomme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Dijon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16392" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392165v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Enjalbert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Litrico" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia M&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/ak5jpd" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416434v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chlebowski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.01.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416411v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lascialfari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11236833" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154633v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Viguier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/xfdvdp" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621057v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Viguier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0515-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388174v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Jaishree Subrahmaniam" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13799" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628225v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0531-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Triboulet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619166v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tribouillois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Plaza Bonilla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ARTOAJ.2017.12.555842" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635740v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Placella" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dayde" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Robin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2949-3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935682v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Martin-Clouaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0306-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173332v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boudsocq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-014-0272-z" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Steen Jensen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Carlsson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/sar.v4n3p42" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300288v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard - Nielsen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Naudin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-014-0277-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173329v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bdvp-ha42" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645436v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Ovchinnikova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Chabaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Cosson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-01-11-0013" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662325v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Yendrek" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Ching Lee" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriya Morris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Liang" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Pislariu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04134.x" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507524v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeudy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruffel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Freixes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Santoni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03103.x" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082372v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Teillet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Garcia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise de Billy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gherardi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huguet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-21-5-0535" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661630v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Combier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge K&#252;ster" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalija Hohnjec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gamas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-21-8-1118" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082462v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Arrighi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Ben Amor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bersoult" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Campos Soriano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.106.084657" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082475v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Boisson-Dernier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriankaja" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;as Niebel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-P. Journet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-18-1269" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03083121v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schnabel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Carvalho-Niebel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Frugoli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-005-8102-y" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0A2CCB145BA464911A7E17378AE1FDCC881E3FBD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681384v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427223v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Journet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. van Tuinen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gouzy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Crespeau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Carreau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678310v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik van Tuinen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Crespeau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkf685" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676578v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. El-Gachtouli" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pichon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694254v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Barker" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693716v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pingret" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714456v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Truchet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barker" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715291v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dedieu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Huguet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709916v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704330v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallusci" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934133v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955949v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835323v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mazurier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Lurthy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Semblat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Zhu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835358v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797870v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Raynal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317153v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turanoglu, Cem" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dufayet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199863v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04434759v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonnet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147449v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Lemaitre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602402v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bourion" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bensmihen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefevre" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798123v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765023v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Dayoub" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Shoving" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Abella" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165886v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04846076v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Abella" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973296v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon-Miquel Genis" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cantero-Martinez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Plaza-Bonilla" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960079v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Forestier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raffaillac" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961270v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thomas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toulotte" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatterjee" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737765v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sherlock" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dijon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Heulin-Gotty" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786766v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738363v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Gaudio" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733556v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784934v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737812v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Alletto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cou&#235;del" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733713v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733565v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Janus" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mauline" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lorin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788206v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786810v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Djordjevic" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743300v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gavaland" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793775v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604023v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chardigny" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741925v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739133v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795618v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard-Nielsen" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743534v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourlet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carlsson" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Steen Jensen" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268844v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Betencourt" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Campguilhem" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268850v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741691v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.3836.2249" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744205v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738850v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric-Steen Jensen" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190049v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173288v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747742v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Vericel" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Champclou" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746322v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Land&#233;" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755992v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rouet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Justes" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761081v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. An&#233;" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Debell&#233;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763672v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schnabel" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767508v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cros-Arteil" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morandi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ochatt" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765037v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabaud" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765587v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770503v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calantzis" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767118v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777983v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Leigh" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797919v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legumehub.eu/wp-content/uploads/2020/09/WSRC11_2023_Soybean_Abstracts_e11-1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143092v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben-Hamouda" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154415v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Leiser" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787784v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796589v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799693v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796061v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747303v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808007v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745411v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804157v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601774v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Andrieu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811413v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Bernard," TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727584v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Belgodere" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Duchateau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Bakayoko" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie D&#8217;abzac" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Grillet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/wf5j-j666" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03787960v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reco-occitanie.org/wp-content/uploads/2019/05/CROCC_2021_VF-compresse%CC%81.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437631v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/426921.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2017.0023.14" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928058v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693831v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/0h8x-a774" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791516v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.decitre.fr/livres/guide-de-la-fertilisation-raisonnee-9782855574127.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797380v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-94-007-7926-6?detailsPage=chapter" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824097v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Pfaff" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Groves" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.noble.org/MedicagoHandbook/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828573v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851992v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145363v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05031046v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lebreton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol101-art07" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675941v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Semblat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cem Turanoglu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Faivre-Primot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Lema&#238;tre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marchand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-024-06861-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639611v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127266" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483190v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454504v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camilo Corrales" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schoving" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raynal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Debaeke" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106578" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03121558v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Louarn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gaudio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126229" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gendre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fort" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mahmoud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13979" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145273v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5061/dryad.9ghx3ffhv" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03434010v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bochra Kammoun" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.733705" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341998v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Dordas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ela Frak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/J-FASE-2021414" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955235v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Gavrin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A Torode" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Toulotte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chatterjee" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.08.011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960038v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Falconnier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vermue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2020.107967" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Ait Lahmidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sherlock" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonhomme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Dijon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16392" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392165v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Enjalbert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Litrico" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia M&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/ak5jpd" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416434v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chlebowski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.01.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154633v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Viguier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/xfdvdp" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416411v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Lascialfari" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11236833" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621057v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Viguier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0515-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388174v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harihar Jaishree Subrahmaniam" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13799" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628225v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-018-0531-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Triboulet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619166v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tribouillois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Plaza Bonilla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ARTOAJ.2017.12.555842" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635740v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Placella" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dayde" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Robin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2949-3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935682v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Martin-Clouaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0306-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173332v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boudsocq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-014-0272-z" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631037v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Steen Jensen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Carlsson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/sar.v4n3p42" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300288v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard - Nielsen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Naudin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Corre-Hellou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-014-0277-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173329v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Fustec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bdvp-ha42" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645436v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Ovchinnikova" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Chabaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Cosson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ratet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-01-11-0013" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662325v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Yendrek" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Ching Lee" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriya Morris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Liang" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Pislariu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04134.x" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507524v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeudy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruffel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Freixes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Santoni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03103.x" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082372v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Teillet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Garcia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise de Billy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gherardi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huguet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-21-5-0535" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661630v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Combier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge K&#252;ster" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalija Hohnjec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gamas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-21-8-1118" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082462v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Arrighi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Ben Amor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bersoult" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Campos Soriano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.106.084657" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082475v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Boisson-Dernier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriankaja" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;as Niebel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-P. Journet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-18-1269" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03083121v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schnabel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda de Carvalho-Niebel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Frugoli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-005-8102-y" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0A2CCB145BA464911A7E17378AE1FDCC881E3FBD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681384v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427223v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. Journet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. van Tuinen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gouzy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Crespeau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Carreau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678310v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik van Tuinen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Crespeau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkf685" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676578v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. El-Gachtouli" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pichon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694254v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Barker" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693716v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pingret" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714456v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Truchet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barker" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715291v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dedieu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Huguet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709916v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704330v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallusci" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934133v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955949v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835323v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mazurier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Lurthy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Semblat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Zhu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835358v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797870v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Raynal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317153v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turanoglu, Cem" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dufayet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199863v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04434759v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bonnet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147449v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Lemaitre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03602402v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bourion" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bensmihen" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefevre" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798123v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165886v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elana Dayoub" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Shoving" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Abella" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765023v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04846076v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Abella" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960079v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Forestier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raffaillac" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973296v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon-Miquel Genis" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cantero-Martinez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Plaza-Bonilla" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961270v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thomas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toulotte" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatterjee" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737765v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sherlock" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dijon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Heulin-Gotty" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786766v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738363v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Gaudio" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733556v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784934v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737812v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Alletto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cou&#235;del" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733713v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733565v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Janus" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mauline" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lorin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788206v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786810v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Djordjevic" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793775v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743300v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gavaland" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604023v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chardigny" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741925v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739133v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795618v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard-Nielsen" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743534v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourlet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carlsson" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Steen Jensen" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741691v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.3836.2249" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268844v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Betencourt" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Campguilhem" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268850v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744205v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738850v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric-Steen Jensen" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190049v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173288v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747742v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Vericel" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Champclou" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746322v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Land&#233;" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755992v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rouet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Justes" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761081v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. An&#233;" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Debell&#233;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763672v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schnabel" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767508v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cros-Arteil" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morandi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ochatt" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765037v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabaud" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765587v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770503v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calantzis" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767118v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777983v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Leigh" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797919v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legumehub.eu/wp-content/uploads/2020/09/WSRC11_2023_Soybean_Abstracts_e11-1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04143092v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben-Hamouda" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154415v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Leiser" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787784v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796589v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799693v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796061v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808007v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747303v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745411v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804157v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601774v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Andrieu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811413v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Bernard," TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727584v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Belgodere" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Duchateau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Bakayoko" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie D&#8217;abzac" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Grillet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/wf5j-j666" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03787960v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reco-occitanie.org/wp-content/uploads/2019/05/CROCC_2021_VF-compresse%CC%81.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437631v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/426921.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2017.0023.14" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928058v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693831v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/0h8x-a774" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791516v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.decitre.fr/livres/guide-de-la-fertilisation-raisonnee-9782855574127.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797380v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/agriculture/book/978-94-007-7926-6?detailsPage=chapter" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824097v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Pfaff" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Groves" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.noble.org/MedicagoHandbook/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828573v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851992v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145363v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>